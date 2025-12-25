--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -1,12376 +1,10427 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="006F0ADC" w:rsidRDefault="00E20B44">
+    <w:p w14:paraId="7FEF7134" w14:textId="52216754" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00634804">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:spacing w:before="75"/>
-        <w:ind w:left="1962" w:right="0" w:hanging="1652"/>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>«Павлодар</w:t>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidR="008E437F">
+        <w:t>имени Камала Макпалеева</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-10"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>қаласының</w:t>
-[...62 lines deleted...]
-        <w:t>КММ</w:t>
+        <w:t>города</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-57"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">орыс тілінде </w:t>
+        <w:t>Павлодара»</w:t>
       </w:r>
-      <w:r w:rsidR="00853A80" w:rsidRPr="008676CA">
-[...5 lines deleted...]
-      <w:r w:rsidR="001C18EC" w:rsidRPr="001C18EC">
+      <w:r>
         <w:rPr>
-          <w:rStyle w:val="anegp0gi0b9av8jahpyh"/>
-[...5 lines deleted...]
-          <w:rStyle w:val="anegp0gi0b9av8jahpyh"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00442683">
+      <w:r>
+        <w:t>объявляет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конкурс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2135C0C8" w14:textId="1A39F9CD" w:rsidR="00A84295" w:rsidRPr="00F017D8" w:rsidRDefault="00634804" w:rsidP="00634804">
+      <w:pPr>
+        <w:spacing w:after="3"/>
+        <w:ind w:left="348" w:right="559"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C7AE2" w:rsidRPr="004C7AE2">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F2449" w:rsidRPr="009F2449">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учитель биологии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD6E74E" w14:textId="52BB3748" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00634804">
+      <w:pPr>
+        <w:spacing w:after="3"/>
+        <w:ind w:left="348" w:right="559"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="000152B0" w:rsidRPr="008676CA">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00CF1CCC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="0030513B" w:rsidRPr="008676CA">
-        <w:t>16</w:t>
+      <w:r w:rsidR="00B44130">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6 часов</w:t>
       </w:r>
-      <w:r w:rsidR="000152B0" w:rsidRPr="008676CA">
-[...5 lines deleted...]
-      <w:r w:rsidR="000152B0" w:rsidRPr="008676CA">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+    <w:p w14:paraId="70EC3463" w14:textId="77777777" w:rsidR="00A84295" w:rsidRDefault="00A84295" w:rsidP="00634804">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="3"/>
+        <w:spacing w:after="3"/>
+        <w:ind w:left="348" w:right="559"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="114" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6860"/>
+        <w:gridCol w:w="387"/>
+        <w:gridCol w:w="2352"/>
+        <w:gridCol w:w="7446"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED4EC0">
+      <w:tr w:rsidR="00634804" w14:paraId="0C9C5FF9" w14:textId="77777777" w:rsidTr="00CF1CCC">
         <w:trPr>
-          <w:trHeight w:val="828"/>
+          <w:trHeight w:val="648"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1274684A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="9"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16D1A744" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="318"/>
-[...8 lines deleted...]
-              <w:t>Орналасқан жері</w:t>
+              <w:ind w:left="107" w:right="759"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>организации</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Пошталық</w:t>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="040AA104" w14:textId="19682BBA" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>общеобразовательная</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>школа</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44" w:rsidP="001F2B91">
+            <w:r w:rsidR="008E437F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>имени Камала Макпалеева</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>города</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26CFCA9B" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:right="258"/>
-[...33 lines deleted...]
-              <w:t>Қазақстан</w:t>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодара»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>отдела</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...27 lines deleted...]
-              <w:t>қаласының</w:t>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образования</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00FA7EF9">
-[...97 lines deleted...]
-              <w:t>Павлодар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>города</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодара,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>управления</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодарской</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>облысы,</w:t>
-[...64 lines deleted...]
-              <w:t>58</w:t>
+              <w:t>области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED4EC0">
+      <w:tr w:rsidR="00634804" w14:paraId="60D9443C" w14:textId="77777777" w:rsidTr="00CF1CCC">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="661A87C1" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22D6EF13" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Телефон</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRPr="00743C9D" w:rsidRDefault="00E20B44">
+              <w:t>местонахождения,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A9E7E53" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>почтового</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D610880" w14:textId="3FB351E7" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:sz w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...333 lines deleted...]
-              <w:t>бөлімінің</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>14001</w:t>
+            </w:r>
+            <w:r w:rsidR="00273194">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Республика</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>«Павлодар</w:t>
-[...106 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+              <w:t>Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодарская</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>область,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E8FE1E1" w14:textId="3ACAD88A" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="264" w:lineRule="exact"/>
               <w:ind w:left="108"/>
-              <w:jc w:val="both"/>
-[...21 lines deleted...]
-              <w:t>мекемесі</w:t>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>город</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>улица</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00273194">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Гагарина</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00273194">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED4EC0">
+      <w:tr w:rsidR="00634804" w14:paraId="0A26E89C" w14:textId="77777777" w:rsidTr="00CF1CCC">
         <w:trPr>
-          <w:trHeight w:val="2484"/>
+          <w:trHeight w:val="161"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A1BA74A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61ED6E2A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>номеров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA82882" w14:textId="47E70209" w:rsidR="00634804" w:rsidRPr="00DA2E1D" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002938C4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>22-22-18</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2E1D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;  87719773915</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00634804" w14:paraId="746230B3" w14:textId="77777777" w:rsidTr="00CF1CCC">
+        <w:trPr>
+          <w:trHeight w:val="324"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11B65302" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A9B3F42" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>адреса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>электронной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50D67E0C" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FAE7F9B" w14:textId="54B2FB2F" w:rsidR="00634804" w:rsidRDefault="009F2449">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId5" w:history="1">
+              <w:r w:rsidR="00A2453D" w:rsidRPr="00156486">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                </w:rPr>
+                <w:t>Sosh4@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00634804" w14:paraId="7A88DB45" w14:textId="77777777" w:rsidTr="00CF1CCC">
+        <w:trPr>
+          <w:trHeight w:val="648"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75F34998" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="9"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="115B551E" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="162"/>
-[...86 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+              <w:ind w:left="107" w:right="166"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>вакантной или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>временно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>вакантной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77DD0DFA" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...9 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+              <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>должности,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="766E24DB" w14:textId="053DAF81" w:rsidR="00634804" w:rsidRPr="002A1BD9" w:rsidRDefault="009F2449">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
-[...108 lines deleted...]
-                <w:rStyle w:val="anegp0gi0b9av8jahpyh"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="009F2449">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель биологии </w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="0030513B" w:rsidRPr="00BB4B48">
-[...2 lines deleted...]
-                <w:spacing w:val="-3"/>
+            <w:r w:rsidR="003B3E7D" w:rsidRPr="003B3E7D">
+              <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
-            <w:r w:rsidR="00053E29" w:rsidRPr="007E06ED">
-[...12 lines deleted...]
-              <w:t>сағат</w:t>
+            <w:r w:rsidR="00634804" w:rsidRPr="003B3E7D">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00634804" w:rsidRPr="003B3E7D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>час</w:t>
+            </w:r>
+            <w:r w:rsidR="003B3E7D" w:rsidRPr="003B3E7D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+            <w:r w:rsidR="002A1BD9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED4EC0">
+      <w:tr w:rsidR="00634804" w14:paraId="23293D38" w14:textId="77777777" w:rsidTr="00CF1CCC">
         <w:trPr>
-          <w:trHeight w:val="827"/>
+          <w:trHeight w:val="1135"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="387" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-          </w:tcPr>
-[...13 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F50CDB1" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09EFE13C" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="259"/>
-[...8 lines deleted...]
-              <w:t>еңбекке ақы төлеу</w:t>
+              <w:ind w:left="107" w:right="488"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>основные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>мөлшері</w:t>
-[...33 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+              <w:t>функциональные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52A07DDB" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108" w:right="106"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>-обучение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>воспитание</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>учетом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>специфики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>преподаваемого</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>предмета</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и возраста</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72092A33" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="16"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="255"/>
+              </w:tabs>
+              <w:ind w:right="103" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>содействие социализации обучающихся, формированию у них общей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>культуры,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>осознанному</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>выбору</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ими</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>последующему</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>освоению</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>профессиональных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образовательных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>программ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64A4D917" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="437"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:right="103" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>обеспечение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>режима</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>соблюдения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>норм</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>правил</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>техники</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>безопасности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>учебном</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00634804" w14:paraId="21EA0AE8" w14:textId="77777777" w:rsidTr="00CF1CCC">
+        <w:trPr>
+          <w:trHeight w:val="648"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="001E5C79" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27CE3A3E" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="495"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>размер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>условия</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>оплаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D9D1D6A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="248"/>
               </w:tabs>
-              <w:spacing w:line="268" w:lineRule="exact"/>
-[...108 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+              <w:ind w:right="856" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>выплачивается</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>соответствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>со</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>стажем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F7E38E8" w14:textId="0A6DE671" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="16"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="248"/>
               </w:tabs>
-              <w:rPr>
-[...7 lines deleted...]
-              <w:t>арнайы</w:t>
+              <w:ind w:left="247"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>среднее</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>орта</w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">(min): </w:t>
+              <w:t>специальное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образование(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>106</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B44130">
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-1"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>845</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="44"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="285A0E79" w14:textId="45D51610" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="16"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="248"/>
               </w:tabs>
               <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="247"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...20 lines deleted...]
-              <w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B44130">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>130000</w:t>
+              <w:t>000</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00634804" w14:paraId="3DAB76F5" w14:textId="77777777" w:rsidTr="00CF1CCC">
+        <w:trPr>
+          <w:trHeight w:val="1783"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB11CAE" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>теңге</w:t>
-[...12 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67A6141A" w14:textId="07BFD152" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="275" w:lineRule="exact"/>
-[...21 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+              <w:ind w:left="107" w:right="95"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Квалификационные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>требования,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>предъявляемые к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кандидату,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>утвержденные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Типовыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационными</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF1CCC">
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>характеристиками</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="695E21EE" w14:textId="73EA8EA8" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="372"/>
-[...83 lines deleted...]
-              <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="6"/>
               </w:numPr>
-              <w:pBdr>
-[...38 lines deleted...]
-              <w:widowControl/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="440"/>
+              </w:tabs>
+              <w:ind w:right="104" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(или)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>послевузовское</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагогическое</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>иное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>профессиональное образование по соответствующему профилю, без</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>предъявления</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>требований</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>стажу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r w:rsidR="00F55969">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>профессиональное педагогическое образование по соответствующему</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>профилю</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>без предъявления</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>требований к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>стажу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B48844C" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="6"/>
               </w:numPr>
-              <w:pBdr>
-[...21 lines deleted...]
-              <w:t>     және (немесе) біліктілігінің жоғары деңгейі болған кезде әлеуметтік педагог лауазымындағы жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл, педагог – сарапшы үшін-кемінде 3 жыл, педагог-зерттеуші үшін – кемінде 4 жыл және педагог-шебер лауазымындағы жұмыс өтілі – 5 жыл.</w:t>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="411"/>
+              </w:tabs>
+              <w:ind w:right="104" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(или)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>при</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>наличии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>высшего</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>уровня</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>квалификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагогической</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>работы для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагога-мастера</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0808337A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="262"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:right="101" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего и среднего уровня квалификации стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагогической работы: для педагога-модератора не менее 2 лет, для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED4EC0">
+      <w:tr w:rsidR="00634804" w14:paraId="5B02FA89" w14:textId="77777777" w:rsidTr="00CF1CCC">
         <w:trPr>
-          <w:trHeight w:val="553"/>
+          <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75FF7236" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="275" w:lineRule="exact"/>
-              <w:ind w:left="9"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63CD8052" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Құжаттарды</w:t>
-[...15 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>приема</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DC0A99F" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="264" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>мерзімі</w:t>
-[...112 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+              <w:t>документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43381ED0" w14:textId="0B8EC6DD" w:rsidR="00634804" w:rsidRPr="00CC61AA" w:rsidRDefault="004C7AE2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="9"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidR="00634804">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="004A51C9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC61AA">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8.2025</w:t>
+            </w:r>
+            <w:r w:rsidR="00634804">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="002A1BD9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2E1D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00634804">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="004A51C9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC61AA">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00634804">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC61AA">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00634804" w14:paraId="3F7285BE" w14:textId="77777777" w:rsidTr="00CF1CCC">
+        <w:trPr>
+          <w:trHeight w:val="2432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C5245F8" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B52F9A9" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="268" w:lineRule="exact"/>
-[...43 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+              <w:ind w:left="107" w:right="845"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Перечень</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>необходимых</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17000845" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="00AD2C10" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>өтініш;</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="774A0738" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="00AD2C10" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жеке басын куәландыратын</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E03EC79" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="00AD2C10" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жеке іс парағы</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2793C4FC" w14:textId="02232E93" w:rsidR="00B44130" w:rsidRPr="00AD2C10" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4)</w:t>
+            </w:r>
+            <w:r w:rsidR="004C7AE2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AF8C818" w14:textId="671094A3" w:rsidR="00B44130" w:rsidRPr="00AD2C10" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+            <w:r w:rsidR="004C7AE2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>) еңбек қызметін растайтын құжаттың көшірмесі</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+              <w:t xml:space="preserve"> трудовую деятельность </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="652124AC" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="00AD2C10" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения РК от 30 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4388C050" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="00AD2C10" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>денсаулық жағдайы туралы анықтама</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001D3DD2">
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+          <w:p w14:paraId="70469121" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="00AD2C10" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Психоневрологиялық ұйымнан анықтама</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001D3DD2">
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+          <w:p w14:paraId="5E3A978C" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="00AD2C10" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00ED4B81">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Наркологиялық ұйымнан анықтама</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08D4B9BE" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="0019603D" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D3DD2">
-[...25 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRPr="00ED4B81" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>для кандидатов на занятие должности педагогов английского</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63E6665E" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="0019603D" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:b/>
-[...31 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>языка сертификат о результатах сертификации с пороговым</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18F214C5" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="0019603D" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED4B81">
-[...491 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уровнем не менее 90% по предмету или удостоверение о наличии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A137D45" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="0019603D" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00512AB1">
-[...24 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационной категории педагога-модератора или педагога-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78B98047" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="0019603D" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00512AB1">
-[...8 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>эксперта, или педагога-исследователя, или педагога-мастера (при</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F7B172E" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="0019603D" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наличии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CELTA (Certificate in English Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3035356D" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="000E5691" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E5691">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E5691">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>BT)) – 60 – 65</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E5691">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E5691">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="044F57DD" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="0019603D" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00512AB1">
-[...8 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11) педагоги, приступившие к педагогической деятельности в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72EA74C7" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="0019603D" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00512AB1">
-[...8 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организации технического и профессионального, послесреднего</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="278ED8AD" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="0019603D" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00512AB1">
-[...8 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>образования на должности педагогов по специальным дисциплинам имастеров производственного обучения, имеющие стаж работы на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>производстве по соответствующей специальности или профилю не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>менее двух лет освобождаются от прохождения сертификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E1B2B5B" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="0019603D" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00512AB1">
-[...8 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заполненный Оценочный лист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидата на вакантную или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="635B18F9" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="0019603D" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:b/>
-[...23 lines deleted...]
-          <w:p w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>временно вакантную должность педагога по форме согласно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38D9FD45" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="0019603D" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>приложению 11;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DD620BA" w14:textId="77777777" w:rsidR="00B44130" w:rsidRPr="0019603D" w:rsidRDefault="00B44130" w:rsidP="00B44130">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+              <w:t>видеопрезентация для кандидата без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A9C0B84" w14:textId="29143D63" w:rsidR="00634804" w:rsidRDefault="00B44130" w:rsidP="00B44130">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="14"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="372"/>
+                <w:tab w:val="left" w:pos="385"/>
               </w:tabs>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
-              <w:ind w:right="164" w:firstLine="0"/>
-[...147 lines deleted...]
-            <w:pPr>
+              <w:ind w:right="98" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...11 lines deleted...]
-              <w:t>тұрақты</w:t>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>не менее 15 минут, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+    <w:p w14:paraId="2781AC1B" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00634804">
       <w:pPr>
-        <w:spacing w:line="270" w:lineRule="atLeast"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00ED4EC0" w:rsidSect="00A64398">
-          <w:type w:val="continuous"/>
+        <w:sectPr w:rsidR="00634804" w:rsidSect="003F3465">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
-[...843 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="222" w:type="dxa"/>
+        <w:tblInd w:w="114" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2979"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2383"/>
+        <w:gridCol w:w="7542"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED4EC0">
+      <w:tr w:rsidR="00634804" w14:paraId="5B950852" w14:textId="77777777" w:rsidTr="00B44130">
         <w:trPr>
-          <w:trHeight w:val="1103"/>
+          <w:trHeight w:val="132"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34B458BB" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="285" w:right="169" w:firstLine="472"/>
-[...38 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05BCDE5F" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D601F14" w14:textId="0883C8B3" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00B44130">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="584"/>
+              </w:tabs>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
-              <w:ind w:left="189" w:right="169" w:firstLine="281"/>
-[...42 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+              <w:ind w:right="101"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00634804" w14:paraId="61363897" w14:textId="77777777" w:rsidTr="00634804">
+        <w:trPr>
+          <w:trHeight w:val="827"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6D2B9E" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A2F59F1" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="694"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Срок временно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>вакантной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="259A2AAD" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2663E433" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
-              <w:ind w:left="590"/>
-[...159 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+    <w:p w14:paraId="7825DE4E" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00634804">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="3"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:rPr>
-          <w:sz w:val="23"/>
+          <w:sz w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...419 lines deleted...]
-        <w:sectPr w:rsidR="00ED4EC0" w:rsidSect="00A64398">
+        <w:sectPr w:rsidR="00634804" w:rsidSect="003F3465">
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="720" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
-        </w:sectPr>
-[...145 lines deleted...]
-          </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5673"/>
-        <w:gridCol w:w="3690"/>
+        <w:gridCol w:w="5077"/>
+        <w:gridCol w:w="3979"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00A05A87">
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="00AF0289" w14:paraId="492775B9" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5077" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="416D4FB9" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="199832CB" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7EE14D44" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="245E1A66" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="00AF0289" w14:paraId="4902B7B9" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5077" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09DC1CAB" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C447328" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="00AF0289" w14:paraId="4EEB625B" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5077" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="084F0728" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3979" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD23FEE" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственный орган,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>объявивший конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="37290F2E" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z472"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="3D38348C" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3044BAB9" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57BC1935" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              (должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661FE376" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70662491" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1995D4CD" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24117558" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z473"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CCF85A3" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:bookmarkStart w:id="3" w:name="z474"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(нужное подчеркнуть) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5046A1CB" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B9D1F2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B80BA7" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36A3DE3C" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47917219" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Образование: высшее или послевузовское</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31D2FBCE" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9823" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3302"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="3544"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="00AF0289" w14:paraId="3196B951" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3302" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0612D5B2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z475"/>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="4"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9CC88F" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C6E6F2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Специальность по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="00AF0289" w14:paraId="2FB098D7" w14:textId="77777777" w:rsidTr="00924841">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3302" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E502560" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63B6C29E" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75551338" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BCF33CB" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3702D4AE" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02A5DA33" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="24E4406F" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z483"/>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Наличие квалификационной категории </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(дата присвоения (подтверждения):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="6388A203" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BBC3611" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стаж педагогической работы: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E72F002" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Имею следующие результаты работы: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A6E61A8" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A53735" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4843C98A" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6719"/>
+        <w:gridCol w:w="3971"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="00AF0289" w14:paraId="604867ED" w14:textId="77777777" w:rsidTr="00924841">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+          <w:p w14:paraId="6B979270" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+          <w:p w14:paraId="30D9D4B0" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FC14379" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+          <w:p w14:paraId="24464323" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+          <w:p w14:paraId="368A68D0" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+          <w:p w14:paraId="76E3B7E5" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+          <w:p w14:paraId="1912BF36" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRDefault="00CB5938" w:rsidP="00924841">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+          <w:p w14:paraId="7F3E2732" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00737FA7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
-[...114 lines deleted...]
-            </w:r>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E72AC4B" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:jc w:val="right"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00E20B44">
+    <w:p w14:paraId="54C7CF28" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:sectPr w:rsidR="00CB5938" w:rsidSect="003F3465">
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10630621" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41EED63D" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="003B3594" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>к Правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="029DA91F" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="003B3594" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">назначения на должности, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="756DBE42" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="003B3594" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">освобождения от должностей </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E28EC6F" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="003B3594" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53030B81" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="003B3594" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>государственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36DD4202" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3594">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="613A2103" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E116B93" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D58A711" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="00AF0289" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0289">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D0E07A6" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E48484A" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
       <w:pPr>
         <w:rPr>
-          <w:b/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z186"/>
-      <w:r w:rsidRPr="00737FA7">
+      <w:r>
         <w:rPr>
-          <w:b/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бос немесе уақытша бос педагог лауазымына үміткердің бағалау парағы  ___________________________________________________  (Тегі, аты, әкесінің аты (бар болса))</w:t>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E14F0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00E20B44"/>
-[...3709 lines deleted...]
-    <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00E20B44">
+    <w:p w14:paraId="360A28AF" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00CB5938">
       <w:pPr>
         <w:rPr>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00E20B44"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="003E3C5B" w:rsidRDefault="003E3C5B" w:rsidP="00E20B44">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="524"/>
+        <w:gridCol w:w="2466"/>
+        <w:gridCol w:w="2381"/>
+        <w:gridCol w:w="2993"/>
+        <w:gridCol w:w="2310"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="57F02C34" w14:textId="77777777" w:rsidTr="00924841">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC78755" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="079FA5D8" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12A9FA68" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF81E55" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52B05F58" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5346A336" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="3856A456" w14:textId="77777777" w:rsidTr="00924841">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33DC9BB6" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="314E6046" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26D01807" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="183679AB" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CE666A4" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DFC9365" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DAF603C" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C0BAFC4" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4762E777" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="358CC3C0" w14:textId="77777777" w:rsidTr="00924841">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EEB447E" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52AF7A07" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30E939E2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5E56AF" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="043071A3" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="518429A5" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="563E77F5" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="69F5AFDC" w14:textId="77777777" w:rsidTr="00924841">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="743E7D1B" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C526547" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="200420FF" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5972A60F" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E597BF9" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="354E3769" w14:textId="77777777" w:rsidTr="00924841">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="116871CD" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EE28802" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="038899F5" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A870EC4" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A4E48FA" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48525525" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19993A5F" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2660FE65" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="720C1EC9" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56060AC4" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40D7E3E2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="1BE27B0A" w14:textId="77777777" w:rsidTr="00924841">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14B0769D" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50C312BE" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66B2D538" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75AAA925" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методист (стаж в должности не менее 2 лет) = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F27EE8C" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29F73F50" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D449A5C" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="4CA7ADD1" w14:textId="77777777" w:rsidTr="00924841">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A96EA46" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA66FBF" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Для педагогов, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E19D6F2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Приложение к </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1057AC40" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Результаты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E77DEC8" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27AA55BB" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="52B2321A" w14:textId="77777777" w:rsidTr="00924841">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57C3FE52" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15007000" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CD56C2B" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32A381FE" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45BEB4FB" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4031D481" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="0F04E808" w14:textId="77777777" w:rsidTr="00924841">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1938F61A" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3945F114" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B3E577E" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31AF64B3" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30B6FE65" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="774A3A96" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75B67AC9" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7491593E" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="071992D8" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B230A8F" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A590298" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13C53167" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="34B2720B" w14:textId="77777777" w:rsidTr="00924841">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A462371" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FCA8A27" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1822EDC9" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F08F5FD" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65D1A6B3" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36F51F48" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74BDE977" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="7648E2B8" w14:textId="77777777" w:rsidTr="00924841">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CCDD48E" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F602D25" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67B0AAF2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F9B0331" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78D6639C" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53B85EC4" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63187239" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BE2D990" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08C12F86" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="0EDC248C" w14:textId="77777777" w:rsidTr="00924841">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="652EB224" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B74EE50" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE747BB" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46B7B483" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- сертификат на цифровую грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1094EECB" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C99961F" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B20FBD3" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B69C250" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53507038" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FEE099B" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79F36369" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0939A6C3" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03BF44CF" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BBF74FE" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AF80C2A" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78F78391" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A7F497C" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="103304F9" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10527FA7" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47F7F02D" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DC5C545" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="772D9026" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A0008D4" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E5F6CC7" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DDCFE3D" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT – International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72122BDF" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Becoming a Better Teacher: Exploring </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E29EF51" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69CEC014" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BABAE4F" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="444AEDE2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0994C122" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AC1FA83" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EB4402A" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="140E7D87" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AF257AC" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>курсы ЦПМ НИШ, "Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E1A1ABC" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A804915" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>курсы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4680799A" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49C5F404" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A2F2CF2" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="60A1EAA1" w14:textId="77777777" w:rsidTr="00924841">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E72C02A" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0342D2AB" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серпiн",педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3598A192" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B7B2167" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DBD4235" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB5938" w:rsidRPr="009E14F0" w14:paraId="5E50DC38" w14:textId="77777777" w:rsidTr="00924841">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EB31A99" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78103FF0" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2271CAA8" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02785B3D" w14:textId="77777777" w:rsidR="00CB5938" w:rsidRPr="009E14F0" w:rsidRDefault="00CB5938" w:rsidP="00924841">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="10E0BB0D" w14:textId="77777777" w:rsidR="00CE4BB6" w:rsidRDefault="00CE4BB6" w:rsidP="00CB5938">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a5"/>
         <w:spacing w:before="70"/>
-        <w:ind w:left="6075" w:right="487"/>
+        <w:ind w:left="6214" w:right="874" w:firstLine="1"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003E3C5B" w:rsidSect="00C947C0">
-[...3 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:sectPr w:rsidR="00CE4BB6" w:rsidSect="00CB5938">
+      <w:pgSz w:w="11910" w:h="16840"/>
+      <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...19 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="01EA27B0"/>
-[...230 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04D75BD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D64E898"/>
     <w:lvl w:ilvl="0" w:tplc="95BCB918">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3C3C5298">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="EB0499E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="DC1EEC94">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="A140C130">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="095C9204">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="40FC5776">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="9BFA757C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8A4893A4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...148 lines deleted...]
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10762A1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2196FD7E"/>
     <w:lvl w:ilvl="0" w:tplc="67B29DFC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="74" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="57C23DF8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E620034C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="487" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="E4646A4C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="614E88A4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="894" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="6512E94C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1098" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="AFC45DBA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0792E254">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="69AC78D2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...297 lines deleted...]
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18076780"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6B8D24E"/>
     <w:lvl w:ilvl="0" w:tplc="982C6C04">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="74" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5C6AC66C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B96C0642">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="487" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="766EF376">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="B5CA93DA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="894" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="BA920800">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1098" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="688C2B0E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="2F843C1C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="80B656FA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-[...148 lines deleted...]
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A644D23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5E8970E"/>
     <w:lvl w:ilvl="0" w:tplc="5950B8EA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="96F60AC0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="BBCC1442">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="86B44E3E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="F55EBEEC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0DFE30B4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="BE8A655C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D5EEB192">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D952C88A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D551BC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7E01B12"/>
     <w:lvl w:ilvl="0" w:tplc="F8BC0274">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="74" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="69F6980A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2E442E7A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="487" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="857A194E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0E9258D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="894" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="D2EC5F48">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1098" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="D8A4A576">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0CDA5776">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9F34F7EA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-[...233 lines deleted...]
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48E07FA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE4A8060"/>
     <w:lvl w:ilvl="0" w:tplc="7A64C76E">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="368" w:hanging="260"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6068F7FE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="75EC55A2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1794" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A1AA615E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2511" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="CADAB442">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3228" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="DF0A402A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3946" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="DD3CD1D6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4663" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="894A63D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5380" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D75C6B60">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6097" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-[...266 lines deleted...]
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50465C21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39886140"/>
     <w:lvl w:ilvl="0" w:tplc="3F842FA2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C56C543E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="411C24FE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A698837E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FE92ACD2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="85D8329E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="2A881856">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="DCEA94C8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="29BA4FB4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-[...614 lines deleted...]
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76294A87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B73ADD50"/>
     <w:lvl w:ilvl="0" w:tplc="BEB23D62">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="286"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2C201FEA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E00E0D14">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="3756712A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="B3101E90">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="DED8A352">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FD2C3E3A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="94FAC376">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20769ECC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="7"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="7"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="13">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3">
-[...26 lines deleted...]
-  <w:num w:numId="12">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="13">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="19"/>
-[...20 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:ulTrailSpace/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00ED4EC0"/>
-[...58 lines deleted...]
-    <w:rsid w:val="00FA7EF9"/>
+    <w:rsidRoot w:val="00744B21"/>
+    <w:rsid w:val="00074EC1"/>
+    <w:rsid w:val="000E61B9"/>
+    <w:rsid w:val="00177AC2"/>
+    <w:rsid w:val="0018717D"/>
+    <w:rsid w:val="00273194"/>
+    <w:rsid w:val="002938C4"/>
+    <w:rsid w:val="002A1BD9"/>
+    <w:rsid w:val="002B1021"/>
+    <w:rsid w:val="002F6974"/>
+    <w:rsid w:val="003206CD"/>
+    <w:rsid w:val="003528E0"/>
+    <w:rsid w:val="003B22C8"/>
+    <w:rsid w:val="003B3E7D"/>
+    <w:rsid w:val="003F3465"/>
+    <w:rsid w:val="0045044D"/>
+    <w:rsid w:val="00463C30"/>
+    <w:rsid w:val="004A51C9"/>
+    <w:rsid w:val="004C7AE2"/>
+    <w:rsid w:val="00581253"/>
+    <w:rsid w:val="00634804"/>
+    <w:rsid w:val="00663D88"/>
+    <w:rsid w:val="006D59AA"/>
+    <w:rsid w:val="00744B21"/>
+    <w:rsid w:val="007474B3"/>
+    <w:rsid w:val="008E437F"/>
+    <w:rsid w:val="008F5161"/>
+    <w:rsid w:val="00927E10"/>
+    <w:rsid w:val="009916AA"/>
+    <w:rsid w:val="009F2449"/>
+    <w:rsid w:val="00A126C3"/>
+    <w:rsid w:val="00A2453D"/>
+    <w:rsid w:val="00A4167C"/>
+    <w:rsid w:val="00A84295"/>
+    <w:rsid w:val="00AC3645"/>
+    <w:rsid w:val="00B00F08"/>
+    <w:rsid w:val="00B44130"/>
+    <w:rsid w:val="00C002C9"/>
+    <w:rsid w:val="00CB5938"/>
+    <w:rsid w:val="00CC61AA"/>
+    <w:rsid w:val="00CE1A6A"/>
+    <w:rsid w:val="00CE4BB6"/>
+    <w:rsid w:val="00CF1CCC"/>
+    <w:rsid w:val="00D83151"/>
+    <w:rsid w:val="00DA2783"/>
+    <w:rsid w:val="00DA2E1D"/>
+    <w:rsid w:val="00E04FFF"/>
+    <w:rsid w:val="00E2690F"/>
+    <w:rsid w:val="00EC64D0"/>
+    <w:rsid w:val="00F017D8"/>
+    <w:rsid w:val="00F55969"/>
+    <w:rsid w:val="00FF28ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1069"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="380836A3"/>
-  <w15:docId w15:val="{14A0EF7C-DC8F-44BC-9D6A-CCACC2188875}"/>
+  <w14:docId w14:val="2C8EEC50"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{332FCE74-CECA-43E5-8E7F-0528D8401BCF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -12397,51 +10448,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12510,51 +10561,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -12710,752 +10761,691 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007C205F"/>
+    <w:rsid w:val="00634804"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="007C205F"/>
+    <w:rsid w:val="00634804"/>
     <w:pPr>
       <w:ind w:left="344" w:right="559"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008676CA"/>
+    <w:rsid w:val="00F017D8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...21 lines deleted...]
-    <w:rsid w:val="007C205F"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00634804"/>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...13 lines deleted...]
-  <w:style w:type="character" w:styleId="a5">
+  <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000F4C74"/>
+    <w:rsid w:val="00634804"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-    <w:name w:val="Неразрешенное упоминание1"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000F4C74"/>
+    <w:rsid w:val="00634804"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTML">
-    <w:name w:val="HTML Preformatted"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="msonormal0">
+    <w:name w:val="msonormal"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="HTML0"/>
-[...67 lines deleted...]
-    <w:rsid w:val="008676CA"/>
+    <w:rsid w:val="00634804"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="anegp0gi0b9av8jahpyh">
-    <w:name w:val="anegp0gi0b9av8jahpyh"/>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00634804"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00E464C2"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00634804"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00634804"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00634804"/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00634804"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00273194"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003206CD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003206CD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F017D8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
-    <w:div w:id="126627313">
+    <w:div w:id="861550270">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="488986601">
+    <w:div w:id="935985448">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="601379899">
+    <w:div w:id="1415935653">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="833764215">
-[...103 lines deleted...]
-    <w:div w:id="2103644447">
+    <w:div w:id="1511873954">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
-  <w:relyOnVML/>
+  <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sosh4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1840</Words>
-  <Characters>10490</Characters>
+  <Words>1727</Words>
+  <Characters>9848</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>87</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>82</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12306</CharactersWithSpaces>
+  <CharactersWithSpaces>11552</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Пользователь</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>user</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...12 lines deleted...]
-</file>