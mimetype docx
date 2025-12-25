--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -1,731 +1,670 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="003453C2" w:rsidRPr="00B00AEE" w:rsidRDefault="003453C2" w:rsidP="003453C2">
+    <w:p w:rsidR="003453C2" w:rsidRDefault="003453C2" w:rsidP="003453C2"/>
+    <w:p w:rsidR="003453C2" w:rsidRDefault="003453C2" w:rsidP="003453C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+        <w:t xml:space="preserve">КГУ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>оқу-өндірістік комбинаты»</w:t>
+        <w:t>«Учебно-производственный комбинат</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B00AEE">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>КММ</w:t>
+        <w:t xml:space="preserve">города </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00471E39">
+        <w:t>Павлодара</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">өндірістік </w:t>
+        <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidR="00A510FD">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>о</w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003453C2" w:rsidRDefault="003453C2" w:rsidP="003453C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F3880">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>мастера производственного обучения (инструктор по вождению</w:t>
+      </w:r>
+      <w:r w:rsidR="001F3880">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003453C2" w:rsidRDefault="003453C2" w:rsidP="003453C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>лауазымына</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B00AEE">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> (тұрақты бос орын)</w:t>
+        <w:t>(постоянная вакантная должность)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003453C2" w:rsidRPr="00B00AEE" w:rsidRDefault="003453C2" w:rsidP="003453C2">
+    <w:p w:rsidR="003453C2" w:rsidRPr="004F2A50" w:rsidRDefault="003453C2" w:rsidP="003453C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10550" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6858"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="7890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003453C2" w:rsidRPr="005A00AF" w:rsidTr="003D54E6">
+      <w:tr w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidTr="003D54E6">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+          <w:p w:rsidR="003453C2" w:rsidRPr="004D07D1" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00BA4B1E">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+              <w:t>Коммунальное государственное учреждение «</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BA4B1E">
+              <w:t>Учебно-производственный комбинат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар қаласының </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> города Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidTr="003D54E6">
+      <w:tr w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidTr="003D54E6">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+          <w:p w:rsidR="003453C2" w:rsidRPr="004D07D1" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>14000</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, </w:t>
+              <w:t xml:space="preserve">, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Лермонтов</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BA4B1E">
+              <w:t>Лермонтова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> көшесі, </w:t>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA4B1E">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidTr="003D54E6">
+      <w:tr w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidTr="003D54E6">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+          <w:p w:rsidR="003453C2" w:rsidRPr="004D07D1" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">8 (7182) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008C61C1">
+              <w:t>8 (7182</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E5BC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>20-20-80</w:t>
+              <w:t>) 20-20-80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidTr="003D54E6">
+      <w:tr w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidTr="003D54E6">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+          <w:p w:rsidR="003453C2" w:rsidRPr="004D07D1" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>upk2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
@@ -749,13663 +688,10383 @@
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>edu.kz</w:t>
             </w:r>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003453C2" w:rsidRPr="005A00AF" w:rsidTr="003D54E6">
+      <w:tr w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidTr="003D54E6">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+          <w:p w:rsidR="003453C2" w:rsidRPr="004D07D1" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00313E11">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">өндірістік </w:t>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve">мастер производственного обучения (инструктор по вождению), </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>о</w:t>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A40329">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қытудың шебері (</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>көлік жүргізу жөніндегі нұсқаушы</w:t>
-[...44 lines deleted...]
-              <w:t>1 мөлшерлеме</w:t>
+              <w:t>ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003453C2" w:rsidRPr="005A00AF" w:rsidTr="003D54E6">
+      <w:tr w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidTr="003D54E6">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+          <w:p w:rsidR="003453C2" w:rsidRPr="004D07D1" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
-[...60 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00313E11" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00561EA6" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00561EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00313E11">
+            <w:r w:rsidRPr="00561EA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...11 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обуч</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ает</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00561EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ученика навыкам вождения и управления автомобилем, подготовка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00561EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обучающихся к выполнению на должном уровне основных упражнений квалификационных экзаменов по вождению автомобиля</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00561EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003453C2" w:rsidRPr="00C2609B" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
-[...18 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00561EA6" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00561EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>разъясняет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00561EA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00313E11">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> правил</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00561EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дорожного движения обучаемому, а также </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">осуществляет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00561EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>контроль знаний, соблюдение правил дорожного движения учеником;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00561EA6" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+            <w:pPr>
+              <w:ind w:hanging="32"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00561EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00561EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>способствует общеобразовательному, профессиональному, культурному развитию обучающихся, привлекает интерес к профессии водитель, отвечает за прохождение учащимися практической езды строго по утвержденному директором и согласованным с МАИ маршруту езды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidTr="003D54E6">
+      <w:tr w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidTr="003D54E6">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+          <w:p w:rsidR="003453C2" w:rsidRPr="004D07D1" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00C2609B" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="006E435E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...40 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00C2609B" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E435E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003453C2" w:rsidRPr="006E435E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E435E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>129</w:t>
             </w:r>
-            <w:r w:rsidR="00653531">
+            <w:r w:rsidR="000625DC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>258</w:t>
             </w:r>
             <w:r w:rsidRPr="00885EDD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00C2609B" w:rsidRDefault="003453C2" w:rsidP="00653531">
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidRDefault="003453C2" w:rsidP="000625DC">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-            <w:r w:rsidR="00653531">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E435E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="000625DC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>164 688</w:t>
             </w:r>
             <w:r w:rsidRPr="006E435E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-              <w:t>теңге</w:t>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003453C2" w:rsidRPr="005A00AF" w:rsidTr="003D54E6">
-[...4 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+      <w:tr w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidTr="003D54E6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="004D07D1" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00FE7123" w:rsidRPr="00653531" w:rsidRDefault="00FE7123" w:rsidP="003D54E6">
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F83953" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-            <w:r>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00340BB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее и (или) послевузовское педагогическое или </w:t>
+            </w:r>
+            <w:r w:rsidR="000E19B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">техническое и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00340BB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidR="00D62CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="000E19B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> послесреднее педагогическое </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00340BB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>образование по соответствующему профилю</w:t>
+            </w:r>
+            <w:r w:rsidR="00D62CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или иное профессиональное об</w:t>
+            </w:r>
+            <w:r w:rsidR="000E19B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>раз</w:t>
+            </w:r>
+            <w:r w:rsidR="00D62CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ование по соответствующему профи</w:t>
+            </w:r>
+            <w:r w:rsidR="000E19B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лю или документ</w:t>
+            </w:r>
+            <w:r w:rsidR="00D62CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="000E19B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00653531">
-[...9 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="001E51EE" w:rsidRDefault="00FE7123" w:rsidP="003D54E6">
+            <w:r w:rsidR="00D62CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>подтверждающйй педагогичес</w:t>
+            </w:r>
+            <w:r w:rsidR="000E19B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кую переподготовку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00340BB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, без предъявлен</w:t>
+            </w:r>
+            <w:r w:rsidR="00D62CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ия требований к стажу работы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00340BB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000E19B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">или документ об окончании школы </w:t>
+            </w:r>
+            <w:r w:rsidR="00D62CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с 11 педагогическим кла</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD3C77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="00D62CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>со</w:t>
+            </w:r>
+            <w:r w:rsidR="000E19B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м до 1995 года, относящ</w:t>
+            </w:r>
+            <w:r w:rsidR="00D62CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ие</w:t>
+            </w:r>
+            <w:r w:rsidR="000E19B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ся</w:t>
+            </w:r>
+            <w:r w:rsidR="00D62CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к среднему уровн</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD3C77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ю квалификации</w:t>
+            </w:r>
+            <w:r w:rsidR="00F83953">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00340BB2" w:rsidRDefault="00F83953" w:rsidP="003D54E6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> - және (немесе) біліктіліктің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші үшін кемінде 4 жыл -және (немесе) біліктіліктің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі-5 жыл;</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD3C77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стаж педагогической работы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD3C77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для педагога-модератора не менее 2 лет,</w:t>
+            </w:r>
+            <w:r w:rsidR="004A737D" w:rsidRPr="00340BB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003453C2" w:rsidRPr="004A737D" w:rsidRDefault="003453C2" w:rsidP="004A737D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00340BB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidTr="003D54E6">
+      <w:tr w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidTr="003D54E6">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="004D07D1" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00A40329" w:rsidRDefault="005A00AF" w:rsidP="005A00AF">
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00A40329" w:rsidRDefault="00C14CEF" w:rsidP="00C14CEF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
-            <w:r w:rsidR="00FE7123">
+            <w:r w:rsidR="001F3880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.08.2025г-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>04</w:t>
             </w:r>
-            <w:r w:rsidR="00FE7123">
+            <w:r w:rsidR="001F3880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="00FE7123">
+            <w:r w:rsidR="001F3880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.2025ж</w:t>
+              <w:t>.2025г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003453C2" w:rsidRPr="005A00AF" w:rsidTr="003D54E6">
-[...7 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+      <w:tr w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidTr="003D54E6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="004D07D1" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
-[...239 lines deleted...]
-          <w:p w:rsidR="009B2A87" w:rsidRPr="00653531" w:rsidRDefault="009B2A87" w:rsidP="009B2A87">
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00624996" w:rsidRPr="00624996" w:rsidRDefault="00624996" w:rsidP="00624996">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе с указанием перечня прилагаемых документов по форме </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>согласно приложению 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00624996" w:rsidRPr="00624996" w:rsidRDefault="00624996" w:rsidP="00624996">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>документ, удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00624996" w:rsidRPr="00624996" w:rsidRDefault="00624996" w:rsidP="00624996">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) заполненный </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00624996" w:rsidRPr="00624996" w:rsidRDefault="00624996" w:rsidP="00624996">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00624996" w:rsidRPr="00624996" w:rsidRDefault="00624996" w:rsidP="00624996">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>копия документа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00624996" w:rsidRPr="00624996" w:rsidRDefault="00624996" w:rsidP="00624996">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>справка о состоянии здоровья по форме 075/у,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00624996" w:rsidRPr="00624996" w:rsidRDefault="00624996" w:rsidP="00624996">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>справка об отсутствии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> динамического наблюдения больных с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психическими поведенческими расстройствами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00624996" w:rsidRPr="00624996" w:rsidRDefault="00624996" w:rsidP="00624996">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>справка об отсутствии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> динамического наблюдения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наркологических больных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00624996" w:rsidRPr="00624996" w:rsidRDefault="00624996" w:rsidP="00624996">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах прохождения сертификации или удостоверение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о наличии действующей квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00624996" w:rsidRPr="00624996" w:rsidRDefault="00624996" w:rsidP="00624996">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Certificatein</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00624996" w:rsidRPr="00624996" w:rsidRDefault="00624996" w:rsidP="00624996">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заполненный Оценочный лист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидата на вакантную или временно вакантную должность педагога по форме согласно приложениям 12, 13 к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003453C2" w:rsidRPr="005763A2" w:rsidRDefault="00624996" w:rsidP="00624996">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00653531">
-[...58 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>12) жұмыс орнынан (педагог лауазымы бойынша), оқу орнынан ұсыным хат.</w:t>
+              </w:rPr>
+              <w:t>рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624996">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с места работы (по должности педагога), учебы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidTr="003D54E6">
-[...7 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+      <w:tr w:rsidR="003453C2" w:rsidRPr="00B3089F" w:rsidTr="003D54E6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="004D07D1" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="00BA4B1E" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00A40329" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA4B1E">
+            <w:r w:rsidRPr="00A40329">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Уақытша бос лауазымының мерзімі</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="003453C2" w:rsidRPr="006427D1" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003453C2" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B042B6" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003453C2" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003453C2" w:rsidRPr="00B042B6" w:rsidRDefault="003453C2" w:rsidP="003D54E6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1456"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="003453C2" w:rsidRDefault="003453C2" w:rsidP="003453C2"/>
     <w:p w:rsidR="003453C2" w:rsidRDefault="003453C2" w:rsidP="003453C2"/>
-    <w:p w:rsidR="003453C2" w:rsidRDefault="003453C2" w:rsidP="003453C2"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="00D843FD" w:rsidRDefault="00D843FD" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5686"/>
-        <w:gridCol w:w="4091"/>
+        <w:gridCol w:w="5924"/>
+        <w:gridCol w:w="3853"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D843FD" w:rsidTr="00F23A8C">
+      <w:tr w:rsidR="00D64D1B" w:rsidRPr="00EE0B34" w:rsidTr="008F731C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5686" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00D843FD" w:rsidRDefault="00D843FD" w:rsidP="00F23A8C">
+            <w:tcW w:w="5924" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-          <w:p w:rsidR="00D843FD" w:rsidRPr="001E51EE" w:rsidRDefault="00D843FD" w:rsidP="00F23A8C">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3853" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...50 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...35 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...35 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...44 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...44 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="001E51EE">
-[...6 lines deleted...]
-              <w:t>3-қосымша</w:t>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D843FD" w:rsidTr="00F23A8C">
+      <w:tr w:rsidR="00D64D1B" w:rsidTr="008F731C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5686" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00D843FD" w:rsidRDefault="00D843FD" w:rsidP="00F23A8C">
+            <w:tcW w:w="5924" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4091" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00D843FD" w:rsidRPr="001E51EE" w:rsidRDefault="00D843FD" w:rsidP="00F23A8C">
+            <w:tcW w:w="3853" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...355 lines deleted...]
-              <w:t>байланыс телефоны</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D843FD" w:rsidRPr="001E51EE" w:rsidRDefault="00D843FD" w:rsidP="00D843FD">
+    <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="00D64D1B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z349"/>
+      <w:r w:rsidRPr="00BA7DEA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Оценочный лист кандидата со стажем на вакантную</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="001E51EE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7DEA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
+        <w:t>или временно вакантную должность педагога</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00BA7DEA">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BA7DEA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мені ________________________________________________________________ </w:t>
+        <w:t>________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>      (білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ ауыл)</w:t>
+        <w:t>________________________________</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00BA7DEA">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BA7DEA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">       __________________________________________________________________ </w:t>
-[...79 lines deleted...]
-        <w:t>      орнынан кейінгі, техникалық және кәсіптік</w:t>
+        <w:t>(Ф.И.О. (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9681" w:type="dxa"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblW w:w="10673" w:type="dxa"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2594"/>
+        <w:gridCol w:w="326"/>
         <w:gridCol w:w="1559"/>
-        <w:gridCol w:w="5528"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D843FD" w:rsidRPr="001E51EE" w:rsidTr="00F23A8C">
+      <w:tr w:rsidR="00D64D1B" w:rsidTr="008F731C">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t>Оқу орнының атауы</w:t>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...62 lines deleted...]
-              <w:t>Диплом бойынша мамандығы</w:t>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D843FD" w:rsidRPr="001E51EE" w:rsidTr="00F23A8C">
+      <w:tr w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidTr="008F731C">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...32 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...68 lines deleted...]
-              </w:rPr>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное - 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее - 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее с отличием - 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D64D1B" w:rsidRPr="00EE0B34" w:rsidTr="008F731C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ученое звание/ученая степень/степень </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому/аттестат о присвоении ученого звания/ученой степени/степени</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук - 15 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кандидат наук, доктор </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PhD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, доктор по профилю - 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр по педагогическому направлению – 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D64D1B" w:rsidRPr="00EE0B34" w:rsidTr="008F731C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог- 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт - 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь - 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер - 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Заместитель руководителя третьей квалификационной категории" - 5 баллов,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Заместитель руководителя второй квалификационной категории" - 6 баллов, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Заместитель руководителя первой квалификационной категории" - 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D64D1B" w:rsidRPr="00EE0B34" w:rsidTr="008F731C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности не менее двух лет - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности более четырех лет- 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Заместитель директора стаж в должности не менее двух лет - 3 балла; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заместитель директора стаж в должности более двух лет - 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности не менее двух лет - 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности более четырех лет - 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D64D1B" w:rsidRPr="00EE0B34" w:rsidTr="008F731C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо (по должности педагога </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предыдущего места работы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма - 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D64D1B" w:rsidRPr="00EE0B34" w:rsidTr="008F731C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Показатели профессиональных достижений </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(за последние 3 года)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> 1) призеры городских/районных олимпиад и конкурсов - 0,5 балла, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>областных -1 балл, республиканских -2 балла, международных - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2) научных проектов: городской/районный -0,5 балла, областной - 1 балл, республиканский -2 балла, международный – 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) участник конкурса "Лучший педагог" - 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) призер конкурса "Лучший педагог" - 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D64D1B" w:rsidRPr="00EE0B34" w:rsidTr="008F731C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наставник - 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель методического объединения - 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D64D1B" w:rsidRPr="00EE0B34" w:rsidTr="008F731C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8**.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификат на цифровую грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ или </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>QAZAQ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>RESMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TEST</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA (Certificate in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL" Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64D1B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Курсы повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации - 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D64D1B" w:rsidTr="008F731C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="008F731C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D843FD" w:rsidRPr="001E51EE" w:rsidRDefault="00D843FD" w:rsidP="00D843FD">
+    <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="00D64D1B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E51EE">
+      <w:bookmarkStart w:id="2" w:name="z401"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
+        <w:t>     </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001E51EE">
+      <w:r w:rsidRPr="00BA7DEA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001E51EE">
+      <w:r w:rsidRPr="00BA7DEA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>санатының</w:t>
-[...103 lines deleted...]
-        <w:t xml:space="preserve">): </w:t>
+        <w:t>Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D843FD" w:rsidRPr="001E51EE" w:rsidRDefault="00D843FD" w:rsidP="00D843FD">
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="00D64D1B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E51EE">
+      <w:r w:rsidRPr="00BA7DEA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      __________________________________________________________________</w:t>
+        <w:t>* В 6 пункте учитывается призеры за последние 3 (три) года по каждому уровню (городской/районный) олимпиад и конкурсов 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов - 1 балла, республиканских -2 балла, международных - 3 балла;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D843FD" w:rsidRPr="001E51EE" w:rsidRDefault="00D843FD" w:rsidP="00D843FD">
+    <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="00D64D1B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E51EE">
+      <w:r w:rsidRPr="00BA7DEA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Жұмыс өтілі: </w:t>
+        <w:t>научных проектов: городской/районный - 1 балл, областной - 1 балл, республиканский -2 балла, международный – 3 балла соответственно;</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...398 lines deleted...]
-    <w:p w:rsidR="00D843FD" w:rsidRPr="001E51EE" w:rsidRDefault="00D843FD" w:rsidP="00D843FD">
+    <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="00D64D1B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E51EE">
+      <w:r w:rsidRPr="00BA7DEA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>    </w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> бар: ______________________________________</w:t>
+        <w:t>призеры республиканских олимпиад и конкурсов - 3 балла</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D843FD" w:rsidRPr="001E51EE" w:rsidRDefault="00D843FD" w:rsidP="00D843FD">
+    <w:p w:rsidR="00D64D1B" w:rsidRPr="00BA7DEA" w:rsidRDefault="00D64D1B" w:rsidP="00D64D1B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E51EE">
+      <w:r w:rsidRPr="00BA7DEA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтер (бар болса) ________________________________________</w:t>
+        <w:t>** В 8 пункте учитываются сертификаты организаций курсов повышения квалификации, согласованные с уполномоченным органом в области образования, реализуемым организациями повышения квалификации за последние 3 (три) года - 0,5 балл (за каждый отдельно).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D843FD" w:rsidRPr="001E51EE" w:rsidRDefault="00D843FD" w:rsidP="00D843FD">
-[...690 lines deleted...]
-    <w:p w:rsidR="00D843FD" w:rsidRDefault="00D843FD" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00D64D1B" w:rsidRDefault="00D64D1B" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6650"/>
-        <w:gridCol w:w="4122"/>
+        <w:gridCol w:w="5924"/>
+        <w:gridCol w:w="3853"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005B619A" w:rsidTr="001E51EE">
+      <w:tr w:rsidR="00E33AC6" w:rsidTr="00E33AC6">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6650" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="005B619A" w:rsidRDefault="005B619A">
+            <w:tcW w:w="5924" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3853" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-              </w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 13</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="001E51EE">
-[...13 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="001E51EE">
-[...13 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="001E51EE">
-[...13 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="001E51EE">
-[...13 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="001E51EE">
-[...13 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и педагогов государственных</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="001E51EE">
-[...6 lines deleted...]
-              <w:t>13-қосымша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B619A" w:rsidTr="001E51EE">
+      <w:tr w:rsidR="00E33AC6" w:rsidTr="00E33AC6">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6650" w:type="dxa"/>
+            <w:tcW w:w="5924" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRDefault="005B619A">
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4122" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
+            <w:tcW w:w="3853" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A" w:rsidP="005B619A">
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00E33AC6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z239"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001E51EE">
+      <w:bookmarkStart w:id="3" w:name="z404"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Педагогтің</w:t>
+        <w:t xml:space="preserve">Оценочный лист кандидата без стажа на </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001E51EE">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бос </w:t>
+        <w:t>вакантнуюили</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001E51EE">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>немесе</w:t>
+        <w:t xml:space="preserve"> временно вакантную должность педагога</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001E51EE">
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001E51EE">
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>уақытша</w:t>
-[...116 lines deleted...]
-        <w:t xml:space="preserve"> ______________________________________________________________________________________________</w:t>
+        <w:t>(Ф.И.О. (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A" w:rsidP="005B619A">
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00E33AC6">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
-[...21 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="dxa"/>
         <w:tblInd w:w="120" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="321"/>
-        <w:gridCol w:w="3543"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidTr="005B619A">
+      <w:tr w:rsidR="00E33AC6" w:rsidTr="00E33AC6">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="1"/>
-[...13 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...19 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...19 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Подтверждающий документ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 30)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оценка</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidTr="005B619A">
+      <w:tr w:rsidR="00E33AC6" w:rsidTr="00E33AC6">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...19 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...117 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...65 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное - 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное с отличием -2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее с отличием – 4 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidTr="005B619A">
+      <w:tr w:rsidR="00E33AC6" w:rsidTr="00E33AC6">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...19 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ученое звание/ученая степень/степень </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...204 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому/аттестат о присвоении ученого звания/ученой степени/степени</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...48 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук - 15 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат наук, доктор PhD, доктор по профилю - 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр по педагогическому направлению – 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidTr="005B619A">
+      <w:tr w:rsidR="00E33AC6" w:rsidTr="00E33AC6">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...12 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...53 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Результаты прохождения сертификации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...48 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>50 % - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>60-80 % - 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>80-100% – 6 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidTr="005B619A">
+      <w:tr w:rsidR="00E33AC6" w:rsidTr="00E33AC6">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...19 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...69 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...48 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"3" - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"4"-3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"5" – 4 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidTr="005B619A">
+      <w:tr w:rsidR="00E33AC6" w:rsidTr="00E33AC6">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...60 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Рекомендательное письмо с места учебы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...28 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...71 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма - 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidTr="005B619A">
+      <w:tr w:rsidR="00E33AC6" w:rsidTr="00E33AC6">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...53 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в волонтерской работе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...19 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidTr="005B619A">
+      <w:tr w:rsidR="00E33AC6" w:rsidTr="00E33AC6">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...195 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ведение странички интернета, социальных сетей с публикацией о педагогической деятельности (публикации авторских научных проектов, уроки, семинары)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...19 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ссылки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...48 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>до 1 года -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет -2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 3 лет -3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidTr="005B619A">
+      <w:tr w:rsidR="00E33AC6" w:rsidTr="00E33AC6">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...69 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в работе летних лагерей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...19 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidTr="005B619A">
+      <w:tr w:rsidR="00E33AC6" w:rsidTr="00E33AC6">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...172 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в конкурсах по месту учебы (научных проектов, творческих и др.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...19 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...96 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>За каждое участие 1 балл, но не более 4 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidTr="005B619A">
+      <w:tr w:rsidR="00E33AC6" w:rsidTr="00E33AC6">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> ҚАЗТЕСТ немесе QAZAQ RESMI TEST; IELTS; TOEFL; DELF; </w:t>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Наличие сертификатов КАЗТЕСТ, QAZAQ RESMI TEST; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IELTS; TOEFL; DELF; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="001E51EE">
-[...4 lines deleted...]
-              <w:t>Goethe</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Goe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="001E51EE">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="001E51EE">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="001E51EE">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...110 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Курсера</w:t>
-[...59 lines deleted...]
-              </w:rPr>
               <w:t>TEFL Cambridge "CELTA (Certificate in Teaching English to Speakers of Other Languages)"</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...12 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...12 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...12 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...67 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Teaching Knowledge Test</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)"TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...57 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>плюс 1 балл (за каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...30 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E33AC6" w:rsidTr="00E33AC6">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005B619A" w:rsidRPr="001E51EE" w:rsidRDefault="005B619A">
-[...760 lines deleted...]
-            <w:tcW w:w="751" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="2"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...23 lines deleted...]
-            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...21 lines deleted...]
-            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4591 lines deleted...]
-              </w:rPr>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AB02A2" w:rsidRPr="001E51EE" w:rsidRDefault="00AB02A2" w:rsidP="00AB02A2">
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00E33AC6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E51EE">
+    </w:p>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5924"/>
+        <w:gridCol w:w="3853"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E33AC6" w:rsidRPr="00EE0B34" w:rsidTr="00B759FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5924" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3853" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E33AC6" w:rsidTr="00B759FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5924" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3853" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00E33AC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7DEA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">      * 6-тармақта </w:t>
+        <w:t>Оценочный лист кандидата со стажем на вакантную</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001E51EE">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001E51EE">
+      <w:r w:rsidRPr="00BA7DEA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>санына</w:t>
+        <w:t>или временно вакантную должность педагога</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001E51EE">
+      <w:r w:rsidRPr="00BA7DEA">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BA7DEA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001E51EE">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>қарамастан</w:t>
+        <w:t>________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001E51EE">
+      <w:r w:rsidRPr="00BA7DEA">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BA7DEA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...143 lines deleted...]
-        <w:t>) бойынша 0,5 балл ескеріледі, облыстық олимпиадалар мен конкурстардың жүлдегерлері - 1 балл, республикалық - 2 балл, халықаралық - 3 балл;</w:t>
+        <w:t>(Ф.И.О. (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB02A2" w:rsidRPr="001E51EE" w:rsidRDefault="00AB02A2" w:rsidP="00AB02A2">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10673" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="326"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="1134"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E33AC6" w:rsidTr="00B759FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidTr="00B759FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное - 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее - 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее с отличием - 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E33AC6" w:rsidRPr="00EE0B34" w:rsidTr="00B759FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ученое звание/ученая степень/степень </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому/аттестат о присвоении ученого звания/ученой степени/степени</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук - 15 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кандидат наук, доктор </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PhD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, доктор по профилю - 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр по педагогическому направлению – 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E33AC6" w:rsidRPr="00EE0B34" w:rsidTr="00B759FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог- 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт - 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь - 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер - 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Заместитель руководителя третьей квалификационной категории" - 5 баллов,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Заместитель руководителя второй квалификационной категории" - 6 баллов, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Заместитель руководителя первой квалификационной категории" - 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E33AC6" w:rsidRPr="00EE0B34" w:rsidTr="00B759FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности не менее двух лет - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности более четырех лет- 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Заместитель директора стаж в должности не менее двух лет - 3 балла; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заместитель директора стаж в должности более двух лет - 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности не менее двух лет - 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности более четырех лет - 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E33AC6" w:rsidRPr="00EE0B34" w:rsidTr="00B759FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо (по должности педагога </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предыдущего места работы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма - 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E33AC6" w:rsidRPr="00EE0B34" w:rsidTr="00B759FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Показатели профессиональных достижений </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(за последние 3 года)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> 1) призеры городских/районных олимпиад и конкурсов - 0,5 балла, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>областных -1 балл, республиканских -2 балла, международных - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2) научных проектов: городской/районный -0,5 балла, областной - 1 балл, республиканский -2 балла, международный – 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) участник конкурса "Лучший педагог" - 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) призер конкурса "Лучший педагог" - 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E33AC6" w:rsidRPr="00EE0B34" w:rsidTr="00B759FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наставник - 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель методического объединения - 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E33AC6" w:rsidRPr="00EE0B34" w:rsidTr="00B759FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8**.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификат на цифровую грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ или </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>QAZAQ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>RESMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TEST</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA (Certificate in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL" Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AC6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA7DEA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Курсы повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации - 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E33AC6" w:rsidTr="00B759FA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E33AC6" w:rsidRDefault="00E33AC6" w:rsidP="00B759FA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00E33AC6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E51EE">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ғылыми жобалар: қалалық/аудандық - 1 балл, облыстық - 1 балл, республикалық -2 балл, халықаралық – тиісінше 3 балл;</w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7DEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7DEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB02A2" w:rsidRPr="001E51EE" w:rsidRDefault="00AB02A2" w:rsidP="00AB02A2">
+    <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00E33AC6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E51EE">
+      <w:r w:rsidRPr="00BA7DEA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">       республикалық олимпиадалар мен конкурстардың жүлдегерлері - 3 балл. </w:t>
+        <w:t>* В 6 пункте учитывается призеры за последние 3 (три) года по каждому уровню (городской/районный) олимпиад и конкурсов 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов - 1 балла, республиканских -2 балла, международных - 3 балла;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB02A2" w:rsidRPr="001E51EE" w:rsidRDefault="00AB02A2" w:rsidP="00AB02A2">
+    <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00E33AC6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E51EE">
+      <w:r w:rsidRPr="00BA7DEA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      ** 8-тармақта </w:t>
-[...111 lines deleted...]
-        <w:t xml:space="preserve"> асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары - 0,5 балл (әрқайсысы бойынша жеке).</w:t>
+        <w:t>научных проектов: городской/районный - 1 балл, областной - 1 балл, республиканский -2 балла, международный – 3 балла соответственно;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003453C2" w:rsidRPr="001E51EE" w:rsidRDefault="003453C2" w:rsidP="003453C2">
+    <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00E33AC6">
       <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00BA7DEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>призеры республиканских олимпиад и конкурсов - 3 балла</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003453C2" w:rsidRPr="001E51EE" w:rsidRDefault="003453C2" w:rsidP="003453C2">
+    <w:p w:rsidR="00E33AC6" w:rsidRPr="00BA7DEA" w:rsidRDefault="00E33AC6" w:rsidP="00E33AC6">
       <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00BA7DEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>** В 8 пункте учитываются сертификаты организаций курсов повышения квалификации, согласованные с уполномоченным органом в области образования, реализуемым организациями повышения квалификации за последние 3 (три) года - 0,5 балл (за каждый отдельно).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003453C2" w:rsidRPr="001E51EE" w:rsidRDefault="003453C2" w:rsidP="003453C2">
-[...85 lines deleted...]
-    <w:sectPr w:rsidR="003C481C" w:rsidSect="006725A0">
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:p w:rsidR="00CB5E4D" w:rsidRDefault="00CB5E4D" w:rsidP="003453C2"/>
+    <w:sectPr w:rsidR="00CB5E4D" w:rsidSect="001F7E61">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="142" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
@@ -14417,102 +11076,97 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00555EAE"/>
+    <w:rsid w:val="000625DC"/>
     <w:rsid w:val="000E19B1"/>
-    <w:rsid w:val="001E51EE"/>
     <w:rsid w:val="001F3880"/>
-    <w:rsid w:val="0020707A"/>
+    <w:rsid w:val="001F7E61"/>
     <w:rsid w:val="003453C2"/>
-    <w:rsid w:val="003C481C"/>
     <w:rsid w:val="00471E39"/>
     <w:rsid w:val="004A737D"/>
     <w:rsid w:val="00555EAE"/>
-    <w:rsid w:val="005A00AF"/>
     <w:rsid w:val="005B5825"/>
-    <w:rsid w:val="005B619A"/>
     <w:rsid w:val="00624996"/>
-    <w:rsid w:val="00653531"/>
     <w:rsid w:val="006725A0"/>
-    <w:rsid w:val="007E0DC1"/>
-    <w:rsid w:val="008A1BD0"/>
     <w:rsid w:val="008F79B9"/>
     <w:rsid w:val="009B2A87"/>
     <w:rsid w:val="00A22C60"/>
     <w:rsid w:val="00A510FD"/>
-    <w:rsid w:val="00AB02A2"/>
+    <w:rsid w:val="00C14CEF"/>
+    <w:rsid w:val="00CB5E4D"/>
     <w:rsid w:val="00D62CC2"/>
-    <w:rsid w:val="00D843FD"/>
+    <w:rsid w:val="00D64D1B"/>
     <w:rsid w:val="00DD3C77"/>
+    <w:rsid w:val="00E33AC6"/>
     <w:rsid w:val="00F83953"/>
-    <w:rsid w:val="00FE7123"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7A01562A"/>
+  <w14:docId w14:val="3BD4E597"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1BAB5355-17EB-44D4-91F1-11FB211C64DF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -14954,103 +11608,70 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="009B2A87"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
-[...18 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="1371759584">
+    <w:div w:id="914584814">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1610553231">
-[...12 lines deleted...]
-    <w:div w:id="1943605687">
+    <w:div w:id="1277639417">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -15295,70 +11916,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>11931</Characters>
+  <Pages>11</Pages>
+  <Words>2576</Words>
+  <Characters>14686</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>99</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13996</CharactersWithSpaces>
+  <CharactersWithSpaces>17228</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Делопроизводитель</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>