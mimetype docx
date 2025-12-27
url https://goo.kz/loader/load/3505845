--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,6871 +1,6606 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="3A4329ED" w14:textId="77777777" w:rsidR="00C853B0" w:rsidRPr="00FD4467" w:rsidRDefault="00C853B0" w:rsidP="00C853B0">
+    <w:p w14:paraId="694F3AC2" w14:textId="77777777" w:rsidR="005D5A05" w:rsidRPr="0090334F" w:rsidRDefault="005D5A05" w:rsidP="005D5A05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD4467">
+      <w:r w:rsidRPr="0090334F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар қаласының Ахмет Байтұрсынұлы атындағы инновациялық үлгідегі жалпы орта білім беру мектебі» КММ  </w:t>
+        <w:t xml:space="preserve">«Павлодар қаласының Ахмет Байтұрсынұлы атындағы инновациялық үлгідегі жалпы орта білім беру мектебі» КММ  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DAC2D5C" w14:textId="338E7A30" w:rsidR="00C853B0" w:rsidRPr="00FD4467" w:rsidRDefault="0016160B" w:rsidP="00C853B0">
+    <w:p w14:paraId="1F8E0476" w14:textId="47F2DE3C" w:rsidR="007663AE" w:rsidRPr="0090334F" w:rsidRDefault="00CE7066" w:rsidP="007663AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD4467">
+      <w:r w:rsidRPr="0090334F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>и</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0099473D" w:rsidRPr="00FD4467">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00143ADB" w:rsidRPr="0090334F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>нформатика мұғалімі (орыс тілінде)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C853B0" w:rsidRPr="00FD4467">
+        <w:t>математика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090334F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> лауазымына </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E48BC" w:rsidRPr="00FD4467">
+        <w:t xml:space="preserve"> мұғалімі лауазымына </w:t>
+      </w:r>
+      <w:r w:rsidR="007663AE" w:rsidRPr="0090334F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C853B0" w:rsidRPr="00FD4467">
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4817" w:rsidRPr="0090334F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">конкурс жариялайды </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00416956" w:rsidRPr="0090334F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4817" w:rsidRPr="0090334F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос орын</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="773F8D8A" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00FD4467" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+    <w:p w14:paraId="264DF07F" w14:textId="32AD1AEC" w:rsidR="007663AE" w:rsidRPr="0090334F" w:rsidRDefault="007663AE" w:rsidP="007663AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10173" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="514"/>
-        <w:gridCol w:w="2571"/>
-        <w:gridCol w:w="7088"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="6858"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E0620C" w:rsidRPr="00E55B1E" w14:paraId="3D16536B" w14:textId="77777777" w:rsidTr="00410C9E">
+      <w:tr w:rsidR="000123BE" w:rsidRPr="0090334F" w14:paraId="1BD988A9" w14:textId="77777777" w:rsidTr="007663AE">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5C25DB45" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="170FF282" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="007663AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FD4467">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2571" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3359D4E3" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59D72BCF" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="007663AE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="1848D4BF" w14:textId="6BC4AE71" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00EC773A">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орналасқан жері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EB88216" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="007663AE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77635051" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="007663AE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="380D3AD2" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="005D5A05">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының Ахмет Байтұрсынұлы атындағы инновациялық үлгідегі жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Қазақстан Республикасы, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Павлодар қаласының Ахмет Байтұрсынұлы атындағы инновациялық үлгідегі жалпы орта білім беру мектебі» КММ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E966CD1" w14:textId="199C3EDF" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="005D5A05">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысы, Павлодар қаласы, Лермонтов көшесі, 93/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E0620C" w:rsidRPr="00E55B1E" w14:paraId="4DBD7126" w14:textId="77777777" w:rsidTr="00410C9E">
+      <w:tr w:rsidR="000123BE" w:rsidRPr="0090334F" w14:paraId="747BD51B" w14:textId="77777777" w:rsidTr="007663AE">
         <w:trPr>
-          <w:trHeight w:val="453"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1C8AF3E9" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00C853B0">
+          <w:p w14:paraId="035C8341" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="007663AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="19BBE26D" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00C853B0">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F240F83" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="007663AE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD4467">
+            <w:r w:rsidRPr="0090334F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="57EA2C97" w14:textId="522065FA" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00C853B0">
+              <w:t>Телефон  нөмірлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7573BF39" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="007663AE">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FD4467">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD4467">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090334F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Павлодар облысы,   Павлодар қаласы, Лермонтов көшесі, 93/1</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E0620C" w:rsidRPr="00FD4467" w14:paraId="47887295" w14:textId="77777777" w:rsidTr="00410C9E">
+      <w:tr w:rsidR="000123BE" w:rsidRPr="0090334F" w14:paraId="7C2A3BAC" w14:textId="77777777" w:rsidTr="007663AE">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="77AAA5E7" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00C853B0">
+          <w:p w14:paraId="4DAB601F" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="007663AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="68AB8CB8" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00C853B0">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42937415" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="007663AE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD4467">
+            <w:r w:rsidRPr="0090334F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="18426E26" w14:textId="33E6323C" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00C853B0">
+              <w:t>Электрондық  пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD915E8" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="007663AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sosh</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000123BE" w:rsidRPr="00D810C9" w14:paraId="6D0C2607" w14:textId="77777777" w:rsidTr="007663AE">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="350F3658" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23A4AF9A" w14:textId="058C7C62" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҰББД вакансияға сілтеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FF1746B" w14:textId="798C75F8" w:rsidR="000123BE" w:rsidRPr="000123BE" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE75DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>https://hr-nobd.edu.kz/#/social/vacancies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000123BE" w:rsidRPr="00D810C9" w14:paraId="28B37CE8" w14:textId="77777777" w:rsidTr="007663AE">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B401FE1" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6613F83E" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="272745F5" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының Ахмет Байтұрсынұлы атындағы инновациялық үлгідегі жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000123BE" w:rsidRPr="00D810C9" w14:paraId="471F4A31" w14:textId="77777777" w:rsidTr="007663AE">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08CB8CE7" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03E92B60" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Негізгі  функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2331B0DB" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="445A9720" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F8E8F7C" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C18CEE8" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім алушылардың жеке қажеттіліктерін ескере отырып, оқытудың жаңа тәсілдерін, тиімді нысандарын, әдістері мен құралдарын пайдаланады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EC67206" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пәндер бойынша қысқа мерзімді және орта мерзімді (күнтізбелік-тақырыптық) жоспарлар, бөлімге жиынтық бағалау және тоқсанға жиынтық бағалау үшін тапсырмалар жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E111E8E" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бөлім үшін жиынтық бағалауды және түсініктемелермен тоқсан үшін жиынтық бағалауды жүргізу қорытындылары бойынша талдау жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61CE0746" w14:textId="437B0F70" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>журналдарды толтырады (электронды);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62649119" w14:textId="37F9F287" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>инклюзивті білім беру үшін жағдай жасайды;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000123BE" w:rsidRPr="0090334F" w14:paraId="5B700852" w14:textId="77777777" w:rsidTr="007663AE">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="166E190A" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18C342F1" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15EBD4C5" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="134E4C68" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3DD5E628" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51EB6519" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E923E62" w14:textId="6160B0D7" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Математика мұғалімі, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D810C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мөлшерлеме (</w:t>
+            </w:r>
+            <w:r w:rsidR="00D810C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сағат)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000123BE" w:rsidRPr="00590112" w14:paraId="11F06BC2" w14:textId="77777777" w:rsidTr="007663AE">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="73FC2001" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A64CDFC" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="783F0DB1" w14:textId="3960B889" w:rsidR="000123BE" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CCEFB20" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00590112" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590112">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00590112">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>арнайы орта білім (min): 106 845 теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E942C62" w14:textId="3B84E181" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590112">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00590112">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>жоғары білім (min): 130000 теңге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DD93C6F" w14:textId="50D1B3BB" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000123BE" w:rsidRPr="00D810C9" w14:paraId="042A69A3" w14:textId="77777777" w:rsidTr="007663AE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F62A7A6" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16C671A9" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56031884" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FD05BAA" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы тиіс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07596F30" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D0B4388" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000123BE" w:rsidRPr="0090334F" w14:paraId="6EC51322" w14:textId="77777777" w:rsidTr="007663AE">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2352A7" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6826B299" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F9E80EF" w14:textId="319804CC" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="00D810C9" w:rsidP="008F4812">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidR="000123BE" w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="000123BE" w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2025-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidR="00744626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="000123BE" w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2025 ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000123BE" w:rsidRPr="00D810C9" w14:paraId="207E0528" w14:textId="77777777" w:rsidTr="007663AE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="197BF60A" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="439AACAF" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66850391" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00100B12" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>осы Қағидаларға  3-қосымшаға  сәйкес нысан  бойынша қоса берілетін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17E6B482" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00100B12" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08A7A91C" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00100B12" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен алынған электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="230F4E65" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00100B12" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D3F4D83" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00100B12" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="208D65BF" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00100B12" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B850AFA" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00100B12" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>"Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын, сондай-ақ оларды толтыру жөніндегі нұсқаулықтарды бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A031AAB" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00100B12" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазандағы  №  ҚР  ДСМ-175/2020  бұйрығымен  (Нормативтік  құқықтық  актілерді</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14230A16" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00100B12" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген 075/у нысаны бойынша денсаулық жағдайы туралы анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F469A0D" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00100B12" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7290B711" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00100B12" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>психикалық, мінез-құлықтық бұзылушылықтары бар аурудың динамикалық бақылауда жоқтығы туралы анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34CBF8EB" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00100B12" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>наркологиялық аурудың динамикалық бақылауда жоқтығы туралы анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10191F06" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00100B12" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>сертификаттаудан өту нәтижелері туралы сертификат немесе қолданыстағы біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EC7DFE1" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00100B12" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін пән бойынша сертификаттау нәтижелері туралы сертификат немесе педагог-модератор немесе педагог-сарапшы немесе педагог-зерттеуші немесе педагог-шебер біліктілік санатының болуы туралы куәлікті (бар болса) немесе CELTA (Certificate in English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above немесе айелтс IELTS (IELTS) – 6,5 балл; немесе тойфл TOEFL (іnternet Based Test (іBT)) – 60-65 балл көрсеткіші бар сертификат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44E48524" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00100B12" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде екі жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DD49E15" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00100B12" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>осы Қағидаларға 17, 18-қосымшаларға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55365594" w14:textId="30C1439A" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00100B12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>жұмыс орнынан (педагог лауазымы бойынша), оқу орнынан ұсыным хат.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000123BE" w:rsidRPr="0090334F" w14:paraId="15F619E8" w14:textId="77777777" w:rsidTr="007663AE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D9882B6" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EDB35EA" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AB03BE2" w14:textId="28506075" w:rsidR="000123BE" w:rsidRPr="0090334F" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00744626" w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090334F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұрақты</w:t>
+            </w:r>
+            <w:r w:rsidR="00744626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, (1 ставка декретке шыққан мұғалімнің орнына)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1D4C93BA" w14:textId="77777777" w:rsidR="003C45F4" w:rsidRPr="0090334F" w:rsidRDefault="003C45F4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090334F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED4DE89" w14:textId="77777777" w:rsidR="005D5A05" w:rsidRPr="0074228B" w:rsidRDefault="005D5A05" w:rsidP="005D5A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074228B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4043">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>учреждение «Средняя общеобразовательная школа инновационного типа имени Ахмет Байтұрсынұлы города Павлодара»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074228B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет конкурс </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="776A165E" w14:textId="46209005" w:rsidR="005013F9" w:rsidRPr="00BE7A97" w:rsidRDefault="00321427" w:rsidP="005013F9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074228B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E33" w:rsidRPr="0074228B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074228B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="00143ADB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>математики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074228B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005013F9" w:rsidRPr="0074228B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00416956">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7A97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4817">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ваканси</w:t>
+      </w:r>
+      <w:r w:rsidR="00416956">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00083CE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="391"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="7539"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000123BE" w:rsidRPr="0074228B" w14:paraId="30806ECB" w14:textId="77777777" w:rsidTr="003C45F4">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE903DE" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75462EE4" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2081D977" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="005D5A05">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A4043">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа инновационного типа имени Ахмет Байтұрсынұлы города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000123BE" w:rsidRPr="0074228B" w14:paraId="4F347299" w14:textId="77777777" w:rsidTr="003C45F4">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4A271CF0" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="598E100F" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A0AE65E" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="00E277AE">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...59 lines deleted...]
-              <w:t>7</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140011, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Лермонтова , 93/1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E0620C" w:rsidRPr="00FD4467" w14:paraId="3DC6703D" w14:textId="77777777" w:rsidTr="00410C9E">
+      <w:tr w:rsidR="000123BE" w:rsidRPr="0074228B" w14:paraId="6F801529" w14:textId="77777777" w:rsidTr="003C45F4">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="58A0A29B" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00C853B0">
+          <w:p w14:paraId="2A1D383E" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="258B0467" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00C853B0">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E036223" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD4467">
-[...2100 lines deleted...]
-          <w:p w14:paraId="10CCD037" w14:textId="14F3EA15" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="0099473D">
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22D8BAB9" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="00E277AE">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">140011, Республика Казахстан, Павлодарская область, город Павлодар, улица Лермонтова , 93/1 </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 62-10-07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E0620C" w:rsidRPr="00FD4467" w14:paraId="508FF24E" w14:textId="77777777" w:rsidTr="00407F97">
+      <w:tr w:rsidR="000123BE" w:rsidRPr="0074228B" w14:paraId="5DB4DB0C" w14:textId="77777777" w:rsidTr="003C45F4">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="25942385" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00407F97">
+          <w:p w14:paraId="1FB8AA73" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w14:paraId="3F23721E" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00407F97">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A6FCEA1" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD4467">
-[...41 lines deleted...]
-              <w:t>8 (7182) 62-10-07</w:t>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E56A996" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="00971C1A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Sosh</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E0620C" w:rsidRPr="00FD4467" w14:paraId="75485846" w14:textId="77777777" w:rsidTr="00407F97">
+      <w:tr w:rsidR="000123BE" w:rsidRPr="00D810C9" w14:paraId="57EABC9D" w14:textId="77777777" w:rsidTr="00EE14BC">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3D4F741A" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00407F97">
+          <w:p w14:paraId="0A95F04E" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2C25D426" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00407F97">
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35309C6E" w14:textId="30522FB0" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-              <w:t>Sosh34@goo.edu.kz</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ссылка на НОБД вакансия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24EDF55D" w14:textId="5BFC3EEA" w:rsidR="000123BE" w:rsidRPr="000123BE" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>https://hr-nobd.edu.kz/#/social/vacancies</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E0620C" w:rsidRPr="00E55B1E" w14:paraId="60078061" w14:textId="77777777" w:rsidTr="00407F97">
+      <w:tr w:rsidR="000123BE" w:rsidRPr="0074228B" w14:paraId="2CEE67F7" w14:textId="77777777" w:rsidTr="003C45F4">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="393" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3CA5E8D2" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00E0620C">
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E44496D" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w14:paraId="43E1A092" w14:textId="06F64A4C" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00E0620C">
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC1D449" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E97B458" w14:textId="2A44BEE0" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> НОБД вакансия</w:t>
-[...24 lines deleted...]
-              <w:t>https://hr-nobd.edu.kz/#/social/vacancies</w:t>
+              <w:t>Учитель математики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2 вакансии (</w:t>
+            </w:r>
+            <w:r w:rsidR="00744626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>часов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E0620C" w:rsidRPr="00FD4467" w14:paraId="434E9ED4" w14:textId="77777777" w:rsidTr="00407F97">
+      <w:tr w:rsidR="000123BE" w:rsidRPr="0074228B" w14:paraId="4BFEDDB6" w14:textId="77777777" w:rsidTr="003C45F4">
         <w:trPr>
-          <w:trHeight w:val="570"/>
+          <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="393" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="736F6B10" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00E0620C">
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="511739F5" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD4467">
-[...16 lines deleted...]
-          <w:p w14:paraId="146B4BE9" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00E0620C">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="031753EF" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD4467">
+            <w:r w:rsidRPr="0074228B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
-[...8 lines deleted...]
-            <w:pPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30FBA8D4" w14:textId="6E07240E" w:rsidR="000123BE" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> часов  </w:t>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41889EEA" w14:textId="05C506E8" w:rsidR="000123BE" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57E8B8BB" w14:textId="3BACF686" w:rsidR="000123BE" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ACA680D" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00083CE7" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00083CE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72069B9A" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00083CE7" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00083CE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>составляет краткосрочные и среднесрочные (календарно-тематические) планы по предметам, задания для суммативного оценивания за раздел и суммативного оценивания за четверть;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="708B73D7" w14:textId="77777777" w:rsidR="000123BE" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00083CE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>проводит анализ по итогам проведения суммативного оценивания за раздел и суммативного оценивания за четверть с комментариями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A649CA4" w14:textId="77777777" w:rsidR="000123BE" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00083CE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>заполняет журналы (бумажные или электронные);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="314555F1" w14:textId="1DA6B303" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00083CE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>создает условия для инклюзивного образования;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E0620C" w:rsidRPr="00FD4467" w14:paraId="5F5F5413" w14:textId="77777777" w:rsidTr="00407F97">
+      <w:tr w:rsidR="000123BE" w:rsidRPr="0074228B" w14:paraId="663CB4FA" w14:textId="77777777" w:rsidTr="003C45F4">
         <w:trPr>
-          <w:trHeight w:val="825"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3A2FF160" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00E0620C">
+          <w:p w14:paraId="0B8C5CD2" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5C4BB8DB" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00E0620C">
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22D1A5A1" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD4467">
+            <w:r w:rsidRPr="0074228B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="4360ED73" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00E0620C">
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9F3D45" w14:textId="2AD02C7F" w:rsidR="000123BE" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29191A6E" w14:textId="77777777" w:rsidR="000123BE" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Средне специальное образование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00590112">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>: 106 845 теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F47BCF0" w14:textId="629062D1" w:rsidR="000123BE" w:rsidRPr="004F7A02" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Высшее образование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00590112">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (min): 130000 теңге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B8847F0" w14:textId="0769A302" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000123BE" w:rsidRPr="0074228B" w14:paraId="36F31260" w14:textId="77777777" w:rsidTr="003C45F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41F7BF26" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="586CF6F6" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="674B1342" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="462EA74A" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD4467">
-[...10 lines deleted...]
-          <w:p w14:paraId="78822E04" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00E0620C">
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06D49355" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD4467">
-[...10 lines deleted...]
-          <w:p w14:paraId="352C361B" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00E0620C">
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2424E85E" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="7C247DF3" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00E0620C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000123BE" w:rsidRPr="0074228B" w14:paraId="0F257C04" w14:textId="77777777" w:rsidTr="003C45F4">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2614B781" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03D0A669" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="768CB5C0" w14:textId="675EDF77" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="00D810C9" w:rsidP="008F4812">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidR="00744626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.08</w:t>
+            </w:r>
+            <w:r w:rsidR="000123BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2025-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>02.09</w:t>
+            </w:r>
+            <w:r w:rsidR="000123BE" w:rsidRPr="00BE7A97">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2025</w:t>
+            </w:r>
+            <w:r w:rsidR="000123BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000123BE" w:rsidRPr="0074228B" w14:paraId="2D4F9D00" w14:textId="77777777" w:rsidTr="003C45F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C136345" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED42248" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="305CC04C" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00732F42" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="1F00D2CF" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00E0620C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление об участии в конкурсе с указанием </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">перечня прилагаемых документов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по форме согласно приложению 3 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7149E1B9" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00732F42" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="7DA408AA" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00E0620C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) документ, удостоверяющий личность либо э</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лектронный документ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">из сервиса </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A6571CD" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00732F42" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="18ED6E2D" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00E0620C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) заполненный личный листок по учету кадров (с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> указанием адреса фактического </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60CBA3CE" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00732F42" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="4901A68D" w14:textId="67A8771B" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00E0620C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) копии документов об образовании в с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оответствии с предъявляемыми к </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>должности квалификационными требов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аниями, утвержденными Типовыми </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F5809F9" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00732F42" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t>создает условия для инклюзивного образования;</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) копия документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F838420" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00732F42" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) справка о состоянии здоровья по форме 075/у, утвержденная </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>исполняющего обязанности Министра здравоохране</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ния Республики Казахстан от 30 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>октября 2020 года № ҚР ДСМ-175/2020 "Об утвержд</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ении форм учетной документации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в области здравоохранения" (зарегистрирован в Реест</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ре государственной регистрации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2370A468" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00732F42" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7) справка об отсутствии динамического наблюдения больных с пси</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">хическими </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>поведенческими расстройствами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="335FE919" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00732F42" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) справка об отсутствии динамического наблюдения наркологических больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="017E2A38" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00732F42" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9) сертификат о результатах прохождения се</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ртификации или удостоверение о </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60265A6B" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00732F42" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10) для кандидатов на занятие должности педагого</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в английского языка сертификат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>о результатах сертификации по предме</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ту или удостоверение о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационной категории педагога-модерат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ора или педагога-эксперта, или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагога-исследователя, или педагога-мастера (при </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificatein</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teachingto</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>илиайелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A679DEE" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00732F42" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A70DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11) педагоги, приступившие к педагогичес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кой деятельности в организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>технического, профессионального и послесре</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">днего образования на должности </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогов по специальным дисциплинам и мастер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ов производственного обучения, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>имеющие стаж работы на производстве по соо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тветствующей специальности или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>профилю не менее двух лет, освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34227759" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="00732F42" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12) заполненный Оценочный лист канди</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дата на вакантную или временно </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">вакантную должность педагога по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">приложениям 17, 18 к настоящим </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>равилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D0D2BA0" w14:textId="29495A8A" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00732F42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13) рекомендательное письмо с места работы (по должности педагога), учебы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E0620C" w:rsidRPr="00FD4467" w14:paraId="49B88CFA" w14:textId="77777777" w:rsidTr="00407F97">
-[...8 lines deleted...]
-          <w:p w14:paraId="67294979" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00E0620C">
+      <w:tr w:rsidR="000123BE" w:rsidRPr="0074228B" w14:paraId="1E4A815C" w14:textId="77777777" w:rsidTr="003C45F4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6246D6D9" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w14:paraId="35F4885D" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00E0620C">
+            <w:r w:rsidRPr="0074228B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52AD3878" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="0074228B" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD4467">
+            <w:r w:rsidRPr="0074228B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
-[...207 lines deleted...]
-          <w:p w14:paraId="3A7B95F6" w14:textId="77777777" w:rsidR="00E0620C" w:rsidRPr="00FD4467" w:rsidRDefault="00E0620C" w:rsidP="00E0620C">
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A5C342D" w14:textId="77777777" w:rsidR="000123BE" w:rsidRPr="003C45F4" w:rsidRDefault="000123BE" w:rsidP="000123BE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1315 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C45F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D855963" w14:textId="63B83F2E" w:rsidR="00407F97" w:rsidRDefault="00407F97">
-[...53 lines deleted...]
-    <w:p w14:paraId="5CBD5430" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="2B516630" w14:textId="49FE6D16" w:rsidR="003529A6" w:rsidRDefault="003529A6"/>
+    <w:p w14:paraId="40ABC9EC" w14:textId="196E2FEA" w:rsidR="004F7A02" w:rsidRDefault="004F7A02"/>
+    <w:p w14:paraId="3330DAEE" w14:textId="744BBBC4" w:rsidR="004F7A02" w:rsidRDefault="004F7A02"/>
+    <w:p w14:paraId="186F5035" w14:textId="0164BA6E" w:rsidR="004F7A02" w:rsidRDefault="004F7A02"/>
+    <w:p w14:paraId="1050B1C8" w14:textId="02C0F265" w:rsidR="004F7A02" w:rsidRDefault="004F7A02"/>
+    <w:p w14:paraId="716E897B" w14:textId="4CB689DB" w:rsidR="004F7A02" w:rsidRDefault="004F7A02"/>
+    <w:p w14:paraId="029CF4A0" w14:textId="5A615785" w:rsidR="004F7A02" w:rsidRDefault="004F7A02"/>
+    <w:p w14:paraId="21668E82" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>беру ұйымдарының</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6653924F" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="7675E37F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>бірінші басшылары мен педагогтерін</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F20D331" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="23A569E9" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1952C742" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="1BDCE358" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>қағидаларына 10-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17B2FB42" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="040A5654" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Нысан</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="485DC301" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="1B9E8034" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="500EE7C3" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="2AA8FA66" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">конкурс </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...33 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66DDFAFB" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="2F9AD4AD" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CF5D42">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="004F7A02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CF25289" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="61DDBE79" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CF5D42">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="004F7A02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27554C6E" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="12E108B1" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E61D8C7" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="5E1734E2" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AC60257" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="3B549FFD" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79549859" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="388A773D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D6578E1" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="330D4032" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78DB34F7" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="1E647A42" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C8BD0C9" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="0FB30361" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AD5559B" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="61956C10" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15420A0E" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="3C5F9B1F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2188808C" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="3ACED106" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
         <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CB83CF3" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="2B35A813" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1306F1B3" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="447DB306" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C731514" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="2549CA05" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35FC6AD2" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="1AD7D751" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F9AC9DD" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="656C0C6D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="603EF960" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="7D258ECE" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF1CCC3" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="24E4738B" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59493C77" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="6B3154F7" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69A18329" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="5E956DC8" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7431A53E" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="25A17AC8" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F9D2433" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="3EF01E6D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00CF5D42" w14:paraId="34ABF3E5" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w14:paraId="7570A60D" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A8288ED" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="1CCC1849" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF5D42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Білімі</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CCBC21E" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5CCC7672" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF5D42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FE2C074" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="2AE8C9A8" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF5D42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F8D0E7E" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00CF5D42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2171D729" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00CF5D42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CF5D42">
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2757FC24" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...135 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00CF5D42" w14:paraId="274B6E9F" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w14:paraId="52DCD8E4" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43B874F4" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="7D9F2AAB" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="166B898A" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5E34DC54" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36881EE4" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="2CF5663F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F15EDAB" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5D604FA8" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="13DF97C4" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="7D797C24" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03CDF10E" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="389C5EB3" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Біліктілік</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Біліктілік санатының болуы (бер</w:t>
+      </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF5D42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>(раста</w:t>
+      </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF5D42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>санатының</w:t>
-[...118 lines deleted...]
-        <w:t>_________________________________________</w:t>
+        <w:t>) күні):__________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EA55811" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="61E9C8F9" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78303D91" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="60CFF164" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DB6E91F" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="246C699D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Педагогикалық</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>жұмыс</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>өтілі</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>:_</w:t>
-[...9 lines deleted...]
-        <w:t>_____________________________________________________________</w:t>
+        <w:t>:______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D1A376F" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="6E1C6F2B" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Келесі</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>жұмыс</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>нәтижелерім</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>бар</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>:_</w:t>
-[...9 lines deleted...]
-        <w:t>_________________________________________________________</w:t>
+        <w:t>:__________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11CD69D4" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="53E1BB3B" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1061AEF4" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="15D8B4F5" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E817E51" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="35A2CB69" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18D79B55" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="41623BA8" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="226EBE4F" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="709784EE" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D87998B" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="7FD383AF" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Наградалары</w:t>
-[...229 lines deleted...]
-        <w:t xml:space="preserve">)  </w:t>
+        <w:t xml:space="preserve">Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтері (бар болса)  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="261A2FDB" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="706FE00F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55AAAD8A" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="0EF399A9" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD05DD4" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="325AA5C3" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47AC478F" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="5A95FA9C" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="374225F9" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="46BC2B88" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FB77FF2" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="3BDED9B9" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DB4537C" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="6F535576" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F39D87" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="6B02861A" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21EF29F3" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="5ADF858F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F2903F3" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="4C13B15D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>20____</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">_ </w:t>
@@ -6918,1681 +6653,1565 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>қ</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>олы</w:t>
-[...8 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>олы)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="138975B8" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="2A8824A3" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5495"/>
         <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00CF5D42" w14:paraId="4AAE665E" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w14:paraId="0A33DB3F" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B75D1D0" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="43F2519D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11FED45C" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="4231CA0E" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF5D42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Приложение 10 к Правилам</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78257EF2" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="0B2142A5" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF5D42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">назначения на должности, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51840C97" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="16067954" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF5D42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">освобождения от должностей </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51E3CE4D" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="116946A3" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF5D42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B6E4AD2" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="0EC79AC2" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF5D42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>государственных организаций образования</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="413934E1" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="1A88B927" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF5D42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1F99FAB1" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="026EBDB5" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71332A45" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="6D70769C" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52E98E54" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="0E831ED0" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>государственный орган, объявивший конкурс</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="650610B1" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="5741B766" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34BB50E2" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="0F25B9D8" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="111ACE3D" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="35575BA0" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C66AF5C" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="7362DFE4" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A6234EA" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="333414B5" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4494BC57" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="700B265D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(должность, место работы)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="190A2C73" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="76CBA9FB" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3657FF43" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="7E44E71C" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68E86BC1" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="346310CA" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="377AB0B8" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="5787D359" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78DA4201" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="10C3DF7E" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68232549" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="4561964D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
         <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="275A445A" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="4BCFE449" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>должности (нужное подчеркнуть)</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CFCFA93" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="017595F9" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2025B6FD" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="17070F95" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E9DCBA" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="04ED7B5C" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63C5BD16" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="25A22831" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33F3D5F3" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="58EC9EA1" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>В настоящее время работаю:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C63A6C4" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="088E58E0" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06017EBB" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="57F44504" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02677107" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="51089AC5" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5567C9A5" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="52265C1F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09AFB050" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="24A8E1F6" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="340BB0B9" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="7DF165E4" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2124"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2755"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00CF5D42" w14:paraId="6D1B4E69" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w14:paraId="1767EFC1" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F8783DF" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="30DEDFA1" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF5D42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CDAD39C" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="7135EA71" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF5D42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C6FF1C7" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00CF5D42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="01F4DA19" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+              <w:t>учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D9B3B88" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF5D42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37479AE3" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00CF5D42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="510DBF12" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00CF5D42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>заведения</w:t>
-[...126 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>по диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00CF5D42" w14:paraId="4C46BD91" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w14:paraId="1B4D1C57" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B9C0C0D" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="09658D44" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C873CF1" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="17E92E7D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B39CACF" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="67A94182" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63263832" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="6342F8BB" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="50E330A0" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="7844F97D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36CD58DF" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="09241FFB" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>подтверждения</w:t>
-[...17 lines deleted...]
-        <w:t>_____________</w:t>
+        <w:t>подтверждения):______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED72851" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="49EBA57E" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F32AC4E" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="7038AD49" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7608EFFE" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="495CB38B" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Стаж педагогической работы:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FEBE44D" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="0460B63D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Имею следующие результаты работы:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27A22FB9" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="0D3BF45E" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="140D8634" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="501A6216" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E242FE" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="1F31B8B7" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3430FCC4" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="51880C56" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="565DB3A8" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="6B4E207F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63C226AB" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="2F419F80" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A526AE1" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="0390B29E" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36DAFDC6" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="612104F4" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A466C13" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="4AC7EF43" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AACD1E5" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="7332C962" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62FD127C" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="7E64B1F4" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21BB0626" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="780BD97E" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EE7B740" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="79A3C0B7" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A6DC4C1" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="1A2515C2" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2021E3ED" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="1BC06EE6" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F31BD55" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="406B229B" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«___</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
@@ -8644,2740 +8263,2034 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>подпись</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF5D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42395599" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="691B5EDC" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C95A1C1" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="5A1313DC" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="036B346C" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="28EDB504" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42C6B567" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="424628FA" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C2A03A9" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="189EE673" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52DB6307" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="22FB8546" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4572EE51" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="26348A73" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="652D6D0B" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="48B02436" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1ABD341D" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="2869FB91" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6784EC56" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="04E4BC40" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="716B9B19" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="56169D2B" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4829F196" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="3C98641F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C25E9BA" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="3D45C983" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25843D11" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="39506EAC" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D278D5D" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="5DB28C48" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="516720F8" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="25BC9128" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C68B16B" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="4E196DB1" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="576B4237" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="4092080D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
         <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="7F02D1D5" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="1DC975D6" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48D82AFF" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="3D4BB204" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="27F64B82" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="1BF90E62" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EBB9005" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="3CA991A8" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C90E8D4" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="50459B85" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>б</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ірінші басшылары мен педагогтерін</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E410521" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="196C0DB8" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F6E7D0E" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="6156FB7F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>қағидаларына 11-қосымша</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CC07985" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="60FB250E" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2A38D596" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="54BA4DDC" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6166A30C" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="0A49D6D4" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Б</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>ос</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>немесе</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>уақытша</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>п</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>едагог</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>бос</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>лауазымына</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>үміткерді</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>ң</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>бағалау</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>парағы</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3989EF1B" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="4DC337B1" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Т.Ә.А. (б</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ар болса</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BA6C049" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="553C4F60" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10390" w:type="dxa"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="467"/>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="4252"/>
         <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="49701396" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="21F38A37" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="472BBCC9" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="05BDFA0F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73F6460E" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="642EBF4E" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Өлшемшарттар</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49EA7B86" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="706DF377" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Растайтын</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4391A802" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="45221E28" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Балл сан</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>дар</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ы (1-ден 20-ға </w:t>
-[...19 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>ы (1-ден 20-ға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45E736E2" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="48EBBD2C" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="523153FE" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="16C51641" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="6A6F8126" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="6FC24FB5" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6BAC32F0" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="170A2837" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="482B0C09" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="7BB57D59" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="36799002" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="7C96C873" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...116 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7096754A" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="3F94CD34" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- т</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...54 lines deleted...]
-          <w:p w14:paraId="571E8C8C" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехникалық және кәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A910D3F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- ж</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="4A02A9A8" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары күндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39B5FD0F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- ж</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...54 lines deleted...]
-          <w:p w14:paraId="633360DB" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары күндізгі үздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15B9F3C1" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="45178EB2" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19C8FBA6" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- ж</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...51 lines deleted...]
-              <w:t xml:space="preserve"> = минус 2 балл</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары сыртқы/қашықтан = минус 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33CA140A" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="4E6ABC30" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="780095F1" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="0004A6A8" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="52BA6D83" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="0C78BD88" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="55082B35" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="0F0BB7BE" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t>/</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми/</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық дәрежесі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="356E6A52" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="4F94A361" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...116 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="67F18C00" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="144C924A" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PHD-доктор = 10 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3894CF64" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5894D063" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- ғ</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="3FE4FEAD" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="600B45F2" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- ғ</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F0B1A66" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="2B8748E8" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="1A4A841E" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="7E7ECE60" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4985250D" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="4D7A1B40" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="13EB5026" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="60744423" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="456E6EE9" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="6766CAE7" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="38A1C7D2" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="6D82F81A" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="317BA1B3" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5474E4C5" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF724C5" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="237945FD" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="5148C773" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="0A7EF5A2" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="37BB31C4" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="61C0466A" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2370EEE4" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="285A2EFF" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3E896DA1" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="26C9A1FD" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәлік, басқа құжат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="393F9A4C" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="205826FA" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>е</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="580F2329" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кінші санат = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70DC03E8" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>б</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="57C4B5A8" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ірінші санат = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="438ED93C" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ж</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="3079DF19" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары санат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A30B9AC" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="4E709F98" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A4FE463" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="51A75812" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05F968D5" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="1BEA79D1" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C377611" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E00FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-шебер = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D500126" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="06B936FB" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00E55B1E" w14:paraId="5C3900F0" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00D810C9" w14:paraId="6ABDEFE8" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="70186CE7" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="43A1EF0A" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7416C9DC" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="002E00FE" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="365C2C66" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="002E00FE" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E00FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="294AE526" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="002E00FE" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="09200FC3" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="002E00FE" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E00FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Еңбек кітапшасы/</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002E00FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>еңбек қызметін растайтын басқа да құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3945AFC2" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="2E0962FD" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- ә</w:t>
             </w:r>
             <w:r w:rsidRPr="002E00FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
@@ -11390,4998 +10303,3349 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002E00FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">жұмыс өтілі кемінде 2 жыл) = </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1 балл;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41746DDC" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="392751C3" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AA7563B" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="3478751D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70A3EFF2" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="0C31BA1F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="52CE0119" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="5D49CD56" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="11E5D1EE" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="13A97D69" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="38B349AA" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="002E00FE" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="683CEEB9" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="002E00FE" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E00FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="511DCD0F" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="049F1749" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7F508B2B" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="664D0A75" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...72 lines deleted...]
-          <w:p w14:paraId="4FF7DED7" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагогикалық/ кәсіби тәжірибенің нәтижелері </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34971A86" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...38 lines deleted...]
-          <w:p w14:paraId="732CBF6F" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+              <w:t>«өте жақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23E14F5D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...17 lines deleted...]
-              <w:t>» = 0,5 балл</w:t>
+              <w:t>«жақсы» = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16B903A8" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="15AE5D9B" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00E55B1E" w14:paraId="4F0D0F3A" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00D810C9" w14:paraId="27E083B1" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="440CF758" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="735747C3" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4079CDF3" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="7668F6C7" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1BDEBB19" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="33D022B6" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4ABC5D10" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="52D061AE" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="374B0462" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="1F402794" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53F3E7B6" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="7B3B2AA9" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00E55B1E" w14:paraId="0A4C7AF7" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00D810C9" w14:paraId="3C406FF6" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="430E034E" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="6B28DF29" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0BA19C02" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="1A061B23" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="51EAB5F1" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="774BCF46" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...198 lines deleted...]
-          <w:p w14:paraId="3452C7C0" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="325BAE29" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...128 lines deleted...]
-          <w:p w14:paraId="66C5EB7C" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+              <w:t>- дипломдар, мұғалімнің олимпиадалар және конкурстар жеңімпаздарының грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02352CF2" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> награда</w:t>
+              <w:t>- мемлекеттік награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="51E7F2FA" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="4D09EF6B" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127" w:right="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1132BBDC" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылыми жобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="625DA52F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиадалар және конкурстар жеңімпаздары= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...71 lines deleted...]
-          <w:p w14:paraId="4A612F1F" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D96FA1B" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127" w:right="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...55 lines deleted...]
-          <w:p w14:paraId="0D598AFC" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6405A537" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127" w:right="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...108 lines deleted...]
-          <w:p w14:paraId="3F35AD67" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47A00CCA" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127" w:right="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
-[...40 lines deleted...]
-              </w:rPr>
               <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ACD1FDE" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="62178B1B" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="3D2BBF4D" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="3D302A83" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="33161E1D" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="0F141274" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="728E03D7" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="101496B4" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4D364FFB" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="00E63177" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық шығармалары, басылымдары</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="37A73A35" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="1A044CF1" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ҚР БҒМ </w:t>
-[...110 lines deleted...]
-          <w:p w14:paraId="2570DDEB" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+              <w:t>ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3208818F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">РОӘК </w:t>
-[...110 lines deleted...]
-          <w:p w14:paraId="75FE51F7" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B5F1F49" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
-[...144 lines deleted...]
-              <w:t xml:space="preserve"> - 3 балл</w:t>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="389B6984" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5B3FE48F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00E55B1E" w14:paraId="5EA40E54" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00D810C9" w14:paraId="5AD90F47" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5256B85A" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="7BDBBC9A" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="63EB2431" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="37DF580E" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4ED8614A" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="0E41F186" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E192687" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="12DB4C64" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- тәлімгер = 0,5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05E7F04C" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="020E6057" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- ӘБ басшысы = 2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DFA52A0" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="7C928C12" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="774094BF" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="1D147DAA" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03974E50" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="3625952F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00E55B1E" w14:paraId="5AB5FAF1" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00D810C9" w14:paraId="21D35156" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="56C6A05B" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="542C0383" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D0295DB" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="378FA7EF" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="073BC163" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="1D2A5285" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BAC71DC" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлық сауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2198F1F2" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,  IELTS; TOEFL; DELF сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03868F7C" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, «Python тілінде бағдарламалау негіздері» программалары бойынша оқыту,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Курсера </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыстарына оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A76A9BD" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5C3B2EDC" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="002E00FE" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...23 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="555A8908" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65818B35" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35C64F90" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13E722F4" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2534A3BD" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F7A4CDE" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41E3DE3A" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DD14164" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FC68FDD" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F89F8C3" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B1924C3" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">КАЗТЕСТ,  IELTS; TOEFL; DELF </w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="0D47DBCA" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EA41119" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...219 lines deleted...]
-              <w:ind w:left="127"/>
+            <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...604 lines deleted...]
-              </w:rPr>
               <w:t>Special Educational Needs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C6B068D" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="7730D820" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>«Developing expertise in teaching chemistry</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="70E723F7" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="002E00FE" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="27E04122" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="002E00FE" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="002E00FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ПШО, НЗМ, «Өрлеу» курстары</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002E00FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>= 0,5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E5BA547" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="002E00FE" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="612F726B" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="002E00FE" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="002E00FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+              <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру </w:t>
             </w:r>
             <w:r w:rsidRPr="002E00FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
             </w:r>
             <w:r w:rsidRPr="002E00FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CE07A05" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="002E00FE" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="74454E22" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="002E00FE" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="39E38B08" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="21DBBAC8" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1268C353" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="42E401C5" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5819FD79" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="4024BEE1" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, </w:t>
-[...9 lines deleted...]
-              <w:t>Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="781DFF3E" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5CBB8F2F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="31D5EA21" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="2270E8ED" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3 балл қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7683D086" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="60A48052" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="127"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="4F9B3B4F" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="003EA12A" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5287" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6959908A" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="05996134" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>Барлығы</w:t>
-[...9 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C0AE7C9" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="6832B37F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="396AC1D8" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="7C1D0465" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
         <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="6954BB48" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="1B0D8548" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="113F1640" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="7DB96F24" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3C4552D7" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="4DE9C2B2" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A87E7C8" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="1BDF103E" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Приложение 11 к Правилам</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AD3D027" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="577ECB60" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>назначения на должности,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AE5429C" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="364D0C33" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>освобождения от должностей</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1839175E" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="44D9D0B3" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>первых руководителей и педагогов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61422991" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="73284A80" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> государственных организаций образования</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42419743" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="6BBF0AC8" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="72A1A01B" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="002E00FE" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="70BEE0E9" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="002E00FE" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D881BAD" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="65C74EF7" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="299A9D08" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="2A2D518B" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B8705F0" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="002E00FE" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="279E05FB" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="002E00FE" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="501"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="3969"/>
         <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="426897B7" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="24541184" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75FB8D58" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="745848C5" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E6A5BE9" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="79EC9E8E" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6154C5B2" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="058BAA7F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Подтверждающий документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C312585" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5A1875D2" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Кол-во баллов</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5479095A" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="776CCF27" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>О</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="596025DE" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="659D70C7" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41910F0A" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="4830C2A7" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="74FAB803" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="11A8685F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="517252EF" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="04B8C6FA" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29E480CE" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="004D03FA" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="3FB61CB8" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="004D03FA" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D03FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-т</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004D03FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ехническое</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>ехническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="487885A7" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="004D03FA" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="004D03FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="3E2E1A7B" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="004D03FA" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52AC2418" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="004D03FA" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D03FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- в</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004D03FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ысшее</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>ысшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30F1910D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="004D03FA" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="004D03FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="09BAAAA4" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="004D03FA" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E565B84" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D03FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- в</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004D03FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ысшее</w:t>
-[...84 lines deleted...]
-              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+              <w:t>ысшее заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31CB253B" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="1201AED9" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="12B94C87" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="39962B2E" w14:textId="77777777" w:rsidTr="009472F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5899A2E5" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="63FC7A1A" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="190AFE97" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="67E5224A" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ученая/</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
@@ -16391,925 +13655,845 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>академическая степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55D5A0B3" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5C6171D5" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F82D58E" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="2158E95F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PHD-доктор = 10 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5947A351" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="6AFDB80D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- д</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="2C5148A6" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="228AC30F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- к</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="455CC333" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="4069E580" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="38427B31" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="1EE21014" w14:textId="77777777" w:rsidTr="009472F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="69B99814" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="510348B8" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="100C2A95" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="06099FDA" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3DCA5E83" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="3A461BFA" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17988CE7" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="2EAC1EFD" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52622E11" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="1C2D893C" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B8E2C34" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="19F6748D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="363B3FAB" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="1CE8007E" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="697CD865" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="618F9459" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="75869379" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5C3B064D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Квалификационная категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="46D481AB" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5F6DAE5C" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Удостоверение, иной документ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="617F4892" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="0DC6D8F7" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B1005DE" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="207E3188" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- вторая</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> категория = 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60BE0703" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="243EF1EB" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- первая</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> категория = 2 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="751FF78C" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="1DD3911A" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- в</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="6668A08E" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="587245EB" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- п</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="56E45A9A" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32F14068" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- п</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="117498D2" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C40AF2B" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- п</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="41175FB8" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="088CF937" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- п</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t>-мастер = 10 баллов</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38BFEEDC" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="2341585F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="4AFDAA25" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="303FAA6E" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1A06637B" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="0B679C4C" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="02232FCB" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="20E3BDC4" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Опыт административной и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1AED2483" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5BF3DDD8" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="169E7E0D" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="359298E9" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист (стаж в должности не менее</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">               </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="595675A3" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5400FCA2" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -17328,1575 +14512,1442 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>лет) = 3 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64EBE1E7" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="44E8B276" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48464624" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="2E132A04" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="283048E8" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="5687E7E8" w14:textId="77777777" w:rsidTr="009472F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="007529D5" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="157A02AC" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="29D2826F" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="04C5499E" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Для педагогов, впервые поступающих на работу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0BE29CB1" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="1FA5F0AB" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FA1F268" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="3C0E816D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>р</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> педагогической/</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты педагогической/</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> п</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="52DD2F2C" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рофессиональной практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1387FA02" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«отлично» = 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A6793B3" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="628ED62C" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«хорошо» = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4299FA9E" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="1CBB3FB6" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="3A65AACD" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="61899540" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F69A706" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="36D8915D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73397A9A" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="2D4D6DB6" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7F215596" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="0E769931" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CDD4E35" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="76DF9782" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-н</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аличие положительного рекомендательного </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  п</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>исьма</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="110E24B1" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="7AC44498" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-н</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное рекомендательное письмо</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">= </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66A2612E" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="56886A7C" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E771B77" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="4A6A0D35" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="21CAAF6A" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="24891C00" w14:textId="77777777" w:rsidTr="009472F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="69565D00" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="762FA0C6" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="313AC3BC" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="1C37B4AF" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3673CB01" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="201B4EA8" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="133FB8B0" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="52A53588" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E9CEAD1" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="27038C95" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34E91437" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="0020641A" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="4E34F25D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="0020641A" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CB955F9" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="0020641A" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="6042C980" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="0020641A" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>научных проектов = 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D24230D" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="0020641A" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="7D392D08" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="0020641A" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E616B4A" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="0020641A" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="15817D93" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="0020641A" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A5DA6E3" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="0020641A" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="23BB3903" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="0020641A" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05D8245E" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="0020641A" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="6086DBF0" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="0020641A" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FF7CBB7" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="0020641A" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="30B07AB4" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="0020641A" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="704F13B4" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="0020641A" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="7D60102C" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="0020641A" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>обладатель медали «</w:t>
-[...71 lines deleted...]
-              <w:t>» = 10 баллов</w:t>
+              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24B3D3A2" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="69595E72" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="385A2735" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="587D3033" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="77B84CDF" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="3B03E4A5" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7469FF45" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="1F677412" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2172E870" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5EDCA01E" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="504BD998" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="0020641A" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="50F786F9" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="0020641A" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08E76BF2" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="0020641A" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="4301E3C3" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="0020641A" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3124E095" w14:textId="77777777" w:rsidR="003E2133" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="3A8B797F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>наличие публикации по</w:t>
             </w:r>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="6EC87A69" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="0020641A" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+              <w:t>научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13C0C5D2" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="0020641A" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C0CF686" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="6571C41B" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="539CA504" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="207FD5D5" w14:textId="77777777" w:rsidTr="009472F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="759EDC64" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="55AF000C" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6A79D4BF" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="0020641A" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="35A1BF4D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="0020641A" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5EE39D4B" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="0020641A" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="1934B8E1" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="0020641A" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D163464" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="0020641A" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="16A5434B" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="0020641A" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>наставник = 0,5 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37E4BA9E" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="0020641A" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5D134686" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="0020641A" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>руководство МО = 2 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CD81484" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="0020641A" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="478557F3" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="0020641A" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -18949,256 +16000,255 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
             </w:r>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3 балла,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6897F2FA" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="0020641A" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="618BD3E0" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="0020641A" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, </w:t>
             </w:r>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> и</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0020641A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ностранный</w:t>
-[...8 lines deleted...]
-              <w:t>) = 5 баллов</w:t>
+              <w:t>ностранный) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="285157A9" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="4C4C26F8" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="09D258C9" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="6957703F" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="10729"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3B737441" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="633B08C5" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="573FA75F" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="6ACC56D7" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4004C579" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="001235A7" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="3C2C57D0" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="001235A7" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>- сертификаты предметной подготовки;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12188442" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="001235A7" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="0C319B03" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="001235A7" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51968E86" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="001235A7" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="66146A66" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="001235A7" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
@@ -19207,778 +16257,675 @@
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>, IELTS; TOEFL; DELF;</w:t>
             </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goethe </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Goethe Zertifikat,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3842C09E" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="001235A7" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Zertifikat</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73E44703" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="001235A7" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>«Обучение работе с Microsoft» Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17852139" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="001235A7" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6958472B" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="001235A7" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...20 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...85 lines deleted...]
-          <w:p w14:paraId="669A5288" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="001235A7" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AAF370D" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="001235A7" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEFL Cambridge </w:t>
-[...5 lines deleted...]
-              <w:ind w:left="67"/>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="001235A7">
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EDFE649" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="001235A7" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>«CELTA</w:t>
-[...9 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Certificate in Teaching English to Speakers of Other </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001235A7">
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E923C09" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="001235A7" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Languages)»</w:t>
-[...6 lines deleted...]
-              <w:ind w:left="67"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="001235A7">
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B1603FB" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="001235A7" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
-[...5 lines deleted...]
-              <w:ind w:left="67"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
-[...5 lines deleted...]
-              <w:ind w:left="67"/>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
             </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Teaching Knowledge Test»</w:t>
+              <w:t>Certificate in teaching English for young learners</w:t>
             </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="001235A7">
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06A37E71" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="001235A7" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
-[...9 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Certificate in teaching English for young learners</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001235A7">
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="493668C0" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="001235A7" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
-[...5 lines deleted...]
-              <w:ind w:left="67"/>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>In</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
-[...5 lines deleted...]
-              <w:ind w:left="67"/>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="001235A7">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="475D7454" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="001235A7" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
             </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Maths</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Teaching</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="001235A7">
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6744878A" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="001235A7" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
-[...9 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Educational Management</w:t>
-[...9 lines deleted...]
-            </w:r>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B10AED8" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
-[...141 lines deleted...]
-              </w:rPr>
               <w:t>«Developing expertise in teaching chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C5A19C5" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5A107C05" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Өрле</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">у» </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>= 0,5 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="379B759B" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="4572A6B4" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -20029,116 +16976,115 @@
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61FB8962" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5A722DE4" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="0389EA88" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="1B674441" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="65A4C4E0" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="5A7A1AB8" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D21A581" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="001235A7" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="195FEC06" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="001235A7" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
             </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="17"/>
@@ -20163,271 +17109,272 @@
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Серпiн</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0ED747CB" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="0FEE5A3B" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73E9E905" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="460837D0" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F9D6072" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="4452111C" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2133" w:rsidRPr="00B25802" w14:paraId="06D83449" w14:textId="77777777" w:rsidTr="009472F8">
+      <w:tr w:rsidR="004F7A02" w:rsidRPr="00B25802" w14:paraId="53A8407F" w14:textId="77777777" w:rsidTr="009472F8">
         <w:trPr>
           <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3052" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CF71349" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="001235A7" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="63B2265C" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="001235A7" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DABB3FC" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="001235A7" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="447692D4" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="001235A7" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F248392" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00B25802" w:rsidRDefault="003E2133" w:rsidP="009472F8">
+          <w:p w14:paraId="13EBAF14" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00B25802" w:rsidRDefault="004F7A02" w:rsidP="009472F8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2F5A897F" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="0020641A" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="78BF24BF" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="0020641A" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F5990B9" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00CF5D42" w:rsidRDefault="003E2133" w:rsidP="003E2133">
+    <w:p w14:paraId="57F1A0B5" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRPr="00CF5D42" w:rsidRDefault="004F7A02" w:rsidP="004F7A02">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A75C968" w14:textId="77777777" w:rsidR="003E2133" w:rsidRPr="00FD4467" w:rsidRDefault="003E2133">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="003E2133" w:rsidRPr="00FD4467" w:rsidSect="00B608B4">
+    <w:p w14:paraId="63676867" w14:textId="111D1528" w:rsidR="004F7A02" w:rsidRDefault="004F7A02"/>
+    <w:p w14:paraId="23C15BED" w14:textId="4BF05602" w:rsidR="004F7A02" w:rsidRDefault="004F7A02"/>
+    <w:p w14:paraId="5E206C6E" w14:textId="1CECB2C5" w:rsidR="004F7A02" w:rsidRDefault="004F7A02"/>
+    <w:p w14:paraId="3F92FE3E" w14:textId="05305FBA" w:rsidR="004F7A02" w:rsidRDefault="004F7A02"/>
+    <w:p w14:paraId="2BD515D3" w14:textId="28B2FC6C" w:rsidR="004F7A02" w:rsidRDefault="004F7A02"/>
+    <w:p w14:paraId="758A7A9F" w14:textId="5C8F193A" w:rsidR="004F7A02" w:rsidRDefault="004F7A02"/>
+    <w:p w14:paraId="78C79C76" w14:textId="1CCA4545" w:rsidR="004F7A02" w:rsidRDefault="004F7A02"/>
+    <w:p w14:paraId="16D018D9" w14:textId="4855F9D3" w:rsidR="004F7A02" w:rsidRDefault="004F7A02"/>
+    <w:p w14:paraId="255DE7F3" w14:textId="1E981605" w:rsidR="004F7A02" w:rsidRDefault="004F7A02"/>
+    <w:p w14:paraId="4B916EE5" w14:textId="2558200F" w:rsidR="004F7A02" w:rsidRDefault="004F7A02"/>
+    <w:p w14:paraId="40D2A342" w14:textId="6BCE0393" w:rsidR="004F7A02" w:rsidRDefault="004F7A02"/>
+    <w:p w14:paraId="596C0E1F" w14:textId="77777777" w:rsidR="004F7A02" w:rsidRDefault="004F7A02"/>
+    <w:sectPr w:rsidR="004F7A02" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="709" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -20778,54 +17725,54 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="524C7E2B"/>
+    <w:nsid w:val="0F1137A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B9241E8C"/>
-    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+    <w:tmpl w:val="D0B694EA"/>
+    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
@@ -21120,808 +18067,793 @@
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="000123BE"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
-    <w:rsid w:val="00034D7D"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
-    <w:rsid w:val="00053D32"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="00083CE7"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
-    <w:rsid w:val="000B74EC"/>
-    <w:rsid w:val="000B799C"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
-    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
-    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00143ADB"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
-    <w:rsid w:val="0016160B"/>
+    <w:rsid w:val="00161F2F"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C4D41"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
-    <w:rsid w:val="001E48BC"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
-    <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
-    <w:rsid w:val="00260194"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
-    <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
-    <w:rsid w:val="002918EB"/>
     <w:rsid w:val="00294615"/>
-    <w:rsid w:val="002A40BE"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
-    <w:rsid w:val="0030090D"/>
     <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="003153C2"/>
+    <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
-    <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="003529A6"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
-    <w:rsid w:val="0038586E"/>
-    <w:rsid w:val="0038689E"/>
+    <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C286F"/>
+    <w:rsid w:val="003C45F4"/>
+    <w:rsid w:val="003C5A44"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
-    <w:rsid w:val="003E2133"/>
+    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
-    <w:rsid w:val="003E662D"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
-    <w:rsid w:val="00407F97"/>
     <w:rsid w:val="004107DB"/>
-    <w:rsid w:val="00410C9E"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
-    <w:rsid w:val="00415A88"/>
+    <w:rsid w:val="00416956"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
-    <w:rsid w:val="0043785F"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
-    <w:rsid w:val="00455625"/>
     <w:rsid w:val="00456CEA"/>
-    <w:rsid w:val="004640DF"/>
+    <w:rsid w:val="00461CF1"/>
     <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
-    <w:rsid w:val="004909C7"/>
     <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="004942FF"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
-    <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B2BCD"/>
+    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004C1F73"/>
+    <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
-    <w:rsid w:val="004E6483"/>
     <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="00502CDA"/>
+    <w:rsid w:val="004F7A02"/>
+    <w:rsid w:val="005013F9"/>
+    <w:rsid w:val="005071C9"/>
     <w:rsid w:val="005116C4"/>
-    <w:rsid w:val="00511EA2"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
-    <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
-    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00562901"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
-    <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
-    <w:rsid w:val="00581F54"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
+    <w:rsid w:val="005866B4"/>
     <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00590112"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="00597B6F"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
-    <w:rsid w:val="005B7687"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
-    <w:rsid w:val="005D5FFA"/>
+    <w:rsid w:val="005D5A05"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="006215C7"/>
     <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="00624E65"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
-    <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00635ED5"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="00670B8B"/>
     <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="0067401A"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006E796D"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
-    <w:rsid w:val="006F73AE"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="007078F2"/>
-    <w:rsid w:val="007129B6"/>
+    <w:rsid w:val="00702499"/>
+    <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00715E75"/>
+    <w:rsid w:val="00726FA4"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
+    <w:rsid w:val="0073541B"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="0074228B"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
+    <w:rsid w:val="00744626"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="007663AE"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
-    <w:rsid w:val="00782221"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
-    <w:rsid w:val="007A2152"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007B7DC7"/>
+    <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
-    <w:rsid w:val="00801FF3"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
-    <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
-    <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
-    <w:rsid w:val="00892EB1"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008D234C"/>
+    <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
-    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
+    <w:rsid w:val="008F4812"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="0090334F"/>
+    <w:rsid w:val="00911A94"/>
     <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009143BD"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
+    <w:rsid w:val="00922F0C"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
-    <w:rsid w:val="00933594"/>
-    <w:rsid w:val="00933EAC"/>
     <w:rsid w:val="00936046"/>
-    <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00971C1A"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
-    <w:rsid w:val="0099473D"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
-    <w:rsid w:val="009B7E74"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
-    <w:rsid w:val="009D6BFA"/>
-    <w:rsid w:val="009D6EE2"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
-    <w:rsid w:val="009F1159"/>
     <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
-    <w:rsid w:val="00A0584B"/>
+    <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
-    <w:rsid w:val="00A25A42"/>
+    <w:rsid w:val="00A303D1"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
-    <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A75AB9"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
-    <w:rsid w:val="00A86EE1"/>
+    <w:rsid w:val="00A83204"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
-    <w:rsid w:val="00AC263E"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00AF1F42"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B1212E"/>
+    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
-    <w:rsid w:val="00B475E6"/>
-    <w:rsid w:val="00B4786A"/>
+    <w:rsid w:val="00B4745E"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
-    <w:rsid w:val="00B608B4"/>
     <w:rsid w:val="00B6112C"/>
-    <w:rsid w:val="00B6178B"/>
-    <w:rsid w:val="00B72694"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
-    <w:rsid w:val="00B83E4F"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
-    <w:rsid w:val="00BC18D5"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
-    <w:rsid w:val="00BD6754"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BE7A97"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
-    <w:rsid w:val="00C13C60"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
-    <w:rsid w:val="00C34A14"/>
+    <w:rsid w:val="00C356D6"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
-    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
-    <w:rsid w:val="00C800AA"/>
-    <w:rsid w:val="00C853B0"/>
     <w:rsid w:val="00C90F57"/>
-    <w:rsid w:val="00C9557E"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
-    <w:rsid w:val="00CA6A49"/>
+    <w:rsid w:val="00CA4817"/>
+    <w:rsid w:val="00CA64E3"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CD39EE"/>
-    <w:rsid w:val="00CD487C"/>
+    <w:rsid w:val="00CE7066"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D15818"/>
     <w:rsid w:val="00D16A59"/>
-    <w:rsid w:val="00D16DD9"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D6481D"/>
-    <w:rsid w:val="00D70D9E"/>
+    <w:rsid w:val="00D810C9"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
-    <w:rsid w:val="00D922C4"/>
-    <w:rsid w:val="00D96E14"/>
+    <w:rsid w:val="00D94AAB"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB2E41"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC307C"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF4A7D"/>
-    <w:rsid w:val="00DF6EF1"/>
+    <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
-    <w:rsid w:val="00E01F6B"/>
     <w:rsid w:val="00E02EAC"/>
-    <w:rsid w:val="00E0620C"/>
     <w:rsid w:val="00E06644"/>
+    <w:rsid w:val="00E10FDE"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E20ECF"/>
     <w:rsid w:val="00E221C6"/>
-    <w:rsid w:val="00E23E0F"/>
+    <w:rsid w:val="00E277AE"/>
+    <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E40125"/>
-    <w:rsid w:val="00E41FA4"/>
+    <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
-    <w:rsid w:val="00E55B1E"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E634C5"/>
+    <w:rsid w:val="00E63AD9"/>
     <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E650B6"/>
+    <w:rsid w:val="00E678F7"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
-    <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
-    <w:rsid w:val="00EB126B"/>
+    <w:rsid w:val="00EB014B"/>
     <w:rsid w:val="00EB1451"/>
-    <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
+    <w:rsid w:val="00EB3C0C"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC508D"/>
     <w:rsid w:val="00EC57EE"/>
-    <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF02EF"/>
-    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F1120C"/>
     <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F1670D"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
-    <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
-    <w:rsid w:val="00F60C7B"/>
-    <w:rsid w:val="00F62851"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
-    <w:rsid w:val="00FD4467"/>
     <w:rsid w:val="00FE1190"/>
-    <w:rsid w:val="00FE32E4"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="02F4DE33"/>
-  <w15:docId w15:val="{2EC3F29F-E59A-444A-B45C-8CFE206D5B26}"/>
+  <w14:docId w14:val="38617802"/>
+  <w15:docId w15:val="{D09534B7-FB51-4FC4-B6D2-5FAA07211AEA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -22279,51 +19211,50 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009D6EE2"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -22420,121 +19351,122 @@
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="aa">
-[...10 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="901133201">
+    <w:div w:id="342317180">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="910045529">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1713386574">
+    <w:div w:id="1297224551">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -22806,78 +19738,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71D1914D-9C55-4A61-9B1E-1254605FDD03}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{859C7794-35F8-4EAC-813C-A317D54EC5C8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>4314</Words>
-  <Characters>24593</Characters>
+  <Words>4244</Words>
+  <Characters>24196</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>204</Lines>
-  <Paragraphs>57</Paragraphs>
+  <Lines>201</Lines>
+  <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>HP Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28850</CharactersWithSpaces>
+  <CharactersWithSpaces>28384</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>