--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -2,19775 +2,16763 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="3A42D9F1" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4C09415E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="66"/>
+        <w:ind w:left="2001" w:hanging="1400"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>КГУ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>«Средняя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>общеобразовательная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>школа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>города</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Павлодара» объявляет </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2631ACE1" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="66"/>
+        <w:ind w:left="2001" w:hanging="1400"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">конкурс на должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагога- психолога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AC208EE" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                               </w:t>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ставка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31AFC2A6" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="60DD8074" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:spacing w:before="3" w:after="1"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3ECB3AD0" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-279" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="7374"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000F5F5B" w14:paraId="0DC3C7A7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C95D4DB" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10209" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C0ADCF" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00D22C3B" w:rsidP="00B74440">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109" w:right="101"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ПРИМЕЧАНИЕ:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Конкурс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="29"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>назначение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>педагогов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>осуществляется</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>электронном</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>формате</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>в модуле «Прием на работу педагога» (</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidRPr="00ED7944">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                </w:rPr>
+                <w:t>https://hr-nobd.edu.kz/</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>), также временно в бумажном формате</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B13B2EC" w14:textId="7EB02695" w:rsidR="00D22C3B" w:rsidRDefault="00D22C3B" w:rsidP="00B74440">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109" w:right="101"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F5F5B" w14:paraId="7B7E8709" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="757"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ACF02D3" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62AC121F" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="103"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">организации </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E401550" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>КГУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>«Средняя</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>общеобразовательная</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>школа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11 </w:t>
+            </w:r>
+            <w:r>
+              <w:t>города</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Павлодара»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>отдела</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>города</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Павлодара,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>управления образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Павлодарской</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F5F5B" w14:paraId="49022748" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="400F508B" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2691AA1B" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>местонахождения,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D379DD5" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>почтового</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19AECDEC" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Республика</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Павлодарская</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>область,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="621E8C88" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="238" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:t>город</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Павлодар,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>улица</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Площадь Победы 3/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F5F5B" w14:paraId="0C3A8B0C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72A9C1E1" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="757FD4F0" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>номеров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4418F34C" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>32-49-69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F5F5B" w14:paraId="7E8EBE0D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CF4F612" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C90D88C" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>адреса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>электронной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD03BB0" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:t>sosh</w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:spacing w:val="-2"/>
+                  <w:lang w:val="ru-RU"/>
+                </w:rPr>
+                <w:t>11</w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:t>@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F5F5B" w14:paraId="6501BA3C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="451E0750" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C0B5504" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="319"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>вакантной или временно вакантной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49C942D5" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>должности,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4915D10D" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог- </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолог  1</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F5F5B" w14:paraId="6B4DE8C5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1771"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E5279D3" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D1847F5" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="109" w:right="144"/>
+            </w:pPr>
+            <w:r>
+              <w:t>основные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">функциональные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23B05ECB" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="zh-CN"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Осуществляет деятельность, направленную на сохранение психологического и социального благополучия учащихся. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4031643E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z1773"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       Содействует охране прав личности в соответствии с Конвенцией по охране прав ребенка. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41DF77D7" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z1774"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>      Определяет факторы, препятствующие развитию личности обучающихся, воспитанников и принимает меры по оказанию различного вида психологической помощи (психокоррекционной, реабилитационной и консультативной).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35053A5D" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z1775"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       Оказывает помощь обучающимся, воспитанникам, родителям учащихся или лицам, их заменяющим, педагогическому коллективу в решении конкретных психологических проблем. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="249CD1A9" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z1776"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>      Проводит психологическую диагностику различного профиля и предназначения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F240C00" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z1777"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       Составляет психолого-педагогические</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заключения по материалам исследовательских работ с целью ориентации преподавательского коллектива, а также родителей учащихся или лиц, их заменяющих в проблемах личностного и социального развития обучающихся, воспитанников. Ведет документацию по установленной форме. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7331183E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z1778"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="6" w:name="z1779"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="7" w:name="z1781"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>      Осуществляет, психологическую поддержку одаренных обучающихся, воспитанников, обучающихся с особыми образовательными потребностями, содействует их развитию.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D7C0593" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z1782"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       Определяет степень развития учащихся, диагностирует нарушения социального развития детей и подростков, проводит их психолого-педагогическую коррекцию. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59EEA667" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z1783"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       Формирует психологическую культуру обучающихся, воспитанников, педагогических работников и родителей учащихся или лиц, их заменяющих. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33729AA1" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z1784"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>      Обеспечивает толерантную культуру поведения всех участников образовательного процесса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EA2EAD4" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z1785"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="z1786"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       Участвует в работе педагогических, методических советов, родительских собраний, педагогических консилиумов для родителей, оздоровительных, воспитательных и других мероприятий. </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="z1790"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+          </w:p>
+          <w:p w14:paraId="5FB2D979" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="449"/>
+              </w:tabs>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="140" w:right="97"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F5F5B" w14:paraId="514017CC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1005"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26E7CA66" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="254C7636" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="109" w:right="103"/>
+            </w:pPr>
+            <w:r>
+              <w:t>размер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>условия</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">оплаты </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="015FB037" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="101" w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">выплачивается в соответствии со стажем и квалификационной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EF7E31B" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="478" w:hanging="338"/>
+            </w:pPr>
+            <w:r>
+              <w:t>среднее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>специальное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>образование(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>129258, 84</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16D05456" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="478" w:hanging="338"/>
+            </w:pPr>
+            <w:r>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>образование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>59 636, 94</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F5F5B" w14:paraId="79B7E707" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="2887"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22DDBB90" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F713D9C" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="319"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационные требования, </w:t>
+            </w:r>
+            <w:r>
+              <w:t>предъявляемые к</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2655494A" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="275"/>
+            </w:pPr>
+            <w:r>
+              <w:t>кандидату,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">утвержденные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Типовыми</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30E95787" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="319"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07BD4030" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:rPr>
+                <w:lang w:val="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="zh-CN"/>
+              </w:rPr>
+              <w:t>высшее педагогическое образование и (или) техническое и профессиональное, послесреднее (педагогическое) образование или документ, подтверждающий педагогическую переподготовку без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02542F8F" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:rPr>
+                <w:lang w:val="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="zh-CN"/>
+              </w:rPr>
+              <w:t>      и (или) при наличии среднего и высшего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72B12450" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:rPr>
+                <w:lang w:val="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="zh-CN"/>
+              </w:rPr>
+              <w:t>      и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="310DCE81" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="140" w:right="101"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2604AC7D" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="140" w:right="101"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F5F5B" w14:paraId="75B43F4F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F26F247" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="342955A6" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>приема</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="017C31DF" w14:textId="29DAB5A6" w:rsidR="000F5F5B" w:rsidRDefault="00B74440">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>03.09-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.09</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>.2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30C7A290" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F5F5B" w14:paraId="0CF75AF5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="4486"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EEDA11A" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D4A2F66" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="483"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Перечень</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">необходимых </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42092470" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="366"/>
+              </w:tabs>
+              <w:ind w:right="100" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">заявление </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">об участии в конкурсе с указанием перечня прилагаемых документов по форме </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласно приложению 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:t>к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73C7A1FE" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="366"/>
+              </w:tabs>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">документ, удостоверяющий личность </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">либо электронный документ из сервиса цифровых документов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C9E8E26" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="385"/>
+              </w:tabs>
+              <w:ind w:right="100" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">заполненный </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">личный листок по учету кадров </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79C031D3" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="570"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">копии документов об образовании </w:t>
+            </w:r>
+            <w:r>
+              <w:t>в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D446CAD" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="393"/>
+              </w:tabs>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>копия документа</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, подтверждающую </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую деятельность </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(при </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="250A20F6" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:ind w:right="95" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>справка о состоянии здоровья по форме 075/у</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>октября</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>года</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>ДСМ-175/2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>"Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="109F375D" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="441"/>
+              </w:tabs>
+              <w:ind w:left="441" w:hanging="335"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>справка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="64"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="65"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>отсутствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>динамического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="58"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>наблюдения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>больных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="471BB4E4" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>психическими</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>поведенческими</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>расстройствами</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="08693177" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:line="238" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:sectPr w:rsidR="000F5F5B">
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="960" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
       </w:pPr>
-      <w:r>
-[...41 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="37" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6911"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2838"/>
+        <w:gridCol w:w="7089"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003559E4" w14:paraId="2CE90A5F" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="69EBC137" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="556"/>
+          <w:trHeight w:val="4553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="159C159B" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
+          <w:p w14:paraId="469B4825" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9626" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="665E5BAD" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="0032073F">
-[...135 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4E2B89D5" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B79A9EF" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...24 lines deleted...]
-              <w:t xml:space="preserve">ұйымының </w:t>
+          <w:p w14:paraId="77539AC6" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="681"/>
+              </w:tabs>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="681" w:hanging="575"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>справка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="76"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="75"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>отсутствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="75"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:t>динамического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="74"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>атауы</w:t>
-[...8 lines deleted...]
-            <w:pPr>
+              <w:t>наблюдения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D659B6F" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4" w:line="251" w:lineRule="exact"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...15 lines deleted...]
-            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>наркологических</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E08D4C2" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="500"/>
+              </w:tabs>
+              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-            </w:pPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификат </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">о результатах прохождения </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификации </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">или удостоверение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">о наличии действующей квалификационной категории </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при наличии</w:t>
+            </w:r>
+            <w:r>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D6CB60" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="475"/>
+              </w:tabs>
+              <w:ind w:left="106" w:right="95" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>для кандидатов на занятие должности педагогов английского языка сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>результатах</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>сертификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>предмету</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificatein English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="724504DA" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="552"/>
+              </w:tabs>
+              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">заполненный Оценочный лист </w:t>
+            </w:r>
+            <w:r>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложениям 12, 13 к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CD81D60" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="456"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>рекомендательное письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>места</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">педагога), </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>учебы.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="4AA59AF9" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="230ADFF6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A7ED57D" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="146056EA" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7ED0ECF4" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="4EF3131E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109" w:right="103"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>временно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">вакантной </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>жері,</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> мекенжайы</w:t>
+              <w:t>должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D57DAD5" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...816 lines deleted...]
-          <w:p w14:paraId="4E24E6D7" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5E314402" w14:textId="59554447" w:rsidR="000F5F5B" w:rsidRDefault="00B74440">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="252" w:lineRule="exact"/>
-              <w:ind w:left="110"/>
-[...1007 lines deleted...]
-              <w:t>Бала күтімі бойынша 04.09.2027жылға дейін</w:t>
+              <w:ind w:right="129"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Временно по уходу за ребенком до 04.09.2027 г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="74BA2559" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
+    <w:p w14:paraId="733EB509" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B"/>
+    <w:p w14:paraId="47B3FDD9" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B"/>
+    <w:p w14:paraId="5F1E571B" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B"/>
+    <w:p w14:paraId="2A008884" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B"/>
+    <w:p w14:paraId="71820465" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B"/>
+    <w:p w14:paraId="23EF8BBB" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B"/>
+    <w:p w14:paraId="37D05449" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B"/>
+    <w:p w14:paraId="21A2F2B3" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B"/>
+    <w:p w14:paraId="65B8C2B6" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B"/>
+    <w:p w14:paraId="4E3E35B5" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B"/>
+    <w:p w14:paraId="0D992E55" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:tabs>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48932EE5" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6307" w:right="779" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>государственных организаций образования Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="517AF3FD" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="9"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="69A363CF">
+          <v:shape id="Graphic 22" o:spid="_x0000_s1048" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251654144;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;FJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7oQ29JwXyWgECqbdNTq2D/+XK3&#10;AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRodZtYh8e3beqMjS9/Kxuszh5tB&#10;pkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5vxucnEBHH+AfDVJ+rQ8GdDvZI&#10;TRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict w14:anchorId="3C38FD14">
+          <v:shape id="Graphic 23" o:spid="_x0000_s1047" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.7pt;height:.1pt;z-index:-251653120;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6358890,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJAkYvFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRSYxkFFOU2Hbpp0&#10;up10THsOaUqrpXFmBwr/fk5Kgd3epvUhcuIv9md/Tpf3x9aKg0FqwBVyMhpLYZyGsnG7Qn7fPH6Y&#10;S0FBuVJZcKaQJ0PyfvX+3bLzuZlCDbY0KDiIo7zzhaxD8HmWka5Nq2gE3jh2VoCtCrzFXVai6jh6&#10;a7PpeDzLOsDSI2hDxKfr3ilXKX5VGR2+VRWZIGwhmVtIK6Z1G9dstVT5DpWvG32mof6BRasax0kv&#10;odYqKLHH5q9QbaMRCKow0tBmUFWNNqkGrmYyflPNa628SbVwc8hf2kT/L6x+Prz6F4zUyT+B/knc&#10;kazzlF88cUNnzLHCNmKZuDimLp4uXTTHIDQfzj5+ms8X3GzNvsn0LjU5U/lwV+8pfDGQ4qjDE4Ve&#10;g3KwVD1Y+ugGE1nJqKFNGgYpWEOUgjXc9hp6FeK9SC6aorsSiWctHMwGkje8Yc7Url7rblGxlNni&#10;ToqhSsb2CDZiGu5Vb6TUbN8WZ11kcbeYzdNoENimfGysjSwId9sHi+Kg4mCmL9bBEf6AeaSwVlT3&#10;uOQ6w6w769RLE0XaQnl6QdHxNBeSfu0VGinsV8fjEkd/MHAwtoOBwT5AeiCpQZxzc/yh0IuYvpCB&#10;lX2GYRhVPogWS79g400Hn/cBqiYqmmaoZ3Te8ASnAs+vLT6R231CXf8Jq98AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAeMgQ53QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJOm&#10;ohDiVAiJWwU08ABuvMRp7XUUOz/w9DincpzZT7MzxW62ho3Y+9aRgHSVAEOqnWqpEfD1+Xr3AMwH&#10;SUoaRyjgBz3syuurQubKTXTAsQoNiyHkcylAh9DlnPtao5V+5TqkePt2vZUhyr7hqpdTDLeGr5Pk&#10;nlvZUvygZYcvGutzNVgB22F+/9B7czpP+xMd3jJuf6tRiNub+fkJWMA5XGBY6sfqUMZORzeQ8sxE&#10;nWZZRAVsHuOmBUjTzRbYcXHWwMuC/59Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDJ&#10;AkYvFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAeMgQ53QAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6358697,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74EF00DB" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2437C045" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1000CA7F" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:tabs>
-[...7 lines deleted...]
-        </w:sectPr>
+        <w:spacing w:before="39"/>
+        <w:ind w:left="23" w:right="49"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:tab/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>орган,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>объявивший</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>конкурс)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D7D124" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
+    <w:p w14:paraId="09652436" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="653D7DC2">
+          <v:shape id="Graphic 24" o:spid="_x0000_s1046" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.2pt;height:.1pt;z-index:-251652096;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA4C39+t8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiT&#10;FEEb4lQoElVBCIm0F25uvCQR8Tqy3Tb9e7YnOM7s0+xMsZrsII7oQ+9IQTpLQCA1zvTUKthtX+4W&#10;IELUZPTgCBWcMcCqvL4qdG7ciT7xWMdWcAiFXCvoYhxzKUPTodVh5kYkvn07b3Vk6VtpvD5xuB1k&#10;liQP0uqe+EOnR6w6bH7qg1Xgv97Xu3HzsV5W+Hb/6qrzuKlrpW5vpucnEBGn+AfDpT5Xh5I77d2B&#10;TBAD63Q+Z1RBli5BXAB2HkHs2clSkGUh/08ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDgLf363wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict w14:anchorId="5C7521D9">
+          <v:shape id="Graphic 25" o:spid="_x0000_s1045" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.2pt;height:.1pt;z-index:-251651072;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAq7H7R98AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Gn4a4lQoElWpEBKhF25uvCQR8dqK3TZ9e7YnOM7sp9mZYjnZQRxwDL0jBeksAYHUONNTq2D7+XLz&#10;CCJETUYPjlDBCQMsy8uLQufGHekDD3VsBYdQyLWCLkafSxmaDq0OM+eR+PbtRqsjy7GVZtRHDreD&#10;vE2Se2l1T/yh0x6rDpufem8VjF9vq61fv68WFW6yV1ed/Lqulbq+mp6fQESc4h8M5/pcHUrutHN7&#10;MkEMrNP5nFEFWbYAcQbYeQCxY+cuBVkW8v+E8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCrsftH3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082AD654" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="377EFCCA" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6E6D1C85" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:before="75" w:line="244" w:lineRule="auto"/>
-        <w:ind w:left="6363" w:right="724" w:firstLine="2"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="23" w:right="49"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-          <w:sz w:val="16"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...8 lines deleted...]
-          <w:sz w:val="16"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...8 lines deleted...]
-          <w:sz w:val="16"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...8 lines deleted...]
-          <w:sz w:val="16"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...2 lines deleted...]
-        <w:t>босату қағидаларына 3-қосымша</w:t>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ИИН)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DB49964" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6AEC0982" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:line="177" w:lineRule="exact"/>
-[...4 lines deleted...]
-          <w:sz w:val="16"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:t>Нысан</w:t>
+        <w:pict w14:anchorId="6A4DD71A">
+          <v:shape id="Graphic 26" o:spid="_x0000_s1044" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251650048;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYwIY4eJYhFBsxg5/WIvYTPzevN&#10;PbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBOxYWfDNJt54NTiWTouQ7qSOHO&#10;8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8vpqbR2DJzOlshhM+oUNNTFu/&#10;Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict w14:anchorId="4628FFA1">
+          <v:shape id="Graphic 27" o:spid="_x0000_s1043" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.8pt;height:.1pt;z-index:-251649024;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAM4FcDfeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;Y1IohDhVQPxIvZHCgZsbb5MIex3ZbhveHucEt53d0ew35Xqyhh3Rh8GRBLHIgCG1Tg/USfjYvlzd&#10;AQtRkVbGEUr4wQDr6vysVIV2J3rHYxM7lkIoFEpCH+NYcB7aHq0KCzcipdveeatikr7j2qtTCreG&#10;X2fZLbdqoPShVyM+9dh+NwcrofbbnOrm02T7x9fV89tGfa3ERsrLi6l+ABZxin9mmPETOlSJaecO&#10;pAMzSYs8T1YJy+U9sNkgxDzt0uZGAK9K/r9C9QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDOBXA33gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="346D5A29" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7C35AF58" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
       <w:pPr>
-        <w:spacing w:before="9"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-[...169 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B818B74" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3294AB32" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:before="41"/>
+        <w:spacing w:before="8"/>
         <w:ind w:left="23" w:right="52"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(конкурс</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C786A1E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="0F905745">
+          <v:shape id="Graphic 28" o:spid="_x0000_s1042" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251648000;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="028BC949" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="23" w:right="58"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>жариялаған</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-9"/>
+        <w:t>(фактическое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>мемлекеттік</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>место проживания,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>орган)</w:t>
-[...188 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t>адрес прописки,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...243 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(лауазымы,</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="1"/>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>жұмыс</w:t>
-[...15 lines deleted...]
-        <w:t>орны)</w:t>
+        <w:t>телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0162C0A1" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="47B59477" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:before="4"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...76 lines deleted...]
-        </mc:AlternateContent>
+        <w:pict w14:anchorId="0FC234B7">
+          <v:shape id="Graphic 29" o:spid="_x0000_s1041" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251646976;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44848DF8" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1C0D73C0" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:before="5"/>
-        <w:ind w:left="23" w:right="56"/>
+        <w:pStyle w:val="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...142 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D0D36B" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4B1E410D" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="9383"/>
+          <w:tab w:val="left" w:pos="10211"/>
         </w:tabs>
-        <w:spacing w:before="88"/>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        <w:spacing w:before="91" w:line="261" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="135" w:firstLine="708"/>
+        <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Мені</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="134"/>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной должности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="71"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="604B781A" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="62B26151" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:before="24"/>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="78F0032A">
+          <v:shape id="Graphic 30" o:spid="_x0000_s1040" style="position:absolute;margin-left:56.65pt;margin-top:9.9pt;width:500.8pt;height:.1pt;z-index:-251645952;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhACOeUHPeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;Y4IoDXGqgHhI3ZHSRXdu7CYR9jiy3Tb8PdNV2c3VHN1HuZycZUcT4uBRgphlwAy2Xg/YSfhev989&#10;AYtJoVbWo5HwayIsq+urUhXan/DLHJvUMTLBWCgJfUpjwXlse+NUnPnRIP32PjiVSIaO66BOZO4s&#10;v8+yR+7UgJTQq9G89qb9aQ5OQh3WOdbNxmb7l4/52+dKbediJeXtzVQ/A0tmShcYzvWpOlTUaecP&#10;qCOzpEWeE0rHgiacASEeFsB2EigYeFXy/xOqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAjnlBz3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict w14:anchorId="31484210">
+          <v:shape id="Graphic 31" o:spid="_x0000_s1039" style="position:absolute;margin-left:56.65pt;margin-top:21.4pt;width:500.8pt;height:.1pt;z-index:-251644928;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAJIPkX/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;7aaiEOJUAfEj9UbaHri5sZtExOvIdtvw9mxPcJzZT7MzxWpyAzvZEHuPCuRMALPYeNNjq2C7ebt7&#10;ABaTRqMHj1bBj42wKq+vCp0bf8ZPe6pTyygEY64VdCmNOeex6azTceZHi3Q7+OB0IhlaboI+U7gb&#10;+FyIe+50j/Sh06N96WzzXR+dgipsMqzq3SAOz+/L14+1/lrKtVK3N1P1BCzZKf3BcKlP1aGkTnt/&#10;RBPZQFpmGaEKFnOacAGkXDwC25OTCeBlwf9PKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAkg+Rf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="704C5935" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C073EF7" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="23" w:right="50"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(наименование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D07552E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10162"/>
+        </w:tabs>
+        <w:spacing w:before="115"/>
+        <w:ind w:left="849"/>
+        <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>бос/уақытша</w:t>
-[...5 lines deleted...]
-          <w:w w:val="150"/>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D5BC28B" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="787A5020">
+          <v:shape id="Graphic 32" o:spid="_x0000_s1038" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251643904;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT9mFwKEEsEmAaG9cO2En42rzd&#10;PAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1VWHhRo10OzhvVSTpO956daZw&#10;a3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU11dT9QQs6in+mWHGJ3QoiWnv&#10;jtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict w14:anchorId="29348D52">
+          <v:shape id="Graphic 33" o:spid="_x0000_s1037" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251642880;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;DS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj7x1JEIsEGFLjdE+thI/d6809&#10;MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/cANS3B3caFWIcWy5HtU5llvD&#10;b5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6aqoegQWcwh8Ms35UhzI67d2R&#10;tGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="644319A6" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D3BD642" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="2294"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B97A3D3" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>бос</w:t>
-[...5 lines deleted...]
-          <w:w w:val="150"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:t>Сообщаю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>лауазымға</w:t>
-[...5 lines deleted...]
-          <w:w w:val="150"/>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>орналасуға</w:t>
-[...60 lines deleted...]
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        <w:t>себе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>сұраймын</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A4B5B2E" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0374CD9E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="6"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="140"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...156 lines deleted...]
-        </mc:AlternateContent>
+        <w:t>Образование:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>послевузовское,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>техническое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>профессиональное.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47F5D677" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
+    <w:p w14:paraId="3300D288" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...777 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="5" w:after="1"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="145" w:type="dxa"/>
+        <w:tblInd w:w="146" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4537"/>
+        <w:gridCol w:w="4112"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3545"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003559E4" w14:paraId="16FC2634" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="3E1CDC69" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="304"/>
+          <w:trHeight w:val="314"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="522A7719" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="419984B9" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="233"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="21"/>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> атауы</w:t>
+              </w:rPr>
+              <w:t>заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4227D079" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...29 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="39857477" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="235"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t>кезеңі</w:t>
+              </w:rPr>
+              <w:t>обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C759C5C" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="4FD1C91A" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="326"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="51"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="21"/>
-[...38 lines deleted...]
-              <w:t>мамандығы</w:t>
+              </w:rPr>
+              <w:t>диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="09C7F331" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="44BBB20F" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="278"/>
+          <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="625255E1" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w14:paraId="74408C8C" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BB59366" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w14:paraId="6B5CBFFB" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FE470CB" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w14:paraId="603DFA64" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56C9514D" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6FAABA38" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:before="112"/>
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1325"/>
+          <w:tab w:val="left" w:pos="3683"/>
+          <w:tab w:val="left" w:pos="4996"/>
+          <w:tab w:val="left" w:pos="5804"/>
+          <w:tab w:val="left" w:pos="9217"/>
+          <w:tab w:val="left" w:pos="9824"/>
+        </w:tabs>
+        <w:spacing w:before="115" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="168"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
-[...227 lines deleted...]
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>ӛтілі:</w:t>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения/подтверждения)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">его </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>наличии):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A083C5A" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
+    <w:p w14:paraId="03B6EF35" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="03F4AAC8">
+          <v:shape id="Graphic 34" o:spid="_x0000_s1036" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251641856;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C037748" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="118" w:after="5"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="85" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1196"/>
-        <w:gridCol w:w="1561"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2725"/>
+        <w:gridCol w:w="1731"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2521"/>
+        <w:gridCol w:w="3009"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003559E4" w14:paraId="5269472A" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="1ACFD8E1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="719"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1196" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39001BDE" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="4C03D362" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="21"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          </w:p>
+          <w:p w14:paraId="49D1225B" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="278"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жалпы</w:t>
+              <w:t>Общий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:tcW w:w="1731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5439DEF3" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="771FC908" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="21"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          </w:p>
+          <w:p w14:paraId="19703F28" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="133"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогикалық</w:t>
+              <w:t>Педагогический</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1558" w:type="dxa"/>
+            <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B2AFF2C" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="02338FC4" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="27" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мемлекеттік </w:t>
-[...4 lines deleted...]
-                <w:spacing w:val="-6"/>
+              <w:t>Стаж</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F1F0874" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="27"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызмет</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ӛтілі</w:t>
+              <w:t>государственной службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B8C0E3B" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="3494111A" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="119" w:firstLine="62"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мамандығы бойынша </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специальности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(для</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F60DD73" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="193" w:hanging="75"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(кәсіпкерлік</w:t>
-[...4 lines deleted...]
-                <w:spacing w:val="-12"/>
+              <w:t>специалистов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">субъектілерінің </w:t>
-[...6 lines deleted...]
-              <w:t>мамандары үшін)</w:t>
+              <w:t>субъектов предпринимательства)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2725" w:type="dxa"/>
+            <w:tcW w:w="3009" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="570ABFB4" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...2 lines deleted...]
-              <w:ind w:left="115" w:right="108"/>
+          <w:p w14:paraId="321C57CD" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Осы</w:t>
-[...4 lines deleted...]
-                <w:spacing w:val="-14"/>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім</w:t>
-[...4 lines deleted...]
-                <w:spacing w:val="-13"/>
+              <w:t>данной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
-[...21 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лауазымында</w:t>
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="046110D8" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>том</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>числе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на занимаемой должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="0D21E6EB" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="3F9FE644" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1196" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BDBE9E1" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="32C0023C" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:tcW w:w="1731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EA82B7D" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="0B22911D" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1558" w:type="dxa"/>
+            <w:tcW w:w="1702" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04993095" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="4825CCCB" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03E97343" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="6D2E579E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2725" w:type="dxa"/>
+            <w:tcW w:w="3009" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DF78E7C" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="25E43A5E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="68A47DDD" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7451886E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:before="1"/>
         <w:ind w:left="140"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Имею</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>результаты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Мынадай</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-1"/>
+        <w:t>работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76EBD9F8" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="61FDBCCA">
+          <v:shape id="Graphic 35" o:spid="_x0000_s1035" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.2pt;height:.1pt;z-index:-251640832;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAZKVKWN8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;lJ8S4lQoElVBCIm0F25uvCQR8Tqy3TZ9ezYnOK1mdjT7bb4abS+O6EPnSMF8loBAqp3pqFGw277c&#10;LEGEqMno3hEqOGOAVXF5kevMuBN94rGKjeASCplW0MY4ZFKGukWrw8wNSLz7dt7qyNI30nh94nLb&#10;yzRJ7qXVHfGFVg9Ytlj/VAerwH+9r3fD5mP9WOLb7asrz8OmqpS6vhqfn0BEHONfGCZ8RoeCmfbu&#10;QCaInvV8seCogjTlOQXYeQCxn5w7kEUu/79Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBkpUpY3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict w14:anchorId="6A1BC755">
+          <v:shape id="Graphic 36" o:spid="_x0000_s1034" style="position:absolute;margin-left:56.65pt;margin-top:22.55pt;width:500.2pt;height:.1pt;z-index:-251639808;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAxudhYt4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Uv5CnApFoioIIRF64ebGSxIRryPbbdO3Z3OC48x+mp0pVpMdxAF96B0pSBcJCKTGmZ5aBdvP56t7&#10;ECFqMnpwhApOGGBVnp8VOjfuSB94qGMrOIRCrhV0MY65lKHp0OqwcCMS376dtzqy9K00Xh853A7y&#10;OklupdU98YdOj1h12PzUe6vAf72tt+Pmff1Q4evyxVWncVPXSl1eTE+PICJO8Q+GuT5Xh5I77dye&#10;TBAD6zTLGFWwvElBzAA7dyB2s5OBLAv5f0L5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AG5GVUYVAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAMbnYWLeAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict w14:anchorId="0C636B25">
+          <v:shape id="Graphic 37" o:spid="_x0000_s1033" style="position:absolute;margin-left:56.65pt;margin-top:34.1pt;width:500.2pt;height:.1pt;z-index:-251638784;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAULng3N8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;H5U2xKlQJKqCEBJpL9zceEki4rUVu2369mxOcJzZT7Mz2WawnThjH1pHCqaTBARS5UxLtYLD/uVh&#10;BSJETUZ3jlDBFQNs8tubTKfGXegTz2WsBYdQSLWCJkafShmqBq0OE+eR+Pbteqsjy76WptcXDred&#10;nCXJUlrdEn9otMeiweqnPFkF/df79uB3H9t1gW+LV1dc/a4slbq/G56fQEQc4h8MY32uDjl3OroT&#10;mSA61tP5nFEFy9UMxAiw8wjiODoLkHkm/0/IfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBQueDc3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51160298" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Награды,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звания,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученая</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звание,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="546E52AA" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="1D659746">
+          <v:shape id="Graphic 38" o:spid="_x0000_s1032" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251637760;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict w14:anchorId="264D432A">
+          <v:shape id="Graphic 39" o:spid="_x0000_s1031" style="position:absolute;margin-left:56.65pt;margin-top:22.4pt;width:500.8pt;height:.1pt;z-index:-251636736;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAImSYmDfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;HRIohDhVQPxIvZHCgZsbu0mEvY5stw1vz/YEx5n9NDtTrWZn2cGEOHqUkC0EMIOd1yP2Ej42L1d3&#10;wGJSqJX1aCT8mAir+vysUqX2R3w3hzb1jEIwlkrCkNJUch67wTgVF34ySLedD04lkqHnOqgjhTvL&#10;r4W45U6NSB8GNZmnwXTf7d5JaMImx6b9tGL3+Lp8flurr2W2lvLyYm4egCUzpz8YTvWpOtTUaev3&#10;qCOzpLM8J1RCUdCEE5BlxT2wLTk3Anhd8f8T6l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAiZJiYN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict w14:anchorId="60845532">
+          <v:shape id="Graphic 40" o:spid="_x0000_s1030" style="position:absolute;margin-left:56.65pt;margin-top:33.9pt;width:500.8pt;height:.1pt;z-index:-251635712;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGyCDeLfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;bYKaEuJUAfEj9UYKB25u7CYR9jqK3Ta8PdsTHGf20+xMuZ69Y0c7xSGgArkQwCy2wQzYKfjYvtys&#10;gMWk0WgX0Cr4sRHW1eVFqQsTTvhuj03qGIVgLLSCPqWx4Dy2vfU6LsJokW77MHmdSE4dN5M+Ubh3&#10;/FaIJfd6QPrQ69E+9bb9bg5eQT1tM6ybTyf2j6/589tGf+Vyo9T11Vw/AEt2Tn8wnOtTdaio0y4c&#10;0ETmSMssI1TBMqcJZ0DKu3tgO3JWAnhV8v8Tql8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAbIIN4t8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27662E9B" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1616CAE6" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0372A430" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="171"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>В соответствии с пунктом 1 статьи 8 Закона РК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации. или без использования таких средств).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6011759D" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10116"/>
+        </w:tabs>
+        <w:spacing w:before="114"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Я согласен (-а) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18DA005F" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="3696"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(Ф.И.О.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>наличии))</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4D0B68" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="937"/>
+          <w:tab w:val="left" w:pos="2649"/>
+          <w:tab w:val="left" w:pos="3261"/>
+        </w:tabs>
+        <w:ind w:left="203"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t>:</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>года</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="097D85D8" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6CBB9F3F" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:before="6"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="7489"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...236 lines deleted...]
-        </mc:AlternateContent>
+        <w:pict w14:anchorId="3CC51742">
+          <v:group id="Group 41" o:spid="_x0000_s1028" style="width:134.55pt;height:.7pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="17087,88">
+            <v:shape id="Graphic 42" o:spid="_x0000_s1029" style="position:absolute;top:44;width:17087;height:12" coordsize="1708785,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAKBCSfwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8ITeulkXu5StUaQg9mhVPD83z2Rx87Juoq7/3hQKHoeZ+YaZzgfXiiv1ofGsYJzlIIhr&#10;rxs2Cnbb5fsniBCRNbaeScGdAsxnry9TrLS/8S9dN9GIBOFQoQIbY1dJGWpLDkPmO+LkHX3vMCbZ&#10;G6l7vCW4a2WR56V02HBasNjRt6X6tLk4BU17PxxXB7e3Z/Nh/HpSXsrirNTbaFh8gYg0xGf4v/2j&#10;FUwK+PuSfoCcPQAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAKBCSfwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l1708396,e" filled="f" strokeweight=".24536mm">
+              <v:path arrowok="t"/>
+            </v:shape>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F845AEE" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
+    <w:p w14:paraId="74D92780" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:left="8254"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49CD3DD4" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B"/>
+    <w:p w14:paraId="75D0C10E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="6481" w:right="378"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03A11D6E" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
+    <w:p w14:paraId="38027A94" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="6481" w:right="378"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52255196" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6481" w:right="376"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>назначения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>должности, освобождения от должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CB7CED1" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6829" w:right="681" w:hanging="42"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>государственных организаций образования Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32861446" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="18"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56F2A494" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...1090 lines deleted...]
-    <w:p w14:paraId="47094EE0" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5CC48E14" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="144"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...188 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:noProof/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="19"/>
-[...72 lines deleted...]
-        </mc:AlternateContent>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>стажем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="353F7216" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7B8B8E7F" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:before="41"/>
-        <w:ind w:left="268" w:right="376"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="3C16E062">
+          <v:shape id="Graphic 2" o:spid="_x0000_s1027" style="position:absolute;margin-left:42.6pt;margin-top:13pt;width:494.65pt;height:.1pt;z-index:-251656192;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6282055,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlk5OyFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04yJG2NOMXQoMOA&#10;oivQFDsrshwbk0WNVOLk70fJcZJ1t2E+CJT4RD7yUV7cH1or9gapAVfIyWgshXEaysZtC/m2fvx0&#10;KwUF5UplwZlCHg3J++XHD4vO52YKNdjSoOAgjvLOF7IOwedZRro2raIReOPYWQG2KvAWt1mJquPo&#10;rc2m4/E86wBLj6ANEZ+ueqdcpvhVZXT4XlVkgrCFZG4hrZjWTVyz5ULlW1S+bvSJhvoHFq1qHCc9&#10;h1qpoMQOm79CtY1GIKjCSEObQVU12qQauJrJ+F01r7XyJtXCzSF/bhP9v7D6ef/qXzBSJ/8E+idx&#10;R7LOU372xA2dMIcK24hl4uKQung8d9EcgtB8OJ/eTsezmRSafZPpTWpypvLhrt5R+GogxVH7Jwq9&#10;BuVgqXqw9MENJrKSUUObNAxSsIYoBWu46TX0KsR7kVw0RXchEs9a2Js1JG94x5ypXbzWXaO4lMns&#10;7rMUQ5WM7RFsxDTcq95Iqdm+Ls66yOLmbn6bRoPANuVjY21kQbjdPFgUexUHM32xDo7wB8wjhZWi&#10;uscl1wlm3UmnXpoo0gbK4wuKjqe5kPRrp9BIYb85Hpc4+oOBg7EZDAz2AdIDSQ3inOvDD4VexPSF&#10;DKzsMwzDqPJBtFj6GRtvOviyC1A1UdE0Qz2j04YnOBV4em3xiVzvE+ryT1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAEqSccNwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/EMAyE70j8h8hI3NiE&#10;wj4oTVcrJOCIWBBwTBvTVjRO1aQP+PW4Jzh6ZjT+JtvPrhUj9qHxpOFypUAgld42VGl4fbm/2IEI&#10;0ZA1rSfU8I0B9vnpSWZS6yd6xvEYK8ElFFKjoY6xS6UMZY3OhJXvkNj79L0zkc++krY3E5e7ViZK&#10;baQzDfGH2nR4V2P5dRychp/to7VxOEzh4enm7WosPtQ7eq3Pz+bDLYiIc/wLw4LP6JAzU+EHskG0&#10;GnbrhJMakg1PWny1vV6DKBYlAZln8v+C/BcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDl&#10;k5OyFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQASpJxw3AAAAAkBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6281593,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E69A4B" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="36"/>
+        <w:ind w:left="271" w:right="376"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>(Т.Ә.А.</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-3"/>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>(бар</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-3"/>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>болса))</w:t>
+        <w:t>наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E087CA6" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
+    <w:p w14:paraId="30BA0856" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
       <w:pPr>
-        <w:spacing w:before="39" w:after="1"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BDEA3F4" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="34"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3687"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="4254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003559E4" w14:paraId="266CA126" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="0A4A9A0E" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="410"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06A2D129" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="5744CA3D" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="167"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F3ED81B" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="050F7715" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="695"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18F53EDB" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="3D5809D7" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="410"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...19 lines deleted...]
-              <w:t>құжат</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13791022" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="757E5332" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="1341"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-7"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-8"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-6"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-7"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-              <w:t>дейін)</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>30)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="32EFCAEB" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="12AAD783" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="779"/>
+          <w:trHeight w:val="844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="306EFC82" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="6B04CC59" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CD9C891" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="32205431" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>деңгейі</w:t>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39F02523" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="1D4A97F8" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...2 lines deleted...]
-              <w:t>дипломға қосымшаның көшірмелері</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CCD8DF9" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...55 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="51B4D976" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="268" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техническое и профессиональное – 1 балл </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Высшее </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-21"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жоғары </w:t>
-[...4 lines deleted...]
-                <w:w w:val="160"/>
+              <w:t>2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="220771F0" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>отличием</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...33 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="7"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл</w:t>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="2D68EF10" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="3FF118E0" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1123"/>
+          <w:trHeight w:val="1243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34485756" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="3F1A6F77" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="564B6066" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...43 lines deleted...]
-              <w:t>ғылыми дәрежесі/ дәрежесі</w:t>
+          <w:p w14:paraId="74330EE1" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ученое</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>звание/ученая степень/степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24BE00F3" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="65CEC818" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Копии диплома об образовании и приложения к диплому/аттестат о </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>қосымшаның</w:t>
-[...107 lines deleted...]
-              <w:t>аттестат</w:t>
+              <w:t>присвоении ученого звания/ученой степени/степени</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2837203A" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="48DF3262" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...70 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="359CC87F" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>наук,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>PhD,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>профилю</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="26"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-                <w:spacing w:val="-29"/>
+                <w:spacing w:val="-27"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...39 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AC48361" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагогическому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>направлению</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...26 lines deleted...]
-              <w:t>балл</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="4705FA8F" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="4CF2EE4D" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="2433"/>
+          <w:trHeight w:val="2687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DA80371" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="1F540DC9" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2198DC98" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="76A1ABA3" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Біліктілік</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve">Квалификационная </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>санаты</w:t>
+              <w:t>категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00538532" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...30 lines deleted...]
-              <w:t>құжат</w:t>
+          <w:p w14:paraId="33428154" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Удостоверение,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F2977B4" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="196849C3" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50E273F0" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="266" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="1136"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Педагог-сарапшы</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>педагог-модератор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="145"/>
+                <w:w w:val="140"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-19"/>
+                <w:w w:val="140"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла педагог-эксперт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="155"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-25"/>
+                <w:w w:val="155"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">балл </w:t>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Педагог-шебер</w:t>
-[...4 lines deleted...]
-                <w:spacing w:val="-14"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve">баллов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-исследователь – 7 баллов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог-мастер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-                <w:spacing w:val="-29"/>
+                <w:spacing w:val="-28"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-                <w:spacing w:val="-14"/>
+                <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...74 lines deleted...]
-                <w:w w:val="160"/>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A869D93" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>третьей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3957CCA5" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...9 lines deleted...]
-                <w:w w:val="110"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов, заместитель руководителя второй</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7852B147" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="198" w:lineRule="exact"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-1"/>
-                <w:w w:val="110"/>
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Басшының</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve"> баллов,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1767DABF" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>екінші</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>біліктілік</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">санатты </w:t>
-[...12 lines deleted...]
-                <w:w w:val="160"/>
+              <w:t>первой</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="063F7EDF" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-1"/>
-                <w:w w:val="110"/>
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Басшының бірінші</w:t>
-[...94 lines deleted...]
-              <w:t>балл</w:t>
+              <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="1FD0F24A" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="6FB31A0E" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="3088"/>
+          <w:trHeight w:val="2851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B6A101F" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="1EACF025" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF95CBD" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="6B856BB1" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="143"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>және</w:t>
-[...40 lines deleted...]
-              <w:t>жұмыс тәжірибесі</w:t>
+              <w:t>Опыт</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7881649A" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>административной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="436F2264" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="16FD592A" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="858"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Еңбек</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>Трудовая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>кітапшасы/</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заменяющий трудовую </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...22 lines deleted...]
-              <w:t>алмастыратын басқа да құжат</w:t>
+              <w:t>деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19871C17" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="1052656B" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Методист,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>двух</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...39 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44098673" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Методист,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">четырех </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>кемінде</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C77B5AE" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Заместитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">менее двух лет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-14"/>
-                <w:w w:val="110"/>
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балла;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5781AE20" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Заместитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">должности </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">более двух лет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-                <w:spacing w:val="-29"/>
+                <w:spacing w:val="-12"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...71 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2501DA44" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>двух</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="531F37F8" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="7"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...55 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>четырех</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>–</w:t>
-[...164 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...433 lines deleted...]
-              <w:t>балл</w:t>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="1E20D7D8" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="0F5BD824" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="969"/>
+          <w:trHeight w:val="984"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DEBC6A4" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="44FB79AE" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49305F8A" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="7E77E5F1" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="119"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>лауазымы</w:t>
-[...22 lines deleted...]
-              <w:t>ұсыным хат</w:t>
+              <w:t xml:space="preserve">Рекомендательное </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>предыдущего места работы (по должности педагога)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FCE026E" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="58BD57AB" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (по должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагога</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...17 lines deleted...]
-              <w:t>бойынша соңғы жұмыс орнынан)</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>предыдущего места работы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D4012DE" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...70 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="72D9248B" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие положительного рекомендательного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">письма </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...26 lines deleted...]
-              <w:t>балл</w:t>
+                <w:spacing w:val="-17"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="4EBD99F4" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="4BB0D748" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="2651"/>
+          <w:trHeight w:val="2812"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D05436C" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="517FA96E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="124"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>6*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DF86AC9" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...62 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="2993BE53" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>жетістіктерінің</w:t>
-[...17 lines deleted...]
-              <w:t>көрсеткіштері</w:t>
+              <w:t xml:space="preserve">Показатели профессиональных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>достижений (за последние 3 года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="434DE8F9" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-            <w:pPr>
+          <w:p w14:paraId="23F93611" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
+              </w:tabs>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="327" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A9C01B2" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
               <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
-              <w:ind w:right="1082" w:firstLine="0"/>
-[...80 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:ind w:right="327" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...29 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DF9C322" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:line="244" w:lineRule="auto"/>
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:spacing w:before="20"/>
+              <w:ind w:left="205" w:hanging="114"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>жеңімпаздарының</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>дипломдары, грамоталары</w:t>
+              <w:t>награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04723929" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-            <w:pPr>
+          <w:p w14:paraId="31BFD568" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="253"/>
+                <w:tab w:val="left" w:pos="244"/>
               </w:tabs>
-              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
-[...78 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="313" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>призеры</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>городских/районных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...54 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-29"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-                <w:w w:val="105"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="276AB965" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>областных -1 балл, республиканских</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>международных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="120"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="120"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44571D86" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="244"/>
+              </w:tabs>
+              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="272" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>проектов:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>городской/районный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>областной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D14829B" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>республиканский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– 2 балла, международный – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76E367D8" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="244"/>
+              </w:tabs>
+              <w:spacing w:before="15" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="404" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Лучший</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...87 lines deleted...]
-            <w:pPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D13CD1F" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="253"/>
+                <w:tab w:val="left" w:pos="244"/>
               </w:tabs>
-              <w:spacing w:line="244" w:lineRule="auto"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="565" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Лучший</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...45 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>0,5 балл,</w:t>
-[...290 lines deleted...]
-              <w:t>балл;</w:t>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="3E485F15" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="61B19F21" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="904"/>
+          <w:trHeight w:val="784"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AC80686" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="5A3FC7C3" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46AF1733" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="5BDF5F2D" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>қызметі</w:t>
+              <w:t xml:space="preserve">Общественно- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогическая </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4619D52C" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="23532B4C" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="661"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документ, подтверждающий </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>растайтын</w:t>
-[...31 lines deleted...]
-              <w:t>жұмыс)</w:t>
+              <w:t>общественно-педагогическую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6813C40F" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="48B0D64E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Наставник</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл;</w:t>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="516F6148" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Руководитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>методического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>объединения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          </w:p>
+          <w:p w14:paraId="0D7A5A48" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09E580F9" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="431A440E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл;</w:t>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="797479C6" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
+    <w:p w14:paraId="7632B137" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
       <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
         <w:spacing w:line="244" w:lineRule="auto"/>
-        <w:ind w:left="32"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:sectPr w:rsidR="003559E4">
+        <w:sectPr w:rsidR="000F5F5B">
+          <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="920" w:right="425" w:bottom="787" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="580" w:right="425" w:bottom="142" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3687"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="4254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003559E4" w14:paraId="3BE0ED19" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="25CC2588" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="436"/>
+          <w:trHeight w:val="309"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04709645" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="11C59154" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="0" w:right="113"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E4199EC" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="63651137" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="671"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Өлшемшарттар</w:t>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65BAF02A" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="375252AF" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="341"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Растайтын</w:t>
-[...17 lines deleted...]
-              <w:t>құжат</w:t>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F9C57CB" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="6C3AC609" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="1276"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Балл</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-7"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>сандары</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-8"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>(1-ден</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+              <w:t>(от 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-6"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>30-ға</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-7"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-              <w:t>дейін)</w:t>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="5281C4C9" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="42A74B5D" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="9644"/>
+          <w:trHeight w:val="11473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF4B691" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="23C8995E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="0" w:right="145"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>8**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D0CB463" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="61B05F26" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Курсқа</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>дайындық</w:t>
+              <w:t>подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B712063" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...50 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="463F10E4" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="199"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="3"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="890" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>цифрлық</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>сауаттылық сертификаты,</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C77DDBB" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="4"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="910" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">цифровую </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>ҚАЗТЕСТ</w:t>
-[...35 lines deleted...]
-            <w:pPr>
+              <w:t>грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D824626" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="3"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="522" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>QAZAQ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>RESMI- TEST;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>IELTS;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...45 lines deleted...]
-            <w:pPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29C9D2FB" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="4"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="634" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по программам «Основы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EAFC359" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>программирования в Python»,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77E5F0D7" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Обучение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microsoft» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B555B32" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24986701" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05B4630A" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="744829A8" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CELT-P (Certificate in English Language Teaching </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Primary) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">English </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to Speakers of Other Languages) CELT-S (Certificate in English Language Teaching </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F73069F" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«TKT Teaching Knowledge Test» Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AD1CD84" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DC60CEE" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«TESOL» Certificate in teaching English for young learners International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61EAE757" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="797"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>IHCYLT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BB9EF91" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="67"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Becoming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Better</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teacher:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exploring Professional Development Assessment for Learning: Formative Assessment in Science and Maths </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="772843EC" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="661"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Online</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educators: Development and Delivery Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EC2A20E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Key</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ideas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mentoring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematics </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>тілінде</w:t>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BCFCD86" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E0C70BD" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="858"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">бағдарламалау негіздері» бағдарламалары </w:t>
-[...10 lines deleted...]
-            <w:pPr>
+              <w:t>Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E4DBB3B" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Special</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6714A597" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="244" w:lineRule="auto"/>
-              <w:ind w:left="32" w:right="985"/>
-[...130 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Developing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>expertise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...1231 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">teaching </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60F8960E" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...78 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="1E2185EC" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по программам, согласованным с уполномоченным</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>органом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>области</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="071B7013" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="244" w:lineRule="auto"/>
-              <w:ind w:left="32" w:right="451"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>образования, реализуемым организациями повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(каждый </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>арттыру</w:t>
-[...117 lines deleted...]
-              <w:t>жеке)</w:t>
+              <w:t>отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="69C7DCA0" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="2E2EDA0D" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="467"/>
+          <w:trHeight w:val="309"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:tcW w:w="2770" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5767371F" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="27030D0C" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="0" w:right="292"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Барлығы:</w:t>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7657" w:type="dxa"/>
+            <w:tcW w:w="7656" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2DBA93E1" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="3B184C2B" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3367E7AD" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
+    <w:p w14:paraId="566FE2B0" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
       <w:pPr>
-        <w:spacing w:before="18"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="164"/>
+        <w:rPr>
           <w:sz w:val="18"/>
-          <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="342FB3DC" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1D585C19" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
+        <w:spacing w:before="1" w:line="207" w:lineRule="exact"/>
         <w:ind w:left="144"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>ЕСКЕРТПЕ:</w:t>
+        <w:t>ПРИМЕЧАНИЕ:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2513DADC" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="61D1DC9C" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:before="5"/>
+        <w:spacing w:line="207" w:lineRule="exact"/>
         <w:ind w:left="144"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>пункте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>учитывается</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>призеры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>последние</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(три)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>каждому</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>уровню</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B0928FC" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="270"/>
+        </w:tabs>
+        <w:spacing w:before="7" w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="249" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(городской/районный) олимпиад и конкурсов – 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов – 1 балла, республиканских</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>– 2 балла, международных – 3 балла;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39761CFF" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="268"/>
+        </w:tabs>
+        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="250" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">научных проектов: городской/районный – 1 балл, областной – 1 балл, республиканский – 2 балла, международный – 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балла</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>соответственно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03432720" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="253"/>
+        </w:tabs>
+        <w:spacing w:before="2" w:line="201" w:lineRule="exact"/>
+        <w:ind w:left="253" w:hanging="109"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>призеры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>республиканских</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>олимпиад</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>конкурсов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="42"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4240AADA" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">** В 8 пункте учитываются </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сертификаты организаций курсов повышения квалификации, согласованные с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>уполномоченным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>органом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>реализуемым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организациями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>повышения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">квалификации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">последние </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(три)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="160"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-26"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>0,5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>каждый</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>отдельно).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45E737D4" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+      <w:pPr>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52558732" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+      <w:pPr>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3630786F" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+      <w:pPr>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C890A0B" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+      <w:pPr>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30535264" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+      <w:pPr>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="078C8CB1" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+      <w:pPr>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35FE04EB" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+      <w:pPr>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D0F8210" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="84"/>
+        <w:ind w:left="6409" w:right="592"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06FD7FB9" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="6409" w:right="590"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:spacing w:val="-11"/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>назначения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>должности, освобождения от должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4619A2DD" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6757" w:right="895" w:hanging="47"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственных организаций образования Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6089DD23" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A7AF5EE" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:spacing w:val="-8"/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>без</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:spacing w:val="-10"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>стажа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:spacing w:val="-8"/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:spacing w:val="-10"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:spacing w:val="-11"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:spacing w:val="-11"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:spacing w:val="-10"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="19"/>
-[...1 lines deleted...]
-        <w:t>жылдағы</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05BFFEE5" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7A396407" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:numPr>
-[...11 lines deleted...]
-          <w:sz w:val="19"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...24 lines deleted...]
-          <w:sz w:val="19"/>
+        <w:pict w14:anchorId="3B406BEE">
+          <v:shape id="_x0000_s1026" style="position:absolute;margin-left:54.35pt;margin-top:13pt;width:494.65pt;height:.1pt;z-index:-251655168;mso-wrap-distance-top:0;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:page;mso-width-relative:page;mso-height-relative:page" coordsize="6282055,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlk5OyFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04yJG2NOMXQoMOA&#10;oivQFDsrshwbk0WNVOLk70fJcZJ1t2E+CJT4RD7yUV7cH1or9gapAVfIyWgshXEaysZtC/m2fvx0&#10;KwUF5UplwZlCHg3J++XHD4vO52YKNdjSoOAgjvLOF7IOwedZRro2raIReOPYWQG2KvAWt1mJquPo&#10;rc2m4/E86wBLj6ANEZ+ueqdcpvhVZXT4XlVkgrCFZG4hrZjWTVyz5ULlW1S+bvSJhvoHFq1qHCc9&#10;h1qpoMQOm79CtY1GIKjCSEObQVU12qQauJrJ+F01r7XyJtXCzSF/bhP9v7D6ef/qXzBSJ/8E+idx&#10;R7LOU372xA2dMIcK24hl4uKQung8d9EcgtB8OJ/eTsezmRSafZPpTWpypvLhrt5R+GogxVH7Jwq9&#10;BuVgqXqw9MENJrKSUUObNAxSsIYoBWu46TX0KsR7kVw0RXchEs9a2Js1JG94x5ypXbzWXaO4lMns&#10;7rMUQ5WM7RFsxDTcq95Iqdm+Ls66yOLmbn6bRoPANuVjY21kQbjdPFgUexUHM32xDo7wB8wjhZWi&#10;uscl1wlm3UmnXpoo0gbK4wuKjqe5kPRrp9BIYb85Hpc4+oOBg7EZDAz2AdIDSQ3inOvDD4VexPSF&#10;DKzsMwzDqPJBtFj6GRtvOviyC1A1UdE0Qz2j04YnOBV4em3xiVzvE+ryT1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAHw65JtwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7EMAyE70i8Q2QkbmxC&#10;kXa7pelqhQQcEQsCjmlj2orGqZr0B54e9wQ3jz0af5MfFteJCYfQetJwvVEgkCpvW6o1vL7cX6Ug&#10;QjRkTecJNXxjgENxfpabzPqZnnE6xVpwCIXMaGhi7DMpQ9WgM2HjeyS+ffrBmchyqKUdzMzhrpOJ&#10;UlvpTEv8oTE93jVYfZ1Gp+Fn92htHI9zeHjav91M5Yd6R6/15cVyvAURcYl/ZljxGR0KZir9SDaI&#10;jrVKd2zVkGy502pQ+5Snct0kIItc/q9Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDl&#10;k5OyFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAfDrkm3AAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6281593,e" filled="f" strokeweight=".22133mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06BF6612" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="39"/>
+        <w:ind w:left="341" w:right="590"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...2 lines deleted...]
-        <w:t>– 2 балл, халықаралық – 3 балл;</w:t>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A249EB" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
+    <w:p w14:paraId="77BB6806" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
       <w:pPr>
-        <w:numPr>
-[...1180 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="2" w:after="1"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="3688"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003559E4" w14:paraId="0DDBCE6D" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="72C965D7" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="412"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F15D915" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="6B92A3D1" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="0" w:right="174"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2435BB85" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="73A369A8" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="0" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Өлшемшарттар</w:t>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C679C55" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="5F193F0D" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="129"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Растайтын</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-10"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-4"/>
-[...2 lines deleted...]
-              <w:t>құжат</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DE53980" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="6694BAA6" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="1058"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Балл</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> дейін)</w:t>
+              <w:t>20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="29339BDE" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="3CD9CAF9" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="856"/>
+          <w:trHeight w:val="1122"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="448AE6DE" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="3354ECC1" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC7A020" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="5C0B877F" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>деңгейі</w:t>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4856BE6C" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="4159F5BE" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="93" w:right="293"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>приложения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>және</w:t>
-[...31 lines deleted...]
-              <w:t>қосымшаның көшірмелері</w:t>
+              <w:t>диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42D4040F" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...92 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="3335555D" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техническое и профессиональное – 1 балл Техническое и профессиональное с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жоғары </w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve">отличием </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-21"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...47 lines deleted...]
-              <w:t>балл</w:t>
+              <w:t>2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2018945F" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A00D434" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>отличием</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="6B8E5711" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="252AA361" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1065"/>
+          <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BEF512A" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="0A4C8482" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="670996F7" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...62 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="34841EBB" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>дәрежесі</w:t>
+              <w:t>Ученое</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>звание/ученая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>степень/степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75F17258" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="4B9BCBEB" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="93" w:right="293"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>приложения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>к диплому/аттестат о присвоении ученого</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32EAC3FF" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="201" w:lineRule="exact"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>көшірмелері/</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>звания/ученой</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>ғылыми</w:t>
-[...86 lines deleted...]
-              <w:t>аттестат</w:t>
+              <w:t>степени/степени</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="407BFB6B" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...65 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="736DEE5E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B5E7918" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>наук,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PhD,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...101 lines deleted...]
-              <w:t>балл</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по профилю - 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52586BC1" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="63"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>педагогическому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">направлению </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="1560B049" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="76C70E25" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="738"/>
+          <w:trHeight w:val="712"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EAF06B5" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="6FCA9907" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BA13E5F" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="4A5D84BF" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="1024"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>нәтижелері</w:t>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63E29C93" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="00BA801D" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="079D99FC" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="0DD17B28" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>50%</w:t>
-[...13 lines deleted...]
-                <w:w w:val="160"/>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="155"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-26"/>
+                <w:w w:val="155"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="386E5DDD" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>60-80</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-                <w:spacing w:val="-4"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...33 lines deleted...]
-              </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-                <w:spacing w:val="-4"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D13AC54" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>80-100%</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="14"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...18 lines deleted...]
-              <w:t>балл</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="39B2FEE6" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="36DF0D68" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="693"/>
+          <w:trHeight w:val="782"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39579532" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="4D76968E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70036D3D" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="597A9BD4" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="1024"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогической/ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Педагогикалық/</w:t>
-[...31 lines deleted...]
-              <w:t>практика нәтижелері</w:t>
+              <w:t>профессиональной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>практики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E82A157" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="4FB8F07A" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">об </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
+              <w:t>образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04745AE7" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="04EE57B5" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>«3»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46A776FF" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«4»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-14"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-24"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-                <w:spacing w:val="-4"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="218CEFFA" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>«5»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-14"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-24"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...74 lines deleted...]
-              <w:t>балл</w:t>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="7FC971FC" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="2F5A7540" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="419"/>
+          <w:trHeight w:val="527"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22E98856" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="2612227A" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7420095B" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...59 lines deleted...]
-              <w:t>хат</w:t>
+          <w:p w14:paraId="20C1780A" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="486"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">места </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C13D828" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...30 lines deleted...]
-              <w:t>хат</w:t>
+          <w:p w14:paraId="3926E9AE" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70581FD0" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...104 lines deleted...]
-              <w:t>балл</w:t>
+          <w:p w14:paraId="24DF8E15" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>письма – 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="4D691644" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="2DC81355" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="282"/>
+          <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E26C176" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="3C50E5E0" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="224"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FD8C1E1" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="068FA31C" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Участие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>волонтерской</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Волонтерлік</w:t>
-[...31 lines deleted...]
-              <w:t>қатысу</w:t>
+              <w:t>работе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1992B1E0" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="4F712FC1" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Қатысу</w:t>
-[...15 lines deleted...]
-              <w:t>құжаты</w:t>
+              <w:t>участия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBEAFC0" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="4441DD00" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="4982FE03" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="19BBCB4E" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1156"/>
+          <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53880D69" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="6F9A5E8C" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="0" w:right="224"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="257765C4" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="102A0352" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ведение странички интернета, социальных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>сетей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>публикацией</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>о педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36CE07FA" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="486"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>әлеуметтік</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t>(публикации авторских</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>желіде</w:t>
-[...46 lines deleted...]
-              <w:t>семинарлар)</w:t>
+              <w:t xml:space="preserve">научных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>проектов, уроки, семинары))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23735B7F" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="1914DB96" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Сілтемелер</w:t>
+              <w:t>Ссылки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B89E43E" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="5038D432" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>года</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="125"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1405CE7B" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="2F315FAD" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="125"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-15"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14303DB3" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="140"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-18"/>
+                <w:w w:val="140"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...11 lines deleted...]
-              <w:t>балл</w:t>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="0257A806" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="7BE121DE" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="563"/>
+          <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41579C12" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="5473298E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="224"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="590B365B" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="610E0B98" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Участие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Жазғы</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>летних</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>лагерьлердің</w:t>
-[...31 lines deleted...]
-              <w:t>қатысу</w:t>
+              <w:t>лагерей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E311668" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="72DFAC58" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Қатысу</w:t>
-[...15 lines deleted...]
-              <w:t>құжаты</w:t>
+              <w:t>участия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C3542FC" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="09E39BEA" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="4C531187" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="64A29D0F" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="671"/>
+          <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77D5A5EC" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="06DD34E4" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="198"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A4B5455" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="6F42D063" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Участие в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсах</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по месту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>орындары</w:t>
-[...87 lines deleted...]
-              <w:t>т.б.)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>учебы (научных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>проектов,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>творческих</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>др.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="708CF7BC" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="714163B1" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Қатысу</w:t>
-[...15 lines deleted...]
-              <w:t>құжаты</w:t>
+              <w:t>участия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B08D151" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...55 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="749A75B5" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>За</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>каждое</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>участие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>но</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>аспайды</w:t>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003559E4" w14:paraId="10C31014" w14:textId="77777777">
+      <w:tr w:rsidR="000F5F5B" w14:paraId="55662905" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="4576"/>
+          <w:trHeight w:val="4437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29D440AF" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="4D702F7A" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="168"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC24ED8" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...115 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="63DA2BCB" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>сертификаттары,</w:t>
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve"> сертификатов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43CEE7BB" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>QAZAQ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>RESMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEST;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="739CDABB" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Goe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat, обучение по программам «Основы программирования в Python»,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6380240E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2" w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«Обучение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>негіздері»,</w:t>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45F40B1F" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...51 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>бағдарламалары</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-15"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E5B7C87" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>TEFL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Cambridge</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>«CELTA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Certificate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">in Teaching English to Speakers of Other </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Languages)»</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AB3842D" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="56C51FD5" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>CELT-P</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Certificate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Language </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Teaching </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Primary)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13E286CB" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="63631195" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DELTA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Diploma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>to Speakers of Other Languages)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7459E86B" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="6AA66DD9" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>CELT-S</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Certificate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Language </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-26"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Secondary)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3836466F" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="0DD10D2E" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="71" w:right="486"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TKT «Teaching Knowledge Test Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>EMI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Skills</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(English</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>as</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a Medium of Instruction)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27F34E0B" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...143 lines deleted...]
-              <w:t>«TESOL»</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other Languages (TESOL)»TESOL»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="293FFE04" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="3C05B58B" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1700B240" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:p w14:paraId="42125C27" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>плюс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(за</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>каждый</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>бөлек)</w:t>
-            </w:r>
+              <w:t>отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F5F5B" w14:paraId="01156F73" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="297"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B409163" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="926"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6523" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="07166460" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="264C860A" w14:textId="77777777" w:rsidR="003559E4" w:rsidRDefault="003559E4">
+    <w:p w14:paraId="2E614793" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B"/>
+    <w:p w14:paraId="26ECD991" w14:textId="77777777" w:rsidR="000F5F5B" w:rsidRDefault="000F5F5B">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003559E4">
+    <w:sectPr w:rsidR="000F5F5B">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="960" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="760" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Microsoft Sans Serif">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1AA723D0"/>
+    <w:nsid w:val="30FC6453"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1AA723D0"/>
+    <w:tmpl w:val="30FC6453"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="200" w:hanging="116"/>
+        <w:ind w:left="91" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="576" w:hanging="116"/>
+        <w:ind w:left="429" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="952" w:hanging="116"/>
+        <w:ind w:left="758" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1328" w:hanging="116"/>
+        <w:ind w:left="1087" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1704" w:hanging="116"/>
+        <w:ind w:left="1416" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2080" w:hanging="116"/>
+        <w:ind w:left="1746" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2456" w:hanging="116"/>
+        <w:ind w:left="2075" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2832" w:hanging="116"/>
+        <w:ind w:left="2404" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3208" w:hanging="116"/>
+        <w:ind w:left="2733" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="410518B5"/>
+    <w:nsid w:val="364A7898"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="410518B5"/>
+    <w:tmpl w:val="364A7898"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="32" w:hanging="222"/>
-        <w:jc w:val="left"/>
+        <w:ind w:left="23" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="403" w:hanging="222"/>
+        <w:ind w:left="442" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="767" w:hanging="222"/>
+        <w:ind w:left="864" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1131" w:hanging="222"/>
+        <w:ind w:left="1287" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1494" w:hanging="222"/>
+        <w:ind w:left="1709" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1858" w:hanging="222"/>
+        <w:ind w:left="2132" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2222" w:hanging="222"/>
+        <w:ind w:left="2554" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2585" w:hanging="222"/>
+        <w:ind w:left="2976" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2949" w:hanging="222"/>
+        <w:ind w:left="3399" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="44095C5A"/>
+    <w:nsid w:val="3DD96822"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="44095C5A"/>
+    <w:tmpl w:val="3DD96822"/>
     <w:lvl w:ilvl="0">
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="32" w:hanging="116"/>
+        <w:ind w:left="682" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
-        <w:w w:val="99"/>
-[...1 lines deleted...]
-        <w:szCs w:val="19"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="432" w:hanging="116"/>
+        <w:ind w:left="1319" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="824" w:hanging="116"/>
+        <w:ind w:left="1959" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1216" w:hanging="116"/>
+        <w:ind w:left="2599" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1608" w:hanging="116"/>
+        <w:ind w:left="3239" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2000" w:hanging="116"/>
+        <w:ind w:left="3879" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2392" w:hanging="116"/>
+        <w:ind w:left="4519" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2784" w:hanging="116"/>
+        <w:ind w:left="5159" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3176" w:hanging="116"/>
+        <w:ind w:left="5799" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="56083126"/>
+    <w:nsid w:val="473863B6"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="56083126"/>
+    <w:tmpl w:val="473863B6"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="140" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="833" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1527" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2221" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2915" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3609" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4303" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4997" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5691" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="553A6AD7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="553A6AD7"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="144" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1203" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -19838,445 +16826,569 @@
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7583" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8646" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="57330932"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="689E34C3"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="57330932"/>
+    <w:tmpl w:val="689E34C3"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="140" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="833" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1527" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2221" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2915" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3609" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4303" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4997" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5691" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73B25768"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="73B25768"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="107" w:hanging="372"/>
+        <w:ind w:left="106" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="780" w:hanging="372"/>
+        <w:ind w:left="797" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1460" w:hanging="372"/>
+        <w:ind w:left="1495" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2140" w:hanging="372"/>
+        <w:ind w:left="2193" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2820" w:hanging="372"/>
+        <w:ind w:left="2891" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3500" w:hanging="372"/>
+        <w:ind w:left="3589" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4180" w:hanging="372"/>
+        <w:ind w:left="4287" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4860" w:hanging="372"/>
+        <w:ind w:left="4985" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5540" w:hanging="372"/>
+        <w:ind w:left="5683" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5F9F2011"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7ED34264"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5F9F2011"/>
+    <w:tmpl w:val="7ED34264"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="107" w:hanging="350"/>
+        <w:ind w:left="91" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
-        <w:w w:val="100"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="780" w:hanging="350"/>
+        <w:ind w:left="429" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1460" w:hanging="350"/>
+        <w:ind w:left="758" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2140" w:hanging="350"/>
+        <w:ind w:left="1087" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2820" w:hanging="350"/>
+        <w:ind w:left="1416" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3500" w:hanging="350"/>
+        <w:ind w:left="1746" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4180" w:hanging="350"/>
+        <w:ind w:left="2075" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4860" w:hanging="350"/>
+        <w:ind w:left="2404" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5540" w:hanging="350"/>
+        <w:ind w:left="2733" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="129520432">
+  <w:num w:numId="1" w16cid:durableId="149951584">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1242638086">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="338124881">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="3" w16cid:durableId="324624352">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="284237513">
+  <w:num w:numId="4" w16cid:durableId="2092387199">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="207303261">
+  <w:num w:numId="5" w16cid:durableId="1317104191">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="22482475">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="301347245">
+  <w:num w:numId="7" w16cid:durableId="1642417270">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="109327247">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="8" w16cid:durableId="900360484">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00592352"/>
-[...40 lines deleted...]
-    <w:rsid w:val="47D84C8E"/>
+    <w:rsidRoot w:val="008D1AB8"/>
+    <w:rsid w:val="00075138"/>
+    <w:rsid w:val="000F5F5B"/>
+    <w:rsid w:val="00183098"/>
+    <w:rsid w:val="001A4202"/>
+    <w:rsid w:val="00206AF8"/>
+    <w:rsid w:val="00211D20"/>
+    <w:rsid w:val="00233E9B"/>
+    <w:rsid w:val="00297C77"/>
+    <w:rsid w:val="002B4ADD"/>
+    <w:rsid w:val="00456FB7"/>
+    <w:rsid w:val="004819FA"/>
+    <w:rsid w:val="004B766A"/>
+    <w:rsid w:val="005465F7"/>
+    <w:rsid w:val="005558EB"/>
+    <w:rsid w:val="00573D52"/>
+    <w:rsid w:val="00630304"/>
+    <w:rsid w:val="0067197E"/>
+    <w:rsid w:val="00697188"/>
+    <w:rsid w:val="008D1AB8"/>
+    <w:rsid w:val="00993433"/>
+    <w:rsid w:val="00B00755"/>
+    <w:rsid w:val="00B74440"/>
+    <w:rsid w:val="00C003C7"/>
+    <w:rsid w:val="00C56BDB"/>
+    <w:rsid w:val="00CE12DA"/>
+    <w:rsid w:val="00D2009F"/>
+    <w:rsid w:val="00D22C3B"/>
+    <w:rsid w:val="00D35103"/>
+    <w:rsid w:val="00DA50FA"/>
+    <w:rsid w:val="00DF09DC"/>
+    <w:rsid w:val="00E85A38"/>
+    <w:rsid w:val="00EE18AE"/>
+    <w:rsid w:val="00FB6BD9"/>
+    <w:rsid w:val="00FF1403"/>
+    <w:rsid w:val="514910C1"/>
+    <w:rsid w:val="5F517A3A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="1049" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4C217476"/>
-  <w15:docId w15:val="{0ABA9446-2FB7-4AAB-A9E1-B73102AE93EB}"/>
+  <w14:docId w14:val="0C921209"/>
+  <w15:docId w15:val="{D76F504A-1179-41BB-830C-D00D1FFDE946}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -20294,51 +17406,51 @@
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -20354,78 +17466,78 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39" w:qFormat="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading"/>
     <w:lsdException w:name="Light List"/>
     <w:lsdException w:name="Light Grid"/>
     <w:lsdException w:name="Medium Shading 1"/>
     <w:lsdException w:name="Medium Shading 2"/>
     <w:lsdException w:name="Medium List 1"/>
     <w:lsdException w:name="Medium List 2"/>
     <w:lsdException w:name="Medium Grid 1"/>
     <w:lsdException w:name="Medium Grid 2"/>
     <w:lsdException w:name="Medium Grid 3"/>
     <w:lsdException w:name="Dark List"/>
     <w:lsdException w:name="Colorful Shading"/>
     <w:lsdException w:name="Colorful List"/>
     <w:lsdException w:name="Colorful Grid"/>
     <w:lsdException w:name="Light Shading Accent 1"/>
     <w:lsdException w:name="Light List Accent 1"/>
     <w:lsdException w:name="Light Grid Accent 1"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1"/>
     <w:lsdException w:name="Medium List 1 Accent 1"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1"/>
     <w:lsdException w:name="Dark List Accent 1"/>
     <w:lsdException w:name="Colorful Shading Accent 1"/>
     <w:lsdException w:name="Colorful List Accent 1"/>
     <w:lsdException w:name="Colorful Grid Accent 1"/>
     <w:lsdException w:name="Light Shading Accent 2"/>
     <w:lsdException w:name="Light List Accent 2"/>
     <w:lsdException w:name="Light Grid Accent 2"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2"/>
     <w:lsdException w:name="Medium List 1 Accent 2"/>
     <w:lsdException w:name="Medium List 2 Accent 2"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2"/>
     <w:lsdException w:name="Dark List Accent 2"/>
     <w:lsdException w:name="Colorful Shading Accent 2"/>
     <w:lsdException w:name="Colorful List Accent 2"/>
     <w:lsdException w:name="Colorful Grid Accent 2"/>
     <w:lsdException w:name="Light Shading Accent 3"/>
     <w:lsdException w:name="Light List Accent 3"/>
     <w:lsdException w:name="Light Grid Accent 3"/>
@@ -20593,203 +17705,716 @@
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-    <w:name w:val="Normal (Web)"/>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
-      <w:widowControl/>
-[...2 lines deleted...]
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...1 lines deleted...]
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ae">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="106"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:pPr>
-[...3 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="11">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
-    <w:name w:val="y2iqfc"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a8">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Заголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Цитата 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="21"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Сильное выделение1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="af2"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Выделенная цитата Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="13">
+    <w:name w:val="Сильная ссылка1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...1 lines deleted...]
-    <w:rsid w:val="0032073F"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sosh11@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr-nobd.edu.kz/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh11@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr-nobd.edu.kz/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -21040,94 +18665,116 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
     <customSectPr/>
-    <customSectPr/>
   </customSectProps>
   <customShpExts>
-    <customShpInfo spid="_x0000_s1026" textRotate="1"/>
+    <customShpInfo spid="_x0000_s2072"/>
+    <customShpInfo spid="_x0000_s2071"/>
+    <customShpInfo spid="_x0000_s2070"/>
+    <customShpInfo spid="_x0000_s2069"/>
+    <customShpInfo spid="_x0000_s2068"/>
+    <customShpInfo spid="_x0000_s2067"/>
+    <customShpInfo spid="_x0000_s2066"/>
+    <customShpInfo spid="_x0000_s2065"/>
+    <customShpInfo spid="_x0000_s2064"/>
+    <customShpInfo spid="_x0000_s2063"/>
+    <customShpInfo spid="_x0000_s2062"/>
+    <customShpInfo spid="_x0000_s2061"/>
+    <customShpInfo spid="_x0000_s2060"/>
+    <customShpInfo spid="_x0000_s2059"/>
+    <customShpInfo spid="_x0000_s2058"/>
+    <customShpInfo spid="_x0000_s2057"/>
+    <customShpInfo spid="_x0000_s2056"/>
+    <customShpInfo spid="_x0000_s2055"/>
+    <customShpInfo spid="_x0000_s2054"/>
+    <customShpInfo spid="_x0000_s2053"/>
+    <customShpInfo spid="_x0000_s2052"/>
+    <customShpInfo spid="_x0000_s2051"/>
+    <customShpInfo spid="_x0000_s2050"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>12306</Characters>
+  <Pages>6</Pages>
+  <Words>2203</Words>
+  <Characters>12561</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>102</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Grizli777</Company>
+  <Company>diakov.net</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14436</CharactersWithSpaces>
+  <CharactersWithSpaces>14735</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar;Асаинова Шынар Бакибаевна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-05-28T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
-    <vt:filetime>2025-07-15T00:00:00Z</vt:filetime>
+    <vt:filetime>2025-06-17T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="KSOProductBuildVer">
     <vt:lpwstr>1049-12.2.0.21931</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ICV">
-    <vt:lpwstr>D4F735909A094A308EE94915591CE971_12</vt:lpwstr>
+    <vt:lpwstr>1D864FBC7330456B9503588144756F01_12</vt:lpwstr>
   </property>
 </Properties>
 </file>