--- v0 (2025-12-07)
+++ v1 (2025-12-27)
@@ -186,507 +186,625 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00353BF2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>лауазымдарына тағайындау конкурсының нәтижесі</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005F45E1" w:rsidRPr="00353BF2" w:rsidRDefault="005F45E1" w:rsidP="005F45E1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="79"/>
         <w:ind w:left="1985" w:right="712" w:hanging="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
-        <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="988" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="2423"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidTr="00CA770C">
+      <w:tr w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidTr="00C62B8C">
         <w:trPr>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="003E314E" w:rsidP="00CA770C">
+          <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="003E314E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
               <w:ind w:left="119"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00353BF2">
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="003E314E" w:rsidP="00CA770C">
+          <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="003E314E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
               <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00353BF2">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ТАЖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="003E314E" w:rsidP="00CA770C">
+          <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="003E314E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
               <w:ind w:left="180"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00353BF2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="003E314E" w:rsidP="00CA770C">
+          <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="003E314E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
               <w:ind w:left="76" w:right="68"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00353BF2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Нәтиже</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2423" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="003E314E" w:rsidP="00CA770C">
+          <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="003E314E" w:rsidP="005F45E1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="305" w:lineRule="exact"/>
               <w:ind w:left="1032"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00353BF2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008446DE" w:rsidRPr="00353BF2" w:rsidTr="00CA770C">
+      <w:tr w:rsidR="008C408F" w:rsidRPr="00353BF2" w:rsidTr="00C62B8C">
         <w:trPr>
           <w:trHeight w:val="621"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008446DE" w:rsidRPr="00353BF2" w:rsidRDefault="006A0A33" w:rsidP="00CA770C">
+          <w:p w:rsidR="008C408F" w:rsidRPr="00353BF2" w:rsidRDefault="00FD3E4E" w:rsidP="008C408F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00353BF2">
+            <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008446DE" w:rsidRPr="00CA770C" w:rsidRDefault="00CA770C" w:rsidP="00CA770C">
+          <w:p w:rsidR="008C408F" w:rsidRPr="00353BF2" w:rsidRDefault="008C408F" w:rsidP="008C408F">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00353BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сырымова Асель Конакбаевна</w:t>
+              <w:t>Нуртазина Жадыра Жумагельдиновна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008446DE" w:rsidRPr="00353BF2" w:rsidRDefault="00CA770C" w:rsidP="00CA770C">
+          <w:p w:rsidR="008C408F" w:rsidRPr="00353BF2" w:rsidRDefault="00A07C6F" w:rsidP="008C408F">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00353BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Биология </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008446DE" w:rsidRPr="00353BF2">
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="008C408F" w:rsidRPr="00353BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>мұғалімі</w:t>
+              <w:t>нформатика мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008446DE" w:rsidRPr="00353BF2" w:rsidRDefault="00CA770C" w:rsidP="00CA770C">
+          <w:p w:rsidR="00FD3E4E" w:rsidRDefault="00FD3E4E" w:rsidP="008C408F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00353BF2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
-            <w:r w:rsidR="008446DE" w:rsidRPr="00353BF2">
+            <w:r w:rsidR="005B2E68" w:rsidRPr="00353BF2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>онкурстан</w:t>
             </w:r>
-            <w:r>
+          </w:p>
+          <w:p w:rsidR="008C408F" w:rsidRPr="00353BF2" w:rsidRDefault="005B2E68" w:rsidP="008C408F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00353BF2">
               <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> өтті</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD3E4E">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2423" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008446DE" w:rsidRPr="00353BF2" w:rsidRDefault="008446DE" w:rsidP="00CA770C">
+          <w:p w:rsidR="008C408F" w:rsidRPr="00353BF2" w:rsidRDefault="00FD3E4E" w:rsidP="005B2E68">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00353BF2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353BF2">
+              <w:rPr>
+                <w:spacing w:val="77"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353BF2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353BF2">
+              <w:rPr>
+                <w:spacing w:val="78"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353BF2">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA770C" w:rsidRPr="00353BF2" w:rsidTr="00CA770C">
+      <w:tr w:rsidR="00AC35E0" w:rsidRPr="00353BF2" w:rsidTr="00C62B8C">
         <w:trPr>
           <w:trHeight w:val="621"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA770C" w:rsidRPr="00353BF2" w:rsidRDefault="00CA770C" w:rsidP="00CA770C">
+          <w:p w:rsidR="00AC35E0" w:rsidRDefault="00AC35E0" w:rsidP="008C408F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA770C" w:rsidRDefault="00CA770C" w:rsidP="00CA770C">
+          <w:p w:rsidR="00AC35E0" w:rsidRPr="00353BF2" w:rsidRDefault="0087377F" w:rsidP="008C408F">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бекет Жұлдыз Айтжанқызы</w:t>
+              <w:t>Зекен Аяулым Болатқызы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA770C" w:rsidRPr="00353BF2" w:rsidRDefault="00CA770C" w:rsidP="00CA770C">
+          <w:p w:rsidR="00AC35E0" w:rsidRPr="00353BF2" w:rsidRDefault="000E5EB1" w:rsidP="008C408F">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Биология </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00353BF2">
+              <w:t>а</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="0087377F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>мұғалімі</w:t>
+              <w:t>ғылшын тілі мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA770C" w:rsidRPr="00353BF2" w:rsidRDefault="00CA770C" w:rsidP="00CA770C">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000E5EB1" w:rsidRDefault="0087377F" w:rsidP="008C408F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Конкурсат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC35E0" w:rsidRPr="00353BF2" w:rsidRDefault="0087377F" w:rsidP="008C408F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
-[...3 lines deleted...]
-              <w:t>өтпеді</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өтті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2423" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA770C" w:rsidRPr="00353BF2" w:rsidRDefault="00CA770C" w:rsidP="00CA770C">
+          <w:p w:rsidR="00AC35E0" w:rsidRPr="00353BF2" w:rsidRDefault="0087377F" w:rsidP="005B2E68">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00353BF2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353BF2">
+              <w:rPr>
+                <w:spacing w:val="77"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353BF2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353BF2">
+              <w:rPr>
+                <w:spacing w:val="78"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353BF2">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F45E1" w:rsidRDefault="00CA770C" w:rsidP="005F45E1">
+    <w:p w:rsidR="005F45E1" w:rsidRDefault="005F45E1" w:rsidP="005F45E1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="005F45E1" w:rsidRDefault="005F45E1" w:rsidP="005F45E1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="143"/>
         <w:rPr>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br w:type="textWrapping" w:clear="all"/>
-      </w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F45E1" w:rsidRDefault="005F45E1" w:rsidP="005F45E1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="143"/>
+        <w:rPr>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="005F45E1" w:rsidRDefault="005F45E1" w:rsidP="005F45E1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="005F45E1" w:rsidP="005F45E1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
@@ -752,87 +870,114 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003F4847" w:rsidRPr="00353BF2">
         <w:rPr>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Джансеитова Д.З</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005F45E1" w:rsidRDefault="005F45E1" w:rsidP="005F45E1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="229"/>
         <w:ind w:left="143"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="00CA770C" w:rsidP="00C3681E">
+    <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="00FD3E4E" w:rsidP="00FD3E4E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="229"/>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">5 қыркүйек </w:t>
+        <w:t xml:space="preserve">                             3 қыркүйек </w:t>
       </w:r>
       <w:r w:rsidR="005F45E1">
         <w:rPr>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 ж.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="00723D88">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="00723D88">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00353BF2" w:rsidRDefault="00353BF2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0067224C" w:rsidRDefault="0067224C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00353BF2" w:rsidRDefault="00353BF2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00353BF2" w:rsidRDefault="00353BF2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="003E314E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="310" w:lineRule="exact"/>
         <w:ind w:left="1596" w:right="1738"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -1211,347 +1356,352 @@
           </w:tcPr>
           <w:p w:rsidR="00827126" w:rsidRPr="005F45E1" w:rsidRDefault="00827126" w:rsidP="005F45E1">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F45E1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA770C" w:rsidRPr="00353BF2" w:rsidTr="005F45E1">
+      <w:tr w:rsidR="00FA67C1" w:rsidRPr="00353BF2" w:rsidTr="005F45E1">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA770C" w:rsidRPr="00353BF2" w:rsidRDefault="00CA770C" w:rsidP="00CA770C">
-[...11 lines deleted...]
-                <w:spacing w:val="-10"/>
+          <w:p w:rsidR="00FA67C1" w:rsidRPr="00353BF2" w:rsidRDefault="00FD3E4E" w:rsidP="00FA67C1">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA770C" w:rsidRPr="00CA770C" w:rsidRDefault="00CA770C" w:rsidP="00CA770C">
+          <w:p w:rsidR="00FA67C1" w:rsidRPr="00353BF2" w:rsidRDefault="00FA67C1" w:rsidP="00FA67C1">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00353BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сырымова Асель Конакбаевна</w:t>
+              <w:t>Нуртазина Жадыра Жумагельдиновна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA770C" w:rsidRPr="005F45E1" w:rsidRDefault="00CA770C" w:rsidP="00CA770C">
+          <w:p w:rsidR="00FA67C1" w:rsidRPr="00353BF2" w:rsidRDefault="00FA67C1" w:rsidP="00FA67C1">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00353BF2">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>учитель биологии</w:t>
+              </w:rPr>
+              <w:t>учитель информатики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA770C" w:rsidRPr="00CA770C" w:rsidRDefault="00EE0D1E" w:rsidP="00CA770C">
+          <w:p w:rsidR="00575481" w:rsidRPr="00353BF2" w:rsidRDefault="00575481" w:rsidP="00575481">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:ind w:left="170" w:hanging="170"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00353BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00CA770C">
+              </w:rPr>
+              <w:t>конкурс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA67C1" w:rsidRPr="00353BF2" w:rsidRDefault="00575481" w:rsidP="00575481">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:ind w:left="170" w:hanging="170"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>конкурс пройден</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00353BF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2614" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA770C" w:rsidRPr="005F45E1" w:rsidRDefault="00CA770C" w:rsidP="00CA770C">
+          <w:p w:rsidR="00FA67C1" w:rsidRPr="00353BF2" w:rsidRDefault="00FA67C1" w:rsidP="00FA67C1">
             <w:pPr>
               <w:pStyle w:val="a5"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA770C" w:rsidRPr="00353BF2" w:rsidTr="005F45E1">
+      <w:tr w:rsidR="00AC35E0" w:rsidRPr="00353BF2" w:rsidTr="005F45E1">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA770C" w:rsidRPr="00353BF2" w:rsidRDefault="00CA770C" w:rsidP="00CA770C">
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00AC35E0" w:rsidRPr="00AC35E0" w:rsidRDefault="00AC35E0" w:rsidP="00FA67C1">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA770C" w:rsidRDefault="00CA770C" w:rsidP="00CA770C">
+          <w:p w:rsidR="00AC35E0" w:rsidRPr="00353BF2" w:rsidRDefault="0087377F" w:rsidP="00FA67C1">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бекет Жұлдыз Айтжанқызы</w:t>
+              <w:t>Зекен Аяулым Болатқызы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA770C" w:rsidRPr="005F45E1" w:rsidRDefault="00CA770C" w:rsidP="00CA770C">
+          <w:p w:rsidR="00AC35E0" w:rsidRPr="0087377F" w:rsidRDefault="0087377F" w:rsidP="0087377F">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>учитель биологии</w:t>
+              <w:t>учитель  английского языка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA770C" w:rsidRPr="005F45E1" w:rsidRDefault="00CA770C" w:rsidP="00CA770C">
+          <w:p w:rsidR="0087377F" w:rsidRPr="00353BF2" w:rsidRDefault="0087377F" w:rsidP="0087377F">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:ind w:left="170" w:hanging="170"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F45E1">
+            <w:r w:rsidRPr="00353BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>конкурс</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CA770C" w:rsidRPr="005F45E1" w:rsidRDefault="00CA770C" w:rsidP="00CA770C">
+          <w:p w:rsidR="00AC35E0" w:rsidRPr="00353BF2" w:rsidRDefault="0087377F" w:rsidP="0087377F">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:ind w:left="170" w:hanging="170"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F45E1">
+            <w:r w:rsidRPr="00353BF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>не пройден</w:t>
+              <w:t xml:space="preserve"> пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2614" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA770C" w:rsidRPr="005F45E1" w:rsidRDefault="00CA770C" w:rsidP="00CA770C">
+          <w:p w:rsidR="00AC35E0" w:rsidRPr="00353BF2" w:rsidRDefault="00AC35E0" w:rsidP="00FA67C1">
             <w:pPr>
               <w:pStyle w:val="a5"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C3681E" w:rsidRDefault="00C3681E" w:rsidP="00CA770C">
-[...11 lines deleted...]
-    <w:p w:rsidR="00C3681E" w:rsidRDefault="00C3681E" w:rsidP="008F55F3">
+    <w:p w:rsidR="00FD3E4E" w:rsidRDefault="00FD3E4E" w:rsidP="008F55F3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:color w:val="151515"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="003E314E" w:rsidP="008F55F3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00353BF2">
         <w:rPr>
           <w:color w:val="151515"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
@@ -1632,68 +1782,68 @@
           <w:tab w:val="left" w:pos="4464"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008F55F3" w:rsidRPr="00353BF2" w:rsidRDefault="008F55F3" w:rsidP="008F55F3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4464"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="00EE0D1E" w:rsidP="00C3681E">
+    <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="00FD3E4E" w:rsidP="00FD3E4E">
       <w:pPr>
         <w:spacing w:before="306"/>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">5 сентября </w:t>
+        <w:t xml:space="preserve">                            3 сентября </w:t>
       </w:r>
       <w:r w:rsidR="00981322" w:rsidRPr="00353BF2">
         <w:rPr>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003E314E" w:rsidRPr="00353BF2">
         <w:rPr>
           <w:b/>
           <w:color w:val="151515"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003E314E" w:rsidRPr="00353BF2">
         <w:rPr>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
@@ -1717,1097 +1867,135 @@
           <w:color w:val="151515"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>г.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="00723D88">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidSect="005F45E1">
           <w:headerReference w:type="default" r:id="rId7"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="142" w:right="566" w:bottom="280" w:left="567" w:header="1183" w:footer="0" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="003E314E">
+    <w:p w:rsidR="00612168" w:rsidRPr="00353BF2" w:rsidRDefault="00612168" w:rsidP="00AC35E0">
       <w:pPr>
         <w:spacing w:before="260"/>
         <w:ind w:left="1596" w:right="1740"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00353BF2">
-[...58 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00723D88" w:rsidRPr="00353BF2" w:rsidRDefault="003E314E">
-[...901 lines deleted...]
-    <w:sectPr w:rsidR="00612168" w:rsidRPr="00FE29DB" w:rsidSect="00FE29DB">
+    <w:sectPr w:rsidR="00612168" w:rsidRPr="00353BF2" w:rsidSect="00AC35E0">
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="142" w:right="566" w:bottom="280" w:left="1275" w:header="1183" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EF584A" w:rsidRDefault="00EF584A">
+    <w:p w:rsidR="00C25DCC" w:rsidRDefault="00C25DCC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EF584A" w:rsidRDefault="00EF584A">
+    <w:p w:rsidR="00C25DCC" w:rsidRDefault="00C25DCC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EF584A" w:rsidRDefault="00EF584A">
+    <w:p w:rsidR="00C25DCC" w:rsidRDefault="00C25DCC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EF584A" w:rsidRDefault="00EF584A">
+    <w:p w:rsidR="00C25DCC" w:rsidRDefault="00C25DCC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00723D88" w:rsidRDefault="00723D88">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:b w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
@@ -3003,167 +2191,165 @@
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00723D88"/>
     <w:rsid w:val="000100CF"/>
-    <w:rsid w:val="00041061"/>
     <w:rsid w:val="000C4F71"/>
+    <w:rsid w:val="000E5EB1"/>
     <w:rsid w:val="001010E3"/>
     <w:rsid w:val="00123306"/>
     <w:rsid w:val="00127F71"/>
     <w:rsid w:val="0016019A"/>
     <w:rsid w:val="00173C44"/>
+    <w:rsid w:val="00181F03"/>
     <w:rsid w:val="00182EE6"/>
     <w:rsid w:val="00190339"/>
     <w:rsid w:val="00230160"/>
     <w:rsid w:val="00233552"/>
     <w:rsid w:val="00236A68"/>
     <w:rsid w:val="002666F5"/>
     <w:rsid w:val="002B43C4"/>
     <w:rsid w:val="00301D50"/>
     <w:rsid w:val="00314503"/>
     <w:rsid w:val="00315314"/>
     <w:rsid w:val="00353BF2"/>
     <w:rsid w:val="003836F8"/>
     <w:rsid w:val="00397AFE"/>
     <w:rsid w:val="003B5DCA"/>
     <w:rsid w:val="003C66E6"/>
     <w:rsid w:val="003D7822"/>
     <w:rsid w:val="003E21E5"/>
     <w:rsid w:val="003E314E"/>
     <w:rsid w:val="003E6C22"/>
     <w:rsid w:val="003F4847"/>
     <w:rsid w:val="00411694"/>
     <w:rsid w:val="00421533"/>
     <w:rsid w:val="004914E9"/>
     <w:rsid w:val="00533FFC"/>
     <w:rsid w:val="00575481"/>
     <w:rsid w:val="00590F65"/>
     <w:rsid w:val="005B2E68"/>
     <w:rsid w:val="005D1429"/>
     <w:rsid w:val="005E4D29"/>
     <w:rsid w:val="005F2111"/>
     <w:rsid w:val="005F43DD"/>
     <w:rsid w:val="005F45E1"/>
     <w:rsid w:val="005F592E"/>
     <w:rsid w:val="00612168"/>
+    <w:rsid w:val="0067224C"/>
     <w:rsid w:val="006A0A33"/>
     <w:rsid w:val="006A1665"/>
     <w:rsid w:val="006A5839"/>
     <w:rsid w:val="006B76C5"/>
-    <w:rsid w:val="006F16F5"/>
     <w:rsid w:val="00705D99"/>
     <w:rsid w:val="00722CF4"/>
     <w:rsid w:val="00723D88"/>
     <w:rsid w:val="007427F3"/>
     <w:rsid w:val="00786A0A"/>
     <w:rsid w:val="007C04BB"/>
     <w:rsid w:val="007F082C"/>
     <w:rsid w:val="007F4740"/>
     <w:rsid w:val="00827126"/>
     <w:rsid w:val="008446DE"/>
+    <w:rsid w:val="0087377F"/>
     <w:rsid w:val="008942DA"/>
     <w:rsid w:val="008C408F"/>
     <w:rsid w:val="008F55F3"/>
     <w:rsid w:val="00981322"/>
     <w:rsid w:val="00A07C6F"/>
     <w:rsid w:val="00A902E3"/>
     <w:rsid w:val="00A93324"/>
     <w:rsid w:val="00AA7971"/>
     <w:rsid w:val="00AB342D"/>
-    <w:rsid w:val="00AD56A2"/>
+    <w:rsid w:val="00AC35E0"/>
     <w:rsid w:val="00B1152D"/>
     <w:rsid w:val="00B144F9"/>
     <w:rsid w:val="00B73012"/>
     <w:rsid w:val="00C17447"/>
-    <w:rsid w:val="00C3681E"/>
+    <w:rsid w:val="00C25DCC"/>
     <w:rsid w:val="00C62B8C"/>
     <w:rsid w:val="00C804BD"/>
     <w:rsid w:val="00C92053"/>
-    <w:rsid w:val="00CA770C"/>
     <w:rsid w:val="00D05C99"/>
     <w:rsid w:val="00D231E0"/>
     <w:rsid w:val="00D3046E"/>
     <w:rsid w:val="00D73B39"/>
     <w:rsid w:val="00DA4AB2"/>
     <w:rsid w:val="00DB2949"/>
-    <w:rsid w:val="00E40D6E"/>
     <w:rsid w:val="00E876A9"/>
     <w:rsid w:val="00E96DAC"/>
-    <w:rsid w:val="00EE0D1E"/>
-    <w:rsid w:val="00EF584A"/>
     <w:rsid w:val="00F226C6"/>
     <w:rsid w:val="00F2740A"/>
     <w:rsid w:val="00F3669F"/>
     <w:rsid w:val="00F739AE"/>
     <w:rsid w:val="00FA67C1"/>
-    <w:rsid w:val="00FE29DB"/>
+    <w:rsid w:val="00FD3E4E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2DB1F8D4"/>
+  <w14:docId w14:val="69F15AB1"/>
   <w15:docId w15:val="{2091744C-4255-49B9-8257-33AE53C3CF62}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -4007,75 +3193,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>243</Words>
-  <Characters>1388</Characters>
+  <Words>149</Words>
+  <Characters>854</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1628</CharactersWithSpaces>
+  <CharactersWithSpaces>1001</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь;Асаинова Шынар Бакибаевна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-05-28T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
   </property>