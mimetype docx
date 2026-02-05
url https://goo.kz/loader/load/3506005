--- v0 (2025-12-27)
+++ v1 (2026-02-05)
@@ -1,2626 +1,2674 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="49BE14CC" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00BB7DD9" w:rsidRPr="00B80E99" w:rsidRDefault="00BB7DD9" w:rsidP="00BB7DD9">
       <w:pPr>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
+      <w:r w:rsidRPr="00B80E99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">КГУ </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB7DD9" w:rsidRDefault="00BB7DD9" w:rsidP="00BB7DD9">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00321427">
+      </w:pPr>
+      <w:r w:rsidRPr="00B80E99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+        <w:t>«Павлодар қаласының №43 жалпы орта білім беру мектебі»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>43</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00321427">
+        <w:t xml:space="preserve"> КММ орыс тілінде оқытатын </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13591">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> города Павлодара</w:t>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>математика мұғалімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>»</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00321427">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D4BC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> объявляет конкурс </w:t>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00444CDE" w:rsidRPr="00444CDE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00321427">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008D4BC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>На</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B0FE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> вакантную  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00321427">
+        <w:t>мөлшерлеме</w:t>
+      </w:r>
+      <w:r w:rsidR="008D4BC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B063CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">должность </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00962DA4">
+        <w:t xml:space="preserve">бос </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>учителя математики</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00B063CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00321427">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">с </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>конкурс жариялайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA24C6" w:rsidRDefault="00CA24C6">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...22 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="37" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7089"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2715"/>
+        <w:gridCol w:w="6911"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="6296470A" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00CA24C6">
         <w:trPr>
-          <w:trHeight w:val="757"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="06CF7914" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="251" w:lineRule="exact"/>
-              <w:ind w:left="6"/>
+              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6064ABDC" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="109" w:right="103"/>
-[...2 lines deleted...]
-              <w:t>Наименование</w:t>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="110" w:right="95"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Білім</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">организации </w:t>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">ұйымының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>образования</w:t>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7089" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11220E96" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00BB7DD9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="238" w:lineRule="exact"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа № </w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t>Павлодар облысы білім беру басқармасының Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 43 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="3F53B8C3" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00CA24C6">
         <w:trPr>
-          <w:trHeight w:val="506"/>
+          <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A302D77" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00CA24C6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="654CF81C" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="247" w:lineRule="exact"/>
-[...1 lines deleted...]
-            </w:pPr>
+              <w:spacing w:line="246" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>орналасқан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>местонахождения,</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="54D727C2" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+              <w:t>жері,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="1" w:line="238" w:lineRule="exact"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>пошталық</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>адреса</w:t>
+              <w:t xml:space="preserve"> мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7089" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D1D124B" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00BB7DD9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="1" w:line="238" w:lineRule="exact"/>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>14000</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>Лермонтова</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve">, Павлодар </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>95</w:t>
+              <w:t>облысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>,                                Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қаласы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Лермонтов көшесі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>95-ші үй</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="65B48442" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00CA24C6">
         <w:trPr>
-          <w:trHeight w:val="263"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09E3F1CD" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00CA24C6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08BFFA9A" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="244" w:lineRule="exact"/>
-[...7 lines deleted...]
-                <w:spacing w:val="-5"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>телефон</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>телефонов</w:t>
+              <w:t>нөмірлері,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7089" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47FD911B" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRPr="005373EF" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRPr="00BB7DD9" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>(7182)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BB7DD9">
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>55</w:t>
             </w:r>
             <w:r>
               <w:t>-</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BB7DD9">
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>58</w:t>
+              <w:t>68</w:t>
             </w:r>
             <w:r>
               <w:t>-</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BB7DD9">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>60  50-68-62</w:t>
+              <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="275B72A6" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00CA24C6">
         <w:trPr>
-          <w:trHeight w:val="253"/>
+          <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5942D4CE" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00CA24C6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73EAD433" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="234" w:lineRule="exact"/>
-[...3 lines deleted...]
-              <w:t>адреса</w:t>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>электрондық</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>электронной</w:t>
-[...7 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>почты</w:t>
+              <w:t>пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7089" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12DBA1EA" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRPr="007612FA" w:rsidRDefault="009A105B" w:rsidP="00855326">
+          <w:p w:rsidR="00BB7DD9" w:rsidRPr="00830EBF" w:rsidRDefault="00DC56C1" w:rsidP="00BB7DD9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
-              <w:r w:rsidR="00AE7AB3" w:rsidRPr="00175994">
+              <w:r w:rsidR="00BB7DD9" w:rsidRPr="00830EBF">
                 <w:rPr>
-                  <w:rStyle w:val="a3"/>
-[...27 lines deleted...]
-                  <w:rStyle w:val="a3"/>
+                  <w:rStyle w:val="a5"/>
                   <w:rFonts w:eastAsia="Calibri"/>
                   <w:b/>
                   <w:szCs w:val="21"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>43school_pvl@mail.ru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00DC56C1" w:rsidP="00BB7DD9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidR="00BB7DD9" w:rsidRPr="005A1989">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                </w:rPr>
+                <w:t>sosh43@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="50F441BE" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00CA24C6">
         <w:trPr>
-          <w:trHeight w:val="758"/>
+          <w:trHeight w:val="757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7A4A1CCC" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="251" w:lineRule="exact"/>
-              <w:ind w:left="6"/>
+              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="083FBDCA" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="109" w:right="319"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="1060B5A5" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="110" w:right="95"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Бос</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>бос лауазымның атауы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="238" w:lineRule="exact"/>
-[...4 lines deleted...]
-            </w:r>
+              <w:spacing w:line="233" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t xml:space="preserve"> нагрузка</w:t>
+              <w:t>жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7089" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69252473" w14:textId="13B50B9F" w:rsidR="00AE7AB3" w:rsidRDefault="00962DA4" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRPr="001C623F" w:rsidRDefault="0001464D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="008D4BC7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Орыс тілінде оқытатын </w:t>
+            </w:r>
+            <w:r w:rsidR="00E13591" w:rsidRPr="008D4BC7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D4BC7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мұғалімі</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB7DD9" w:rsidRPr="001C623F">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidR="00E13591">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="009A105B">
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+            <w:r w:rsidR="00DC56C1">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00AE7AB3">
-[...27 lines deleted...]
-              <w:t>а</w:t>
+            <w:r w:rsidR="00E13591">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сағ</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC56C1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ат</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="00AE7AB3">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="2937FE32" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00CA24C6">
         <w:trPr>
           <w:trHeight w:val="1771"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="458AFA6D" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00CA24C6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FB610B8" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="242" w:lineRule="auto"/>
-[...3 lines deleted...]
-              <w:t>основные</w:t>
+              <w:ind w:left="110" w:right="414"/>
+            </w:pPr>
+            <w:r>
+              <w:t>негізгі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">функциональные </w:t>
+              <w:t xml:space="preserve">функционалдық </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>обязанности</w:t>
+              <w:t>міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7089" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06AC5CFB" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="10"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="449"/>
+                <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
-              <w:spacing w:line="242" w:lineRule="auto"/>
               <w:ind w:right="98" w:firstLine="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1D77BFA9" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+              <w:t>оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="10"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="449"/>
+                <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
-              <w:ind w:right="98" w:firstLine="0"/>
+              <w:ind w:right="94" w:firstLine="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>содействие социализации обучающихся, формированию у них</w:t>
-[...11 lines deleted...]
-          <w:p w14:paraId="16006BE5" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+              <w:t>білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="5"/>
+                <w:numId w:val="10"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="449"/>
+                <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
-              <w:spacing w:line="254" w:lineRule="exact"/>
-              <w:ind w:right="97" w:firstLine="0"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="99" w:firstLine="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+              <w:t>оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="59CBEA9F" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00CA24C6">
         <w:trPr>
-          <w:trHeight w:val="1005"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="641F7B02" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00CA24C6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26BEFA6F" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="242" w:lineRule="auto"/>
-[...36 lines deleted...]
-              <w:t>труда</w:t>
+              <w:ind w:left="110" w:right="95"/>
+            </w:pPr>
+            <w:r>
+              <w:t>еңбекке ақы төлеу мөлшері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7089" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="079A2DB9" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
-[...701 lines deleted...]
-                <w:numId w:val="2"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
-              <w:ind w:right="95" w:firstLine="0"/>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="248" w:lineRule="exact"/>
+              <w:ind w:hanging="283"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>справка о состоянии здоровья по форме 075/у</w:t>
-[...23 lines deleted...]
-              <w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>санатына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-              <w:t>2020</w:t>
+              <w:t>төленеді</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...41 lines deleted...]
-          <w:p w14:paraId="4F6AE2F7" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="441"/>
+                <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
-              <w:ind w:left="441" w:hanging="335"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:hanging="283"/>
+            </w:pPr>
+            <w:r>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>129</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>258,89</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="51"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:hanging="283"/>
+            </w:pPr>
+            <w:r>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>159</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>626,94</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="51"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA24C6">
+        <w:trPr>
+          <w:trHeight w:val="3288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110" w:right="533"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">үлгілік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110" w:right="521"/>
+            </w:pPr>
+            <w:r>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">кандидатқа қойылатын біліктілік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:ind w:right="98" w:firstLine="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
+              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>даярлығын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:ind w:right="94" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(немесе) біліктілігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>және орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>деңгейі болған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін- кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="100" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA24C6">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>справка</w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="64"/>
-[...63 lines deleted...]
-              <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
-              <w:t>с</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5292104C" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Құжаттарды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="238" w:lineRule="exact"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-            <w:r>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00444CDE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="107"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>психическими</w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-11"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB7DD9">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>поведенческими</w:t>
+              <w:t>.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-11"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB7DD9">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB5348">
+              <w:rPr>
+                <w:b/>
                 <w:spacing w:val="-2"/>
-              </w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB7DD9">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC54D1">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB7DD9">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA24C6">
+        <w:trPr>
+          <w:trHeight w:val="4762"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Қажетті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="456"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">3-қосымшаға </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r>
               <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="470"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">жеке басын куәландыратын құжат </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">не цифрлық құжаттар сервисінен алынған электрондық құжат </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="350"/>
+              </w:tabs>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>кадрларды есепке алу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">бойынша толтырылған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">жеке іс парағы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="535"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="95" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="346"/>
+              </w:tabs>
+              <w:spacing w:line="245" w:lineRule="exact"/>
+              <w:ind w:left="346" w:hanging="239"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(бар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="458"/>
+              </w:tabs>
+              <w:ind w:right="94" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>"Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын, сондай-ақ оларды толтыру жөніндегі нұсқаулықтарды бекіту туралы" ҚР Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>075/у</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>нысаны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="374"/>
+              </w:tabs>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:right="94" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>психикалық, мінез-құлықтық бұзылушылықтары б</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">ар аурудың динамикалық бақылауда жоқтығы туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>анықтама;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="24E9386D" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00CA24C6" w:rsidRDefault="00CA24C6">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
-        <w:spacing w:line="238" w:lineRule="exact"/>
+        <w:spacing w:line="254" w:lineRule="exact"/>
         <w:jc w:val="both"/>
-        <w:sectPr w:rsidR="00AE7AB3" w:rsidSect="00C40CA6">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00CA24C6">
+          <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="568" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="700" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="37" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7089"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2715"/>
+        <w:gridCol w:w="6911"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="3034448F" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00CA24C6">
         <w:trPr>
-          <w:trHeight w:val="4553"/>
+          <w:trHeight w:val="4762"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2226845E" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00CA24C6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AB0CAAA" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00CA24C6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7089" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B5B9E4C" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="681"/>
+                <w:tab w:val="left" w:pos="478"/>
               </w:tabs>
-              <w:spacing w:line="247" w:lineRule="exact"/>
-              <w:ind w:left="681" w:hanging="575"/>
+              <w:ind w:right="96" w:firstLine="0"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>справка</w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="76"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">наркологиялық аурудың </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">динамикалық бақылауда жоқтығы туралы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>об</w:t>
-[...67 lines deleted...]
-          <w:p w14:paraId="18847302" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+              <w:t>анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="500"/>
+                <w:tab w:val="left" w:pos="491"/>
               </w:tabs>
-              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
+              <w:ind w:right="94" w:firstLine="55"/>
               <w:jc w:val="both"/>
-            </w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">сертификаттаудан өту нәтижелері туралы </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">сертификат </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">о результатах прохождения </w:t>
+              <w:t xml:space="preserve">немесе қолданыстағы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">сертификации </w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="2C3CE0AE" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+              <w:t xml:space="preserve">біліктілік санатының болуы туралы куәлік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(бар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="475"/>
+                <w:tab w:val="left" w:pos="701"/>
               </w:tabs>
-              <w:ind w:left="106" w:right="95" w:firstLine="0"/>
+              <w:ind w:right="94" w:firstLine="0"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...67 lines deleted...]
-          <w:p w14:paraId="36843B98" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін пән бойынша </w:t>
+            </w:r>
+            <w:r>
+              <w:t>сертификаттау нәтижелері туралы сертификат немесе педагог-модератор немесе педагог-сарапшы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>немесе педагог-зерттеуші немесе педагог-шебер біліктілік санатының болуы туралы куәлікті (бар болса) немесе CELTA (Certificate in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS - айелтс) – 6,5 балл; немесе тойфл TOEFL (іnternet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Based Test (іBT)) – 60-65 балл көрсеткіші бар </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>сертификат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="526"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">осы Қағидаларға 12, 13-қосымшаларға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>бағалау парағы</w:t>
+            </w:r>
+            <w:r>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="552"/>
               </w:tabs>
-              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
+              <w:ind w:left="552" w:hanging="445"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="62"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="62"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>бойынша),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="61"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="236" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">заполненный Оценочный лист </w:t>
-[...17 lines deleted...]
-              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>рекомендательное письмо</w:t>
+              <w:t>ұсыным</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-3"/>
-[...7 lines deleted...]
-              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...44 lines deleted...]
-              <w:t>учебы.</w:t>
+              <w:t>хат.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="5B373A86" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00CA24C6">
         <w:trPr>
-          <w:trHeight w:val="505"/>
+          <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6036E59C" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="1"/>
-              <w:ind w:left="6"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35136C56" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="252" w:lineRule="exact"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve">вакантной </w:t>
+              <w:spacing w:line="246" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Уақытша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00075F3B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>лауазымының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>должности</w:t>
+              <w:t>мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7089" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="452FF0D7" w14:textId="2B479E99" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
+          <w:p w:rsidR="00CA24C6" w:rsidRDefault="00CA24C6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="252" w:lineRule="exact"/>
-              <w:ind w:right="129"/>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="70CD1F63" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3"/>
-    <w:p w14:paraId="54A4B9B0" w14:textId="4E74657C" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00CA24C6" w:rsidRDefault="00CA24C6" w:rsidP="00600416">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:line="240" w:lineRule="exact"/>
+        <w:ind w:left="0"/>
+        <w:sectPr w:rsidR="00CA24C6">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="760" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="456B183C" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
-        <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
+        <w:spacing w:before="75" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6363" w:right="724" w:firstLine="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Приложение 3</w:t>
-[...15 lines deleted...]
-        <w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>от</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>тағайындау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>должностей</w:t>
+        <w:t>лауазымнан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>босату қағидаларына 3-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="388D8299" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
-        <w:ind w:left="6307" w:right="779" w:firstLine="1"/>
+        <w:spacing w:line="177" w:lineRule="exact"/>
+        <w:ind w:left="5675" w:right="38"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>государственных организаций образования Форма</w:t>
+        <w:t>Нысан</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27D80864" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
         <w:spacing w:before="9"/>
         <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60FE97B3" wp14:editId="220EAA8F">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BDAD005" wp14:editId="346B1FFE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>143216</wp:posOffset>
+                  <wp:posOffset>143301</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6352540" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="22" name="Graphic 22"/>
+                <wp:docPr id="1" name="Graphic 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6352540" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6352540">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -2629,500 +2677,249 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1BEF121C" id="Graphic 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnIzJwJwIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMWA&#10;oivQDDsrshwbk0VNVGzn70fJdpJ2t2E+CJT4RPLxUV7d9Y1mrXJYg8n5YjbnTBkJRW32Of+xffh0&#10;wxl6YQqhwaicHxXyu/XHD6vOZiqFCnShHKMgBrPO5rzy3mZJgrJSjcAZWGXIWYJrhKet2yeFEx1F&#10;b3SSzufLpANXWAdSIdLpZnDydYxflkr672WJyjOdc6rNx9XFdRfWZL0S2d4JW9VyLEP8QxWNqA0l&#10;PYXaCC/YwdV/hWpq6QCh9DMJTQJlWUsVORCbxfwdm9dKWBW5UHPQntqE/y+sfG5fHKuLnKcpZ0Y0&#10;pNHj2A46ofZ0FjNCvdoXFwiifQL5C8mRvPGEDY6YvnRNwBI91sdeH0+9Vr1nkg6Xn6/Sqy8kiSTf&#10;Ir2OUiQim+7KA/pHBTGOaJ/QD0oVkyWqyZK9mUxHegeldVTac0ZKO85I6d2gtBU+3AvFBZN150LC&#10;WQOt2kL0+neVU2lnrzaXKKKyuA3tm1gSdkCQEdJQrwYjpib7kpw2oYrr2+VNHCAEXRcPtdahCnT7&#10;3b12rBVhfOMXeFCENzDr0G8EVgMuukaYNqNOgzRBpB0UR5K8I5Fzjr8PwinO9DdDQxUeyGS4ydhN&#10;hvP6HuIzig2inNv+p3CWhfQ596TsM0wjK7JJtED9hA03DXw9eCjroGicoaGicUNzHgmObzI8pMt9&#10;RJ3/HOs/AAAA//8DAFBLAwQUAAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VI3KjTFJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7o&#10;Q29JwXyWgECqbdNTq2D/+XK3AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRod&#10;ZtYh8e3beqMjS9/Kxuszh5tBpkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5v&#10;xucnEBHH+AfDVJ+rQ8GdDvZITRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDnIzJwJwIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="5A017CAC" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFo3VMJgIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMWA&#10;oivQDDsrshwbk0WNUmzn70fJdpJ2t2E+CJT4RPLxUV7d9Y1mrUJXg8n5YjbnTBkJRW32Of+xffh0&#10;w5nzwhRCg1E5PyrH79YfP6w6m6kUKtCFQkZBjMs6m/PKe5sliZOVaoSbgVWGnCVgIzxtcZ8UKDqK&#10;3ugknc+XSQdYWASpnKPTzeDk6xi/LJX038vSKc90zqk2H1eM6y6syXolsj0KW9VyLEP8QxWNqA0l&#10;PYXaCC/YAeu/QjW1RHBQ+pmEJoGyrKWKHIjNYv6OzWslrIpcqDnOntrk/l9Y+dy+IKsL0o4zIxqS&#10;6HHsxiI0p7MuI8yrfcFAz9knkL8cOZI3nrBxI6YvsQlYIsf62OnjqdOq90zS4fLzVXr1hQSR5Fuk&#10;11GIRGTTXXlw/lFBjCPaJ+cHnYrJEtVkyd5MJpLaQWcddfackc7IGem8G3S2wod7obhgsu5cSDhr&#10;oFVbiF7/rnIq7ezV5hJFVBa3acrZxJKwA4KMkIZ6NRgxNdmX5LQJVVzfLm/i+DjQdfFQax2qcLjf&#10;3WtkrQjDG7/AgyK8gVl0fiNcNeCia4RpM+o0SBNE2kFxJME70jjn7vdBoOJMfzM0UuF5TAZOxm4y&#10;0Ot7iI8oNohybvufAi0L6XPuSdlnmAZWZJNogfoJG24a+HrwUNZB0ThDQ0XjhqY8EhxfZHhGl/uI&#10;Ov831n8AAAD//wMAUEsDBBQABgAIAAAAIQD7dMKB3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSPyDtUjcqNMUlRLiVCgSVUEVEqEXbm6yJBHx2rLdNv17Nic4zuzT7Ey+Hs0gTuhD&#10;b0nBfJaAQKpt01OrYP/5crcCEaKmRg+WUMEFA6yL66tcZ4090weeqtgKDqGQaQVdjC6TMtQdGh1m&#10;1iHx7dt6oyNL38rG6zOHm0GmSbKURvfEHzrtsOyw/qmORoH/2m32bvu+eSzx7f7Vlhe3rSqlbm/G&#10;5ycQEcf4B8NUn6tDwZ0O9khNEAPr+WLBqII0XYKYAHYeQBwmZwWyyOX/CcUvAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAAWjdUwmAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAPt0woHfAAAACgEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27B20572" wp14:editId="7387A38D">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CB71464" wp14:editId="6695EDE2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>310856</wp:posOffset>
+                  <wp:posOffset>310941</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6358890" cy="1270"/>
+                <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="23" name="Graphic 23"/>
+                <wp:docPr id="2" name="Graphic 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6358890" cy="1270"/>
+                          <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="6358890">
+                            <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="6358697" y="0"/>
+                                <a:pt x="6359650" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6F852C05" id="Graphic 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6358890,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmxuI2JwIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5ykWD6MOMXQoMWA&#10;oivQFDsrshwbk0WNUmLn34+S7STtbkV9ECjxieTjo7y6bWvNjgpdBSbjk9GYM2Uk5JXZZ/x1e/9t&#10;wZnzwuRCg1EZPynHb9dfv6wam6oplKBzhYyCGJc2NuOl9zZNEidLVQs3AqsMOQvAWnja4j7JUTQU&#10;vdbJdDyeJQ1gbhGkco5ON52Tr2P8olDS/yoKpzzTGafafFwxrruwJuuVSPcobFnJvgzxgSpqURlK&#10;eg61EV6wA1b/haorieCg8CMJdQJFUUkVORCbyfgdm5dSWBW5UHOcPbfJfV5Y+XR8RlblGZ/ecGZE&#10;TRo99O2gE2pPY11KqBf7jIGgs48g/zhyJG88YeN6TFtgHbBEj7Wx16dzr1XrmaTD2c33xWJJkkjy&#10;TabzKEUi0uGuPDj/oCDGEcdH5zul8sES5WDJ1gwmkt5BaR2V9pyR0sgZKb3rlLbCh3uhuGCy5lJI&#10;OKvhqLYQvf5d5VTaxavNNSpQmS3nnA0sCdshyAhpqFedEVOTfU1Om1DFfDlbxAFyoKv8vtI6VOFw&#10;v7vTyI4ijG/8Ag+K8AZm0fmNcGWHi64epk2vUydNEGkH+Ykkb0jkjLu/B4GKM/3T0FCFBzIYOBi7&#10;wUCv7yA+o9ggyrltfwu0LKTPuCdln2AYWZEOogXqZ2y4aeDHwUNRBUXjDHUV9Rua80iwf5PhIV3v&#10;I+ry51j/AwAA//8DAFBLAwQUAAYACAAAACEAHjIEOd0AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KiTpqIQ4lQIiVsFNPAAbrzEae11FDs/8PQ4p3Kc2U+zM8VutoaN2PvW&#10;kYB0lQBDqp1qqRHw9fl69wDMB0lKGkco4Ac97Mrrq0Lmyk10wLEKDYsh5HMpQIfQ5Zz7WqOVfuU6&#10;pHj7dr2VIcq+4aqXUwy3hq+T5J5b2VL8oGWHLxrrczVYAdthfv/Qe3M6T/sTHd4ybn+rUYjbm/n5&#10;CVjAOVxgWOrH6lDGTkc3kPLMRJ1mWUQFbB7jpgVI080W2HFx1sDLgv+fUP4BAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEApsbiNicCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAHjIEOd0AAAAKAQAADwAAAAAAAAAAAAAAAACBBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;" path="m,l6358697,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="3ABF036D" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.8pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBF0JHTJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZS1G2NOMXQoMWA&#10;oivQDDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7e961mB+WwAVPw+SzlTBkJZWN2Bf+xefxy&#10;yxl6YUqhwaiCHxXy+9XnT8vO5moBNehSOUZBDOadLXjtvc2TBGWtWoEzsMqQswLXCk9bt0tKJzqK&#10;3upkkaZZ0oErrQOpEOl0PTj5KsavKiX996pC5ZkuONXm4+riug1rslqKfOeErRs5liH+oYpWNIaS&#10;nkKthRds75q/QrWNdIBQ+ZmENoGqaqSKHIjNPP3A5q0WVkUu1By0pzbh/wsrXw6vjjVlwRecGdGS&#10;RE9jNxahOZ3FnDBv9tUFemifQf5CciTvPGGDI6avXBuwRI71sdPHU6dV75mkw+wqS+cZCSLJN1/c&#10;RCESkU935R79k4IYRxye0Q86lZMl6smSvZlMR2oHnXXU2XNGOjvOSOftoLMVPtwLxQWTdedCwlkL&#10;B7WB6PUfKqfSzl5tLlHZ1fVddk1UJpaEHRBkhDTUq8GIqcm+JKdNqOLmLruN44Ogm/Kx0TpUgW63&#10;fdCOHUQY3vgFHhThHcw69GuB9YCLrhGmzajTIE0QaQvlkQTvSOOC4++9cIoz/c3QSIXnMRluMraT&#10;4bx+gPiIYoMo56b/KZxlIX3BPSn7AtPAinwSLVA/YcNNA1/3HqomKBpnaKho3NCUR4LjiwzP6HIf&#10;Uef/xuoPAAAA//8DAFBLAwQUAAYACAAAACEA0v4fet8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KjjpqI0xKkC4kfqjZQeenPjbRJhr6PYbcPb45zKcWY/zc7k69EadsbB&#10;d44kiFkCDKl2uqNGwvf2/eEJmA+KtDKOUMIvelgXtze5yrS70Beeq9CwGEI+UxLaEPqMc1+3aJWf&#10;uR4p3o5usCpEOTRcD+oSw63h8yR55FZ1FD+0qsfXFuuf6mQllMM2pbLameT48rF8+9yo/VJspLy/&#10;G8tnYAHHcIVhqh+rQxE7HdyJtGcmapGmEZWwWMVNEyDEYgXsMDlz4EXO/08o/gAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBF0JHTJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDS/h963wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C6B1E1" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52A2DE80" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:spacing w:before="39"/>
-        <w:ind w:left="23" w:right="49"/>
+        <w:spacing w:before="41"/>
+        <w:ind w:left="23" w:right="52"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(государственный</w:t>
-[...15 lines deleted...]
-        <w:rPr>
+        <w:t>(конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>конкурс)</w:t>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>орган)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D3EC591" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
         <w:spacing w:before="2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="359A60D1" wp14:editId="7E8110DB">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20D3E1BA" wp14:editId="7B876240">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>139061</wp:posOffset>
-[...271 lines deleted...]
-                  <wp:posOffset>138934</wp:posOffset>
+                  <wp:posOffset>139315</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="26" name="Graphic 26"/>
+                <wp:docPr id="3" name="Graphic 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3131,78 +2928,80 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4A2D0B78" id="Graphic 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCbSrMeKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/xt+/Bl&#10;yRl6YQqhrVE5Pynkd+vPn1aty9TcVlYXChgFMZi1LueV9y5LEpSVagROrFOGnKWFRnjawj4pQLQU&#10;vdHJfDpNk9ZC4cBKhUinm97J1zF+WSrpf5QlKs90zqk2H1eI6y6syXolsj0IV9VyKEP8QxWNqA0l&#10;PYfaCC/YAeq/QjW1BIu29BNpm8SWZS1V5EBsZtMPbF4r4VTkQs1Bd24T/r+w8vn4Aqwucj5POTOi&#10;IY0eh3bQCbWndZgR6tW9QCCI7snKX0iO5J0nbHDAdCU0AUv0WBd7fTr3WnWeSTpMb9LpLCVJJPlm&#10;80WUIhHZeFce0D8qG+OI4xP6XqlitEQ1WrIzowmkd1BaR6U9Z6Q0cEZK73qlnfDhXigumKy9FBLO&#10;GntUWxu9/kPlVNrFq801Kr35ertcLDgbWRK2R5AR0lCveiOmJvuanDahisVtuowDhFbXxUOtdagC&#10;Yb+718COIoxv/AIPivAO5gD9RmDV46JrgGkz6NRLE0Ta2eJEkrckcs7x90GA4kx/NzRU4YGMBozG&#10;bjTA63sbn1FsEOXcdj8FOBbS59yTss92HFmRjaIF6mdsuGnst4O3ZR0UjTPUVzRsaM4jweFNhod0&#10;vY+oy59j/QcAAP//AwBQSwMEFAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyo4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYw&#10;IY4eJYhFBsxg5/WIvYTPzevNPbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBO&#10;xYWfDNJt54NTiWTouQ7qSOHO8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8&#10;vpqbR2DJzOlshhM+oUNNTFu/Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAm0qzHigCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="12F4F723" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvl196JwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPzGmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn34+S7STtbsN8ECjxieTjo7y66xrNjsphDSbns8mUM2UkFLXZ5/xt+/Dl&#10;hjP0whRCg1E5Pynkd+vPn1atzdQcKtCFcoyCGMxam/PKe5slCcpKNQInYJUhZwmuEZ62bp8UTrQU&#10;vdHJfDpNkxZcYR1IhUinm97J1zF+WSrpf5QlKs90zqk2H1cX111Yk/VKZHsnbFXLoQzxD1U0ojaU&#10;9BxqI7xgB1f/FaqppQOE0k8kNAmUZS1V5EBsZtMPbF4rYVXkQs1Be24T/r+w8vn44lhd5HzBmREN&#10;SfQ4dGMRmtNazAjzal9coIf2CeQvJEfyzhM2OGC60jUBS+RYFzt9OndadZ5JOkwX6XSWkiCSfLP5&#10;MgqRiGy8Kw/oHxXEOOL4hL7XqRgtUY2W7MxoOlI76Kyjzp4z0tlxRjrvep2t8OFeKC6YrL0UEs4a&#10;OKotRK//UDmVdvFqc41KF19vb5ZLzkaWhO0RZIQ01KveiKnJvianTahieZvexPFB0HXxUGsdqkC3&#10;391rx44iDG/8Ag+K8A5mHfqNwKrHRdcA02bQqZcmiLSD4kSCt6RxzvH3QTjFmf5uaKTC8xgNNxq7&#10;0XBe30N8RLFBlHPb/RTOspA+556UfYZxYEU2ihaon7HhpoFvBw9lHRSNM9RXNGxoyiPB4UWGZ3S9&#10;j6jLf2P9BwAA//8DAFBLAwQUAAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KjjBFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAh&#10;jh4liEUGzGDn9Yi9hM/N6809sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7F&#10;hZ8M0m3ng1OJZOi5DupI4c7yPMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+&#10;mptHYMnM6WyGEz6hQ01MW79HHZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAvl196JwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44722F80" wp14:editId="6B9527A0">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13D12E9C" wp14:editId="5AF5C5CD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>285238</wp:posOffset>
+                  <wp:posOffset>285619</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="27" name="Graphic 27"/>
+                <wp:docPr id="4" name="Graphic 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3211,535 +3010,179 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="712C5D37" id="Graphic 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB963AxKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR+WwBpPz2WTKmTISitrsc/62ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6H2WJyjOdc6rNx9XFdRfWZL0S2d4JW9VyKEP8QxWNqA0l&#10;PYfaCC/YwdV/hWpq6QCh9BMJTQJlWUsVORCb2fQDm9dKWBW5UHPQntuE/y+sfD6+OFYXOZ8vODOi&#10;IY0eh3bQCbWntZgR6tW+uEAQ7RPIX0iO5J0nbHDAdKVrApbosS72+nTuteo8k3SY3qTTWUqSSPLN&#10;5osoRSKy8a48oH9UEOOI4xP6XqlitEQ1WrIzo+lI76C0jkp7zkhpxxkpveuVtsKHe6G4YLL2Ukg4&#10;a+CothC9/kPlVNrFq801Kr35ertcUPtGloTtEWSENNSr3oipyb4mp02oYnGbLuMAIei6eKi1DlWg&#10;2+/utWNHEcY3foEHRXgHsw79RmDV46JrgGkz6NRLE0TaQXEiyVsSOef4+yCc4kx/NzRU4YGMhhuN&#10;3Wg4r+8hPqPYIMq57X4KZ1lIn3NPyj7DOLIiG0UL1M/YcNPAt4OHsg6KxhnqKxo2NOeR4PAmw0O6&#10;3kfU5c+x/gMAAP//AwBQSwMEFAAGAAgAAAAhAM4FcDfeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyoY1IohDhVQPxIvZHCgZsbb5MIex3ZbhveHucEt53d0ew35Xqyhh3R&#10;h8GRBLHIgCG1Tg/USfjYvlzdAQtRkVbGEUr4wQDr6vysVIV2J3rHYxM7lkIoFEpCH+NYcB7aHq0K&#10;Czcipdveeatikr7j2qtTCreGX2fZLbdqoPShVyM+9dh+NwcrofbbnOrm02T7x9fV89tGfa3ERsrL&#10;i6l+ABZxin9mmPETOlSJaecOpAMzSYs8T1YJy+U9sNkgxDzt0uZGAK9K/r9C9QsAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQB963AxKAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDOBXA33gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="1FB9ADA1" id="Graphic 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbExL6KAIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07SzkmNOMXQoMWA&#10;oivQFDsrshwbk0WNUmL370fJdpJ2t2E+CJT4RPLxUV7ddo1mR4WuBpPz2WTKmTISitrsc/66vf+y&#10;5Mx5YQqhwaicvynHb9efP61am6k5VKALhYyCGJe1NueV9zZLEicr1Qg3AasMOUvARnja4j4pULQU&#10;vdHJfDpNkxawsAhSOUenm97J1zF+WSrpf5SlU57pnFNtPq4Y111Yk/VKZHsUtqrlUIb4hyoaURtK&#10;egq1EV6wA9Z/hWpqieCg9BMJTQJlWUsVORCb2fQDm5dKWBW5UHOcPbXJ/b+w8un4jKwucn7NmREN&#10;SfQwdOM6NKe1LiPMi33GQM/ZR5C/HDmSd56wcQOmK7EJWCLHutjpt1OnVeeZpMP0Kp3OUhJEkm82&#10;X0QhEpGNd+XB+QcFMY44Pjrf61SMlqhGS3ZmNJHUDjrrqLPnjHRGzkjnXa+zFT7cC8UFk7XnQsJZ&#10;A0e1hej1Hyqn0s5ebS5R6dXXm+ViwdnIkrA9goyQhnrVGzE12ZfktAlVLG7SZRwfB7ou7mutQxUO&#10;97s7jewowvDGL/CgCO9gFp3fCFf1uOgaYNoMOvXSBJF2ULyR4C1pnHP3+yBQcaa/Gxqp8DxGA0dj&#10;Nxro9R3ERxQbRDm33U+BloX0Ofek7BOMAyuyUbRA/YQNNw18O3go66BonKG+omFDUx4JDi8yPKPL&#10;fUSd/xvrPwAAAP//AwBQSwMEFAAGAAgAAAAhAOTE+EXfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SNyo46bQEuJUAQGVeiOlB25uvE0i7HUUu234e5wTHGf2aXYmX4/WsDMO&#10;vnMkQcwSYEi10x01Ej53b3crYD4o0so4Qgk/6GFdXF/lKtPuQh94rkLDYgj5TEloQ+gzzn3dolV+&#10;5nqkeDu6waoQ5dBwPahLDLeGz5PkgVvVUfzQqh5fWqy/q5OVUA67lMpqb5Lj8/vydbNVX0uxlfL2&#10;ZiyfgAUcwx8MU/1YHYrY6eBOpD0zUYs0jaiExX3cNAFCLB6BHSZnDrzI+f8JxS8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAWxMS+igCAAB/BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA5MT4Rd8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DCD50FD" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-        <w:rPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18A8AE70" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:spacing w:before="8"/>
-        <w:ind w:left="23" w:right="52"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="61" w:right="38"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(должность,</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>(кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>место</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:spacing w:val="-2"/>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>работы)</w:t>
+        <w:t>болса),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A38BED4" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="541E1511" wp14:editId="211B1567">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21B22CFB" wp14:editId="4B74550D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>138934</wp:posOffset>
+                  <wp:posOffset>140839</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="28" name="Graphic 28"/>
-[...396 lines deleted...]
-                <wp:docPr id="30" name="Graphic 30"/>
+                <wp:docPr id="5" name="Graphic 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3748,79 +3191,80 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="73726EA1" id="Graphic 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:9.9pt;width:500.8pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjCny3KAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPzGmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn34+S7STtbsN8ECjxieTjo7y66xrNjgqwtibns8mUM2WkLWqzz/nb9uHL&#10;DWfohSmEtkbl/KSQ360/f1q1LlNzW1ldKGAUxGDWupxX3rssSVBWqhE4sU4ZcpYWGuFpC/ukANFS&#10;9EYn8+k0TVoLhQMrFSKdbnonX8f4Zamk/1GWqDzTOafafFwhrruwJuuVyPYgXFXLoQzxD1U0ojaU&#10;9BxqI7xgB6j/CtXUEiza0k+kbRJblrVUkQOxmU0/sHmthFORCzUH3blN+P/CyufjC7C6yPmC2mNE&#10;Qxo9Du2gE2pP6zAj1Kt7gUAQ3ZOVv5AcyTtP2OCA6UpoApbosS72+nTuteo8k3SYLtLpLKWcknyz&#10;+TLmSkQ23pUH9I/Kxjji+IS+V6oYLVGNluzMaALpHZTWUWnPGSkNnJHSu15pJ3y4F4oLJmsvhYSz&#10;xh7V1kav/1A5lXbxanONShdfb2+WS85GloTtEWSENNSr3oipyb4mp02oYnmb3sQBQqvr4qHWOlSB&#10;sN/da2BHEcY3foEHRXgHc4B+I7DqcdE1wLQZdOqlCSLtbHEiyVsSOef4+yBAcaa/Gxqq8EBGA0Zj&#10;Nxrg9b2Nzyg2iHJuu58CHAvpc+5J2Wc7jqzIRtEC9TM23DT228Hbsg6KxhnqKxo2NOeR4PAmw0O6&#10;3kfU5c+x/gMAAP//AwBQSwMEFAAGAAgAAAAhACOeUHPeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8tOwzAQRfdI/IM1SOyoY4IoDXGqgHhI3ZHSRXdu7CYR9jiy3Tb8PdNV2c3VHN1HuZycZUcT&#10;4uBRgphlwAy2Xg/YSfhev989AYtJoVbWo5HwayIsq+urUhXan/DLHJvUMTLBWCgJfUpjwXlse+NU&#10;nPnRIP32PjiVSIaO66BOZO4sv8+yR+7UgJTQq9G89qb9aQ5OQh3WOdbNxmb7l4/52+dKbediJeXt&#10;zVQ/A0tmShcYzvWpOlTUaecPqCOzpEWeE0rHgiacASEeFsB2EigYeFXy/xOqPwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAjCny3KAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQAjnlBz3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="530A26D3" id="Graphic 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8/sCJJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SxGmNOMXQoMWA&#10;oivQDDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7dd41mR+WwBpPz2WTKmTISitrsc/5j+/jl&#10;ljP0whRCg1E5Pynk9+vPn1atzdQcKtCFcoyCGMxam/PKe5slCcpKNQInYJUhZwmuEZ62bp8UTrQU&#10;vdHJfDpNkxZcYR1IhUinm97J1zF+WSrpv5clKs90zqk2H1cX111Yk/VKZHsnbFXLoQzxD1U0ojaU&#10;9BxqI7xgB1f/FaqppQOE0k8kNAmUZS1V5EBsZtMPbN4qYVXkQs1Be24T/r+w8uX46lhd5HzBmREN&#10;SfQ0dGMRmtNazAjzZl9doIf2GeQvJEfyzhM2OGC60jUBS+RYFzt9OndadZ5JOkxv0uksJUEk+Wbz&#10;ZRQiEdl4Vx7QPymIccTxGX2vUzFaohot2ZnRdKR20FlHnT1npLPjjHTe9Tpb4cO9UFwwWXspJJw1&#10;cFRbiF7/oXIq7eLV5hqV3izubpdLzkaWhO0RZIQ01KveiKnJvianTahieZfexvFB0HXxWGsdqkC3&#10;3z1ox44iDG/8Ag+K8A5mHfqNwKrHRdcA02bQqZcmiLSD4kSCt6RxzvH3QTjFmf5maKTC8xgNNxq7&#10;0XBeP0B8RLFBlHPb/RTOspA+556UfYFxYEU2ihaon7HhpoGvBw9lHRSNM9RXNGxoyiPB4UWGZ3S9&#10;j6jLf2P9BwAA//8DAFBLAwQUAAYACAAAACEARobTf98AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVI7KjjpKI0xKkC4iF1RwqL7tx4mkTE48h22/D3OCtY3pmjO2eKzWQGdkbn&#10;e0sSxCIBhtRY3VMr4XP3evcAzAdFWg2WUMIPetiU11eFyrW90Aee69CyWEI+VxK6EMacc990aJRf&#10;2BEp7o7WGRVidC3XTl1iuRl4miT33Kie4oVOjfjcYfNdn4yEyu0yquqvITk+va1e3rdqvxJbKW9v&#10;puoRWMAp/MEw60d1KKPTwZ5IezbELLIsohLSNAU2A0Is18AO82QJvCz4/xfKXwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQA8/sCJJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBGhtN/3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
-          <w:sz w:val="15"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71F291BE" wp14:editId="01CE154C">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48EFB295" wp14:editId="2EA2D652">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>271889</wp:posOffset>
+                  <wp:posOffset>285619</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="31" name="Graphic 31"/>
+                <wp:docPr id="6" name="Graphic 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3829,219 +3273,151 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="03E6DD26" id="Graphic 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:21.4pt;width:500.8pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFq7+YKQIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPzGmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn34+S7STtbsN8ECjxieTjo7y66xrNjsphDSbns8mUM2UkFLXZ5/xt+/Dl&#10;hjP0whRCg1E5Pynkd+vPn1atzdQcKtCFcoyCGMxam/PKe5slCcpKNQInYJUhZwmuEZ62bp8UTrQU&#10;vdHJfDpNkxZcYR1IhUinm97J1zF+WSrpf5QlKs90zqk2H1cX111Yk/VKZHsnbFXLoQzxD1U0ojaU&#10;9BxqI7xgB1f/FaqppQOE0k8kNAmUZS1V5EBsZtMPbF4rYVXkQs1Be24T/r+w8vn44lhd5Hwx48yI&#10;hjR6HNpBJ9Se1mJGqFf74gJBtE8gfyE5kneesMEB05WuCViix7rY69O516rzTNJhukins5QkkeSb&#10;zZdRikRk4115QP+oIMYRxyf0vVLFaIlqtGRnRtOR3kFpHZX2nJHSjjNSetcrbYUP90JxwWTtpZBw&#10;1sBRbSF6/YfKqbSLV5trVLr4enuzXHI2siRsjyAjpKFe9UZMTfY1OW1CFcvb9CYOEIKui4da61AF&#10;uv3uXjt2FGF84xd4UIR3MOvQbwRWPS66Bpg2g069NEGkHRQnkrwlkXOOvw/CKc70d0NDFR7IaLjR&#10;2I2G8/oe4jOKDaKc2+6ncJaF9Dn3pOwzjCMrslG0QP2MDTcNfDt4KOugaJyhvqJhQ3MeCQ5vMjyk&#10;631EXf4c6z8AAAD//wMAUEsDBBQABgAIAAAAIQCSD5F/3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtUjcqO2mohDiVAHxI/VG2h64ubGbRMTryHbb8PZsT3Cc2U+zM8VqcgM7&#10;2RB7jwrkTACz2HjTY6tgu3m7ewAWk0ajB49WwY+NsCqvrwqdG3/GT3uqU8soBGOuFXQpjTnnsems&#10;03HmR4t0O/jgdCIZWm6CPlO4G/hciHvudI/0odOjfels810fnYIqbDKs6t0gDs/vy9ePtf5ayrVS&#10;tzdT9QQs2Sn9wXCpT9WhpE57f0QT2UBaZhmhChZzmnABpFw8AtuTkwngZcH/Tyh/AQAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAMWrv5gpAgAAgQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJIPkX/fAAAACgEAAA8AAAAAAAAAAAAAAAAAgwQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="17819E1B" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVybcdJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0WNUmLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR4WuBpPz2WTKmTISitrsc/62ffiy&#10;5Mx5YQqhwaicn5Tjd+vPn1atzdQcKtCFQkZBjMtam/PKe5sliZOVaoSbgFWGnCVgIzxtcZ8UKFqK&#10;3uhkPp2mSQtYWASpnKPTTe/k6xi/LJX0P8rSKc90zqk2H1eM6y6syXolsj0KW9VyKEP8QxWNqA0l&#10;PYfaCC/YAeu/QjW1RHBQ+omEJoGyrKWKHIjNbPqBzWslrIpcqDnOntvk/l9Y+Xx8QVYXOU85M6Ih&#10;iR6HbqShOa11GWFe7QsGes4+gfzlyJG884SNGzBdiU3AEjnWxU6fzp1WnWeSDtObdDpLSRBJvtl8&#10;EYVIRDbelQfnHxXEOOL45HyvUzFaohot2ZnRRFI76Kyjzp4z0hk5I513vc5W+HAvFBdM1l4KCWcN&#10;HNUWotd/qJxKu3i1uUalN19vl4sFZyNLwvYIMkIa6lVvxNRkX5PTJlSxuE2XcXwc6Lp4qLUOVTjc&#10;7+41sqMIwxu/wIMivINZdH4jXNXjomuAaTPo1EsTRNpBcSLBW9I45+73QaDiTH83NFLheYwGjsZu&#10;NNDre4iPKDaIcm67nwItC+lz7knZZxgHVmSjaIH6GRtuGvh28FDWQdE4Q31Fw4amPBIcXmR4Rtf7&#10;iLr8N9Z/AAAA//8DAFBLAwQUAAYACAAAACEA5MT4Rd8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VI3KjjptAS4lQBAZV6I6UHbm68TSLsdRS7bfh7nBMcZ/ZpdiZfj9awMw6+&#10;cyRBzBJgSLXTHTUSPndvdytgPijSyjhCCT/oYV1cX+Uq0+5CH3iuQsNiCPlMSWhD6DPOfd2iVX7m&#10;eqR4O7rBqhDl0HA9qEsMt4bPk+SBW9VR/NCqHl9arL+rk5VQDruUympvkuPz+/J1s1VfS7GV8vZm&#10;LJ+ABRzDHwxT/Vgditjp4E6kPTNRizSNqITFfdw0AUIsHoEdJmcOvMj5/wnFLwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCVybcdJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDkxPhF3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14A36875" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BEAFFDB" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
         <w:spacing w:before="8"/>
-        <w:ind w:left="23" w:right="50"/>
+        <w:ind w:left="23" w:right="54"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...78 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>город/село)</w:t>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61666CF7" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A13AE0B" wp14:editId="4008C6FF">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3804D99D" wp14:editId="2D1D1D00">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>141830</wp:posOffset>
+                  <wp:posOffset>140458</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="32" name="Graphic 32"/>
+                <wp:docPr id="7" name="Graphic 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -4050,79 +3426,140 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="30586EE2" id="Graphic 32" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvSfvoKQIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPzGmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn34+S7STtbsN8ECjxieTjo7y66xrNjgqwtibns8mUM2WkLWqzz/nb9uHL&#10;DWfohSmEtkbl/KSQ360/f1q1LlNzW1ldKGAUxGDWupxX3rssSVBWqhE4sU4ZcpYWGuFpC/ukANFS&#10;9EYn8+k0TVoLhQMrFSKdbnonX8f4Zamk/1GWqDzTOafafFwhrruwJuuVyPYgXFXLoQzxD1U0ojaU&#10;9BxqI7xgB6j/CtXUEiza0k+kbRJblrVUkQOxmU0/sHmthFORCzUH3blN+P/CyufjC7C6yPlizpkR&#10;DWn0OLSDTqg9rcOMUK/uBQJBdE9W/kJyJO88YYMDpiuhCViix7rY69O516rzTNJhukins5QkkeSb&#10;zZdRikRk4115QP+obIwjjk/oe6WK0RLVaMnOjCaQ3kFpHZX2nJHSwBkpveuVdsKHe6G4YLL2Ukg4&#10;a+xRbW30+g+VU2kXrzbXqHTx9fZmueRsZEnYHkFGSEO96o2YmuxrctqEKpa36U0cILS6Lh5qrUMV&#10;CPvdvQZ2FGF84xd4UIR3MAfoNwKrHhddA0ybQademiDSzhYnkrwlkXOOvw8CFGf6u6GhCg9kNGA0&#10;dqMBXt/b+IxigyjntvspwLGQPueelH2248iKbBQtUD9jw01jvx28LeugaJyhvqJhQ3MeCQ5vMjyk&#10;631EXf4c6z8AAAD//wMAUEsDBBQABgAIAAAAIQABEcEo3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtUjcqOMEKIQ4VUD8SL2R0kNvbuImEfY6st02vD2bE5xWszua/aZYTdaw&#10;k/ZhcChBLBJgGhvXDthJ+Nq83TwAC1Fhq4xDLeFHB1iVlxeFylt3xk99qmPHKARDriT0MY4556Hp&#10;tVVh4UaNdDs4b1Uk6TveenWmcGt4miT33KoB6UOvRv3S6+a7PloJld9kWNVbkxye35evH2u1W4q1&#10;lNdXU/UELOop/plhxid0KIlp747YBmZIiywjq4Q0pTkbhLh9BLafN3fAy4L/r1D+AgAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAO9J++gpAgAAgQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAAAAAAAAAAAAAAAAgwQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="26697931" id="Graphic 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.05pt;width:500.8pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyJGVuJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR+WwBpPz2WTKmTISitrsc/62ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6H2WJyjOdc6rNx9XFdRfWZL0S2d4JW9VyKEP8QxWNqA0l&#10;PYfaCC/YwdV/hWpq6QCh9BMJTQJlWUsVORCb2fQDm9dKWBW5UHPQntuE/y+sfD6+OFYXOV9wZkRD&#10;Ej0O3ViE5rQWM8K82hcX6KF9AvkLyZG884QNDpiudE3AEjnWxU6fzp1WnWeSDtObdDpLSRBJvtl8&#10;EYVIRDbelQf0jwpiHHF8Qt/rVIyWqEZLdmY0HakddNZRZ88Z6ew4I513vc5W+HAvFBdM1l4KCWcN&#10;HNUWotd/qJxKu3i1uUalN19vlwvq3siSsD2CjJCGetUbMTXZ1+S0CVUsbtNlHB8EXRcPtdahCnT7&#10;3b127CjC8MYv8KAI72DWod8IrHpcdA0wbQademmCSDsoTiR4SxrnHH8fhFOc6e+GRio8j9Fwo7Eb&#10;Def1PcRHFBtEObfdT+EsC+lz7knZZxgHVmSjaIH6GRtuGvh28FDWQdE4Q31Fw4amPBIcXmR4Rtf7&#10;iLr8N9Z/AAAA//8DAFBLAwQUAAYACAAAACEAbTKMb94AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVI7KjjBFEa4lQB8ZC6I6ULdtPYTSLicWS7bfh7nFVZ3pmjO2eK9WQGdtLO&#10;95YkiEUCTFNjVU+thK/t290jMB+QFA6WtIRf7WFdXl8VmCt7pk99qkPLYgn5HCV0IYw5577ptEG/&#10;sKOmuDtYZzDE6FquHJ5juRl4miQP3GBP8UKHo37pdPNTH42Eym0zqurdkBye35evHxv8XoqNlLc3&#10;U/UELOgpXGCY9aM6lNFpb4+kPBtiFlkWUQlpKoDNgBD3K2D7eZIBLwv+/4XyDwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPIkZW4nAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAG0yjG/eAAAACgEAAA8AAAAAAAAAAAAAAAAAgQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="23" w:right="56"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(нақты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>тұрғылықты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2BC6FDCE" wp14:editId="0C038129">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50EE4EFB" wp14:editId="6158E60C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>288134</wp:posOffset>
+                  <wp:posOffset>140839</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="33" name="Graphic 33"/>
+                <wp:docPr id="8" name="Graphic 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -4131,602 +3568,284 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="401B4591" id="Graphic 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJ6DjHKQIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPzGmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn34+S7STtbsN8ECjxieTjo7y66xrNjsphDSbns8mUM2UkFLXZ5/xt+/Dl&#10;hjP0whRCg1E5Pynkd+vPn1atzdQcKtCFcoyCGMxam/PKe5slCcpKNQInYJUhZwmuEZ62bp8UTrQU&#10;vdHJfDpNkxZcYR1IhUinm97J1zF+WSrpf5QlKs90zqk2H1cX111Yk/VKZHsnbFXLoQzxD1U0ojaU&#10;9BxqI7xgB1f/FaqppQOE0k8kNAmUZS1V5EBsZtMPbF4rYVXkQs1Be24T/r+w8vn44lhd5Hyx4MyI&#10;hjR6HNpBJ9Se1mJGqFf74gJBtE8gfyE5kneesMEB05WuCViix7rY69O516rzTNJhukins5QkkeSb&#10;zZdRikRk4115QP+oIMYRxyf0vVLFaIlqtGRnRtOR3kFpHZX2nJHSjjNSetcrbYUP90JxwWTtpZBw&#10;1sBRbSF6/YfKqbSLV5trVLr4enuzXHI2siRsjyAjpKFe9UZMTfY1OW1CFcvb9CYOEIKui4da61AF&#10;uv3uXjt2FGF84xd4UIR3MOvQbwRWPS66Bpg2g069NEGkHRQnkrwlkXOOvw/CKc70d0NDFR7IaLjR&#10;2I2G8/oe4jOKDaKc2+6ncJaF9Dn3pOwzjCMrslG0QP2MDTcNfDt4KOugaJyhvqJhQ3MeCQ5vMjyk&#10;631EXf4c6z8AAAD//wMAUEsDBBQABgAIAAAAIQC5n8PC3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwDIbvSLxDZCRuLA0tG5SmU0HApN3o4MAta7y2InGqJtvK25Oe4Pjbn35/LtaTNeyE&#10;o+8dSRCLBBhS43RPrYSP3evNPTAfFGllHKGEH/SwLi8vCpVrd6Z3PNWhZbGEfK4kdCEMOee+6dAq&#10;v3ADUtwd3GhViHFsuR7VOZZbw2+TZMmt6ile6NSAzx023/XRSqjGXUpV/WmSw9Pb6mWzVV8rsZXy&#10;+mqqHoEFnMIfDLN+VIcyOu3dkbRnJmaRphGVkN1lwGZAiOwB2H6eLIGXBf//QvkLAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEACeg4xykCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAuZ/Dwt4AAAAKAQAADwAAAAAAAAAAAAAAAACDBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="795DC1A0" id="Graphic 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8x13GJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR+WwBpPz2WTKmTISitrsc/62ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6H2WJyjOdc6rNx9XFdRfWZL0S2d4JW9VyKEP8QxWNqA0l&#10;PYfaCC/YwdV/hWpq6QCh9BMJTQJlWUsVORCb2fQDm9dKWBW5UHPQntuE/y+sfD6+OFYXOSehjGhI&#10;osehG8vQnNZiRphX++ICPbRPIH8hOZJ3nrDBAdOVrglYIse62OnTudOq80zSYXqTTmcpCSLJN5sv&#10;ohCJyMa78oD+UUGMI45P6HuditES1WjJzoymI7WDzjrq7DkjnR1npPOu19kKH+6F4oLJ2ksh4ayB&#10;o9pC9PoPlVNpF68216j05uvtcrHgbGRJ2B5BRkhDveqNmJrsa3LahCoWt+kyjg+CrouHWutQBbr9&#10;7l47dhRheOMXeFCEdzDr0G8EVj0uugaYNoNOvTRBpB0UJxK8JY1zjr8PwinO9HdDIxWex2i40diN&#10;hvP6HuIjig2inNvup3CWhfQ596TsM4wDK7JRtED9jA03DXw7eCjroGicob6iYUNTHgkOLzI8o+t9&#10;RF3+G+s/AAAA//8DAFBLAwQUAAYACAAAACEARobTf98AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVI7KjjpKI0xKkC4iF1RwqL7tx4mkTE48h22/D3OCtY3pmjO2eKzWQGdkbn&#10;e0sSxCIBhtRY3VMr4XP3evcAzAdFWg2WUMIPetiU11eFyrW90Aee69CyWEI+VxK6EMacc990aJRf&#10;2BEp7o7WGRVidC3XTl1iuRl4miT33Kie4oVOjfjcYfNdn4yEyu0yquqvITk+va1e3rdqvxJbKW9v&#10;puoRWMAp/MEw60d1KKPTwZ5IezbELLIsohLSNAU2A0Is18AO82QJvCz4/xfKXwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQA8x13GJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBGhtN/3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="135C2C5A" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...3 lines deleted...]
-          <w:sz w:val="17"/>
+        <w:spacing w:before="215"/>
+        <w:ind w:left="23" w:right="54"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...135 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9383"/>
+        </w:tabs>
+        <w:spacing w:before="88"/>
+        <w:ind w:right="113"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="134"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="24"/>
+        <w:ind w:right="171"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>бос/уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="56"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="54"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="56"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="57"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="58"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="57"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жіберуіңізді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="54"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сведения:</w:t>
+        <w:t>сұраймын</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CF41343" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
         <w:spacing w:before="6"/>
-        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...353 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D7EB3A5" wp14:editId="00BEB22A">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A7E45A9" wp14:editId="49431C11">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>137934</wp:posOffset>
+                  <wp:posOffset>141775</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="34" name="Graphic 34"/>
+                <wp:docPr id="9" name="Graphic 9"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -4735,965 +3854,80 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="299ABB84" id="Graphic 34" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7jXIIKQIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5yPzUmNOMXQoMWA&#10;oivQDDsrshwbk0VNVGL334+S7STtbsN8ECjxieTjo7y+7RrNTsphDSbns8mUM2UkFLU55PzH7v7T&#10;ijP0whRCg1E5f1XIbzcfP6xbm6k5VKAL5RgFMZi1NueV9zZLEpSVagROwCpDzhJcIzxt3SEpnGgp&#10;eqOT+XSaJi24wjqQCpFOt72Tb2L8slTSfy9LVJ7pnFNtPq4urvuwJpu1yA5O2KqWQxniH6poRG0o&#10;6TnUVnjBjq7+K1RTSwcIpZ9IaBIoy1qqyIHYzKbv2LxUwqrIhZqD9twm/H9h5dPp2bG6yPniM2dG&#10;NKTRw9AOOqH2tBYzQr3YZxcIon0E+QvJkbzxhA0OmK50TcASPdbFXr+ee606zyQdpot0OktJEkm+&#10;2XwZpUhENt6VR/QPCmIccXpE3ytVjJaoRkt2ZjQd6R2U1lFpzxkp7Tgjpfe90lb4cC8UF0zWXgoJ&#10;Zw2c1A6i17+rnEq7eLW5RqWLLzer5ZKzkSVhewQZIQ31qjdiarKvyWkTqljepKs4QAi6Lu5rrUMV&#10;6A77O+3YSYTxjV/gQRHewKxDvxVY9bjoGmDaDDr10gSR9lC8kuQtiZxz/H0UTnGmvxkaqvBARsON&#10;xn40nNd3EJ9RbBDl3HU/hbMspM+5J2WfYBxZkY2iBepnbLhp4OvRQ1kHReMM9RUNG5rzSHB4k+Eh&#10;Xe8j6vLn2PwBAAD//wMAUEsDBBQABgAIAAAAIQB0GhpE3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwDIbvSLxDZCRuLM2KKCtNp4JgSLvRwYGb12RtReNUSbaVt196guNvf/r9uVhPZmAn&#10;7XxvSYJYJMA0NVb11Er43L3dPQLzAUnhYElL+NUe1uX1VYG5smf60Kc6tCyWkM9RQhfCmHPum04b&#10;9As7aoq7g3UGQ4yu5crhOZabgS+T5IEb7Cle6HDUL51ufuqjkVC5XUpV/TUkh+dN9vq+xe9MbKW8&#10;vZmqJ2BBT+EPhlk/qkMZnfb2SMqzIWaRphGVsBQZsBkQ4n4FbD9PVsDLgv9/obwAAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAu41yCCkCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAdBoaRN4AAAAKAQAADwAAAAAAAAAAAAAAAACDBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="43081769" id="Graphic 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbKo+1JwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzGmMOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/xt+/Dl&#10;ljP0whRCW6NyflLI79afP61al6m5rawuFDAKYjBrXc4r712WJCgr1QicWKcMOUsLjfC0hX1SgGgp&#10;eqOT+XSaJq2FwoGVCpFON72Tr2P8slTS/yhLVJ7pnFNtPq4Q111Yk/VKZHsQrqrlUIb4hyoaURtK&#10;eg61EV6wA9R/hWpqCRZt6SfSNokty1qqyIHYzKYf2LxWwqnIhZqD7twm/H9h5fPxBVhd5HzJmREN&#10;SfQ4dGMZmtM6zAjz6l4g0EP3ZOUvJEfyzhM2OGC6EpqAJXKsi50+nTutOs8kHaY36XSWkiCSfLP5&#10;IgqRiGy8Kw/oH5WNccTxCX2vUzFaohot2ZnRBFI76Kyjzp4z0hk4I513vc5O+HAvFBdM1l4KCWeN&#10;PaqtjV7/oXIq7eLV5hqV3nxd3i4WnI0sCdsjyAhpqFe9EVOTfU1Om1DFYpnexvFBq+viodY6VIGw&#10;391rYEcRhjd+gQdFeAdzgH4jsOpx0TXAtBl06qUJIu1scSLBW9I45/j7IEBxpr8bGqnwPEYDRmM3&#10;GuD1vY2PKDaIcm67nwIcC+lz7knZZzsOrMhG0QL1MzbcNPbbwduyDorGGeorGjY05ZHg8CLDM7re&#10;R9Tlv7H+AwAA//8DAFBLAwQUAAYACAAAACEAARHBKN8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KjjBCiEOFVA/Ei9kdJDb27iJhH2OrLdNrw9mxOcVrM7mv2mWE3WsJP2&#10;YXAoQSwSYBob1w7YSfjavN08AAtRYauMQy3hRwdYlZcXhcpbd8ZPfapjxygEQ64k9DGOOeeh6bVV&#10;YeFGjXQ7OG9VJOk73np1pnBreJok99yqAelDr0b90uvmuz5aCZXfZFjVW5Mcnt+Xrx9rtVuKtZTX&#10;V1P1BCzqKf6ZYcYndCiJae+O2AZmSIssI6uENKU5G4S4fQS2nzd3wMuC/69Q/gIAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBbKo+1JwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQABEcEo3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...489 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2EC5940E" wp14:editId="6CCDA9A9">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E989071" wp14:editId="2DEA17D8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>141684</wp:posOffset>
-[...397 lines deleted...]
-                  <wp:posOffset>137908</wp:posOffset>
+                  <wp:posOffset>288078</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="38" name="Graphic 38"/>
+                <wp:docPr id="10" name="Graphic 10"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -5702,78 +3936,289 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6B5FD718" id="Graphic 38" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251636736;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBSAxASKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPzGmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn34+S7STtbsN8ECjxieTjo7y66xrNjgqwtibns8mUM2WkLWqzz/nb9uHL&#10;DWfohSmEtkbl/KSQ360/f1q1LlNzW1ldKGAUxGDWupxX3rssSVBWqhE4sU4ZcpYWGuFpC/ukANFS&#10;9EYn8+k0TVoLhQMrFSKdbnonX8f4Zamk/1GWqDzTOafafFwhrruwJuuVyPYgXFXLoQzxD1U0ojaU&#10;9BxqI7xgB6j/CtXUEiza0k+kbRJblrVUkQOxmU0/sHmthFORCzUH3blN+P/CyufjC7C6yPmClDKi&#10;IY0eh3bQCbWndZgR6tW9QCCI7snKX0iO5J0nbHDAdCU0AUv0WBd7fTr3WnWeSTpMF+l0lpIkknyz&#10;+TJKkYhsvCsP6B+VjXHE8Ql9r1QxWqIaLdmZ0QTSOyito9KeM1IaOCOld73STvhwLxQXTNZeCgln&#10;jT2qrY1e/6FyKu3i1eYalS6+3t4sl5yNLAnbI8gIaahXvRFTk31NTptQxfI2vYkDhFbXxUOtdagC&#10;Yb+718COIoxv/AIPivAO5gD9RmDV46JrgGkz6NRLE0Ta2eJEkrckcs7x90GA4kx/NzRU4YGMBozG&#10;bjTA63sbn1FsEOXcdj8FOBbS59yTss92HFmRjaIF6mdsuGnst4O3ZR0UjTPUVzRsaM4jweFNhod0&#10;vY+oy59j/QcAAP//AwBQSwMEFAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJG4szYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCft&#10;fG9JglgkwDQ1VvXUSvjcvd09AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0&#10;CztqiruDdQZDjK7lyuE5lpuBL5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9&#10;maonYEFP4Q+GWT+qQxmd9vZIyrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBSAxASKAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="3231DB13" id="Graphic 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7A/ElKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/xt+/Bl&#10;yRl6YQqhrVE5Pynkd+vPn1aty9TcVlYXChgFMZi1LueV9y5LEpSVagROrFOGnKWFRnjawj4pQLQU&#10;vdHJfDpNk9ZC4cBKhUinm97J1zF+WSrpf5QlKs90zqk2H1eI6y6syXolsj0IV9VyKEP8QxWNqA0l&#10;PYfaCC/YAeq/QjW1BIu29BNpm8SWZS1V5EBsZtMPbF4r4VTkQs1Bd24T/r+w8vn4AqwuSDtqjxEN&#10;afQ4tINOqD2tw4xQr+4FAkF0T1b+QnIk7zxhgwOmK6EJWKLHutjr07nXqvNM0mF6k05nKeWU5JvN&#10;FzFXIrLxrjygf1Q2xhHHJ/S9UsVoiWq0ZGdGE0jvoLSOSnvOSGngjJTe9Uo74cO9UFwwWXspJJw1&#10;9qi2Nnr9h8qptItXm2tUevP1drlYcDayJGyPICOkoV71RkxN9jU5bUIVi9t0GQcIra6Lh1rrUAXC&#10;fnevgR1FGN/4BR4U4R3MAfqNwKrHRdcA02bQqZcmiLSzxYkkb0nknOPvgwDFmf5uaKjCAxkNGI3d&#10;aIDX9zY+o9ggyrntfgpwLKTPuSdln+04siIbRQvUz9hw09hvB2/LOigaZ6ivaNjQnEeCw5sMD+l6&#10;H1GXP8f6DwAAAP//AwBQSwMEFAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJG4sDS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj&#10;7x1JEIsEGFLjdE+thI/d6809MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/&#10;cANS3B3caFWIcWy5HtU5llvDb5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6&#10;aqoegQWcwh8Ms35UhzI67d2RtGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQD7A/ElKAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="23" w:right="61"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="849"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251680768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3FE85AF6" wp14:editId="4FF66370">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08A17650" wp14:editId="3544A16C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>284212</wp:posOffset>
+                  <wp:posOffset>142060</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="39" name="Graphic 39"/>
+                <wp:docPr id="11" name="Graphic 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -5782,78 +4227,80 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2A23E181" id="Graphic 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.4pt;width:500.8pt;height:.1pt;z-index:-251635712;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC0otM9KQIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPLB9GnGJo0GJA&#10;0RVoip0VWY6NyZJGKrHz70fJdpJ2t2E+CJT4RPLxUV7ftbVmJwVYWZPxyWjMmTLS5pU5ZPxt9/Bl&#10;yRl6YXKhrVEZPyvkd5vPn9aNS9XUllbnChgFMZg2LuOl9y5NEpSlqgWOrFOGnIWFWnjawiHJQTQU&#10;vdbJdDyeJ42F3IGVCpFOt52Tb2L8olDS/ygKVJ7pjFNtPq4Q131Yk81apAcQrqxkX4b4hypqURlK&#10;egm1FV6wI1R/haorCRZt4UfS1oktikqqyIHYTMYf2LyWwqnIhZqD7tIm/H9h5fPpBViVZ3y24syI&#10;mjR67NtBJ9SexmFKqFf3AoEguicrfyE5kneesMEe0xZQByzRY23s9fnSa9V6JulwPpuPJ3OSRJJv&#10;Ml1EKRKRDnflEf2jsjGOOD2h75TKB0uUgyVbM5hAegeldVTac0ZKA2ek9L5T2gkf7oXigsmaayHh&#10;rLYntbPR6z9UTqVdvdrcouazr6vlYsHZwJKwHYKMkIZ61RkxNdm35LQJVSxW82UcILS6yh8qrUMV&#10;CIf9vQZ2EmF84xd4UIR3MAfotwLLDhddPUybXqdOmiDS3uZnkrwhkTOOv48CFGf6u6GhCg9kMGAw&#10;9oMBXt/b+Ixigyjnrv0pwLGQPuOelH22w8iKdBAtUL9gw01jvx29LaqgaJyhrqJ+Q3MeCfZvMjyk&#10;231EXf8cmz8AAAD//wMAUEsDBBQABgAIAAAAIQCJkmJg3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtUjcqB0SKIQ4VUD8SL2RwoGbG7tJhL2ObLcNb8/2BMeZ/TQ7U61mZ9nB&#10;hDh6lJAtBDCDndcj9hI+Ni9Xd8BiUqiV9Wgk/JgIq/r8rFKl9kd8N4c29YxCMJZKwpDSVHIeu8E4&#10;FRd+Mki3nQ9OJZKh5zqoI4U7y6+FuOVOjUgfBjWZp8F03+3eSWjCJsem/bRi9/i6fH5bq69ltpby&#10;8mJuHoAlM6c/GE71qTrU1Gnr96gjs6SzPCdUQlHQhBOQZcU9sC05NwJ4XfH/E+pfAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhALSi0z0pAgAAgQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAImSYmDfAAAACgEAAA8AAAAAAAAAAAAAAAAAgwQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="2B1E6D36" id="Graphic 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.2pt;width:500.8pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdojIKKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0WNUmLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR4WuBpPz2WTKmTISitrsc/62ffiy&#10;5Mx5YQqhwaicn5Tjd+vPn1atzdQcKtCFQkZBjMtam/PKe5sliZOVaoSbgFWGnCVgIzxtcZ8UKFqK&#10;3uhkPp2mSQtYWASpnKPTTe/k6xi/LJX0P8rSKc90zqk2H1eM6y6syXolsj0KW9VyKEP8QxWNqA0l&#10;PYfaCC/YAeu/QjW1RHBQ+omEJoGyrKWKHIjNbPqBzWslrIpcqDnOntvk/l9Y+Xx8QVYXpN2MMyMa&#10;0uhxaAedUHta6zJCvdoXDASdfQL5y5EjeecJGzdguhKbgCV6rIu9Pp17rTrPJB2mN+l0lpIkknyz&#10;+SJKkYhsvCsPzj8qiHHE8cn5XqlitEQ1WrIzo4mkd1BaR6U9Z6Q0ckZK73qlrfDhXigumKy9FBLO&#10;GjiqLUSv/1A5lXbxanONSm++3i4XC85GloTtEWSENNSr3oipyb4mp02oYnGbLuMAOdB18VBrHapw&#10;uN/da2RHEcY3foEHRXgHs+j8Rriqx0XXANNm0KmXJoi0g+JEkrckcs7d74NAxZn+bmiowgMZDRyN&#10;3Wig1/cQn1FsEOXcdj8FWhbS59yTss8wjqzIRtEC9TM23DTw7eChrIOicYb6ioYNzXkkOLzJ8JCu&#10;9xF1+XOs/wAAAP//AwBQSwMEFAAGAAgAAAAhAHf+pb/fAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8tOwzAQRfdI/IM1SOyo46RqIcSpAuIhdUcKC3bTxE0i7HFku234e5xVWd6Zoztnis1kNDsp&#10;5wdLEsQiAaaose1AnYTP3evdPTAfkFrUlpSEX+VhU15fFZi39kwf6lSHjsUS8jlK6EMYc8590yuD&#10;fmFHRXF3sM5giNF1vHV4juVG8zRJVtzgQPFCj6N67lXzUx+NhMrtMqrqL50cnt7WL+9b/F6LrZS3&#10;N1P1CCyoKVxgmPWjOpTRaW+P1HqmYxZZFlEJaboENgNCLB+A7efJCnhZ8P8vlH8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAHaIyCigCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAd/6lv98AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A5191E2" wp14:editId="66566EE7">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="24F17537" wp14:editId="5E2A95AC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>430516</wp:posOffset>
+                  <wp:posOffset>286840</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="40" name="Graphic 40"/>
+                <wp:docPr id="12" name="Graphic 12"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -5862,11491 +4309,15429 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7CA65594" id="Graphic 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:33.9pt;width:500.8pt;height:.1pt;z-index:-251634688;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDmktySKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07SzUmNOMXQoMWA&#10;oivQDDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/zH9uHT&#10;kjP0whRCW6NyflLI79YfP6xal6m5rawuFDAKYjBrXc4r712WJCgr1QicWKcMOUsLjfC0hX1SgGgp&#10;eqOT+XSaJq2FwoGVCpFON72Tr2P8slTSfy9LVJ7pnFNtPq4Q111Yk/VKZHsQrqrlUIb4hyoaURtK&#10;eg61EV6wA9R/hWpqCRZt6SfSNokty1qqyIHYzKbv2LxWwqnIhZqD7twm/H9h5fPxBVhd5PwztceI&#10;hjR6HNpBJ9Se1mFGqFf3AoEguicrfyE5kjeesMEB05XQBCzRY13s9enca9V5JukwvUmns5RySvLN&#10;5ouYKxHZeFce0D8qG+OI4xP6XqlitEQ1WrIzowmkd1BaR6U9Z6Q0cEZK73qlnfDhXigumKy9FBLO&#10;GntUWxu9/l3lVNrFq801Kr35crtcLDgbWRK2R5AR0lCveiOmJvuanDahisVtuowDhFbXxUOtdagC&#10;Yb+718COIoxv/AIPivAG5gD9RmDV46JrgGkz6NRLE0Ta2eJEkrckcs7x90GA4kx/MzRU4YGMBozG&#10;bjTA63sbn1FsEOXcdj8FOBbS59yTss92HFmRjaIF6mdsuGns14O3ZR0UjTPUVzRsaM4jweFNhod0&#10;vY+oy59j/QcAAP//AwBQSwMEFAAGAAgAAAAhAGyCDeLfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyobYKaEuJUAfEj9UYKB25u7CYR9jqK3Ta8PdsTHGf20+xMuZ69Y0c7&#10;xSGgArkQwCy2wQzYKfjYvtysgMWk0WgX0Cr4sRHW1eVFqQsTTvhuj03qGIVgLLSCPqWx4Dy2vfU6&#10;LsJokW77MHmdSE4dN5M+Ubh3/FaIJfd6QPrQ69E+9bb9bg5eQT1tM6ybTyf2j6/589tGf+Vyo9T1&#10;1Vw/AEt2Tn8wnOtTdaio0y4c0ETmSMssI1TBMqcJZ0DKu3tgO3JWAnhV8v8Tql8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA5pLckigCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAbIIN4t8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="0EB3ED74" id="Graphic 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.6pt;width:500.8pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3QHZ6KAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR+WwBpPz2WTKmTISitrsc/62ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6H2WJyjOdc6rNx9XFdRfWZL0S2d4JW9VyKEP8QxWNqA0l&#10;PYfaCC/YwdV/hWpq6QCh9BMJTQJlWUsVORCb2fQDm9dKWBW5UHPQntuE/y+sfD6+OFYXpN2cMyMa&#10;0uhxaAedUHtaixmhXu2LCwTRPoH8heRI3nnCBgdMV7omYIke62KvT+deq84zSYfpTTqdpSSJJN9s&#10;vohSJCIb78oD+kcFMY44PqHvlSpGS1SjJTszmo70DkrrqLTnjJR2nJHSu15pK3y4F4oLJmsvhYSz&#10;Bo5qC9HrP1ROpV282lyj0puvt8vFgrORJWF7BBkhDfWqN2Jqsq/JaROqWNymyzhACLouHmqtQxXo&#10;9rt77dhRhPGNX+BBEd7BrEO/EVj1uOgaYNoMOvXSBJF2UJxI8pZEzjn+PginONPfDQ1VeCCj4UZj&#10;NxrO63uIzyg2iHJuu5/CWRbS59yTss8wjqzIRtEC9TM23DTw7eChrIOicYb6ioYNzXkkOLzJ8JCu&#10;9xF1+XOs/wAAAP//AwBQSwMEFAAGAAgAAAAhAIjntQLeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJG4szVoYlKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj&#10;7x1JEIsEGFLjdE+thI/d6809MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/&#10;cANS3B3caFWIcWy5HtU5llvDl0lyx63qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6&#10;aqoegQWcwh8Ms35UhzI67d2RtGcmZpGmEZWQ3S6BzYAQ2QOw/TzJgJcF//9C+QsAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQA3QHZ6KAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQCI57UC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7818543E" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-        <w:rPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5864D026" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:sz w:val="17"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="1871"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="121"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ӛзім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>мәліметтерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Білімі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кейінгі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E9224F0" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="145" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="2271"/>
+        <w:gridCol w:w="4537"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="609"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="609"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="739"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:before="112"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-          <w:spacing w:val="40"/>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:t>даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации. или без использования таких средств).</w:t>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(расталған)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>күні):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="379FCA94" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="2"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22BCC765" wp14:editId="3F3A3459">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>142065</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="13" name="Graphic 13"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="718C417E" id="Graphic 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.2pt;width:500.8pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bVVKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPzGmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn34+S7STtbsN8ECjxieTjo7y66xrNjgqwtibns8mUM2WkLWqzz/nb9uHL&#10;DWfohSmEtkbl/KSQ360/f1q1LlNzW1ldKGAUxGDWupxX3rssSVBWqhE4sU4ZcpYWGuFpC/ukANFS&#10;9EYn8+k0TVoLhQMrFSKdbnonX8f4Zamk/1GWqDzTOafafFwhrruwJuuVyPYgXFXLoQzxD1U0ojaU&#10;9BxqI7xgB6j/CtXUEiza0k+kbRJblrVUkQOxmU0/sHmthFORCzUH3blN+P/CyufjC7C6IO0WnBnR&#10;kEaPQzvohNrTOswI9epeIBBE92TlLyRH8s4TNjhguhKagCV6rIu9Pp17rTrPJB2mi3Q6S0kSSb7Z&#10;fBmlSEQ23pUH9I/Kxjji+IS+V6oYLVGNluzMaALpHZTWUWnPGSkNnJHSu15pJ3y4F4oLJmsvhYSz&#10;xh7V1kav/1A5lXbxanONShdfb2+WS85GloTtEWSENNSr3oipyb4mp02oYnmb3sQBQqvr4qHWOlSB&#10;sN/da2BHEcY3foEHRXgHc4B+I7DqcdE1wLQZdOqlCSLtbHEiyVsSOef4+yBAcaa/Gxqq8EBGA0Zj&#10;Nxrg9b2Nzyg2iHJuu58CHAvpc+5J2Wc7jqzIRtEC9TM23DT228Hbsg6KxhnqKxo2NOeR4PAmw0O6&#10;3kfU5c+x/gMAAP//AwBQSwMEFAAGAAgAAAAhAHf+pb/fAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8tOwzAQRfdI/IM1SOyo46RqIcSpAuIhdUcKC3bTxE0i7HFku234e5xVWd6Zoztnis1kNDsp&#10;5wdLEsQiAaaose1AnYTP3evdPTAfkFrUlpSEX+VhU15fFZi39kwf6lSHjsUS8jlK6EMYc8590yuD&#10;fmFHRXF3sM5giNF1vHV4juVG8zRJVtzgQPFCj6N67lXzUx+NhMrtMqrqL50cnt7WL+9b/F6LrZS3&#10;N1P1CCyoKVxgmPWjOpTRaW+P1HqmYxZZFlEJaboENgNCLB+A7efJCnhZ8P8vlH8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA0eG1VSgCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAd/6lv98AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="082B5CDF" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-          <w:spacing w:val="-9"/>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
-        </w:rPr>
-        <w:t>(подпись)</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ӛтілі:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="029686F8" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...2 lines deleted...]
-          <w:sz w:val="22"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63C49529" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="85" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1196"/>
+        <w:gridCol w:w="1561"/>
+        <w:gridCol w:w="1558"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="2725"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
+        <w:trPr>
+          <w:trHeight w:val="719"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="14"/>
+              <w:ind w:left="266"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="14"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="14" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="212" w:right="190" w:hanging="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ӛтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="9" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:left="281" w:right="272" w:hanging="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мамандығы бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(кәсіпкерлік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">субъектілерінің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандары үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="9" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:left="115" w:right="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Осы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымында, оның ішінде атқаратын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="2"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Мынадай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36F71F30" wp14:editId="41743AA5">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>141562</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="14" name="Graphic 14"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2FD15815" id="Graphic 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBjhP+aKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07SzUmNOMXQoMWA&#10;oivQDDsrshwbk0WNUmLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR4WuBpPz2WTKmTISitrsc/5j+/Bp&#10;yZnzwhRCg1E5PynH79YfP6xam6k5VKALhYyCGJe1NueV9zZLEicr1Qg3AasMOUvARnja4j4pULQU&#10;vdHJfDpNkxawsAhSOUenm97J1zF+WSrpv5elU57pnFNtPq4Y111Yk/VKZHsUtqrlUIb4hyoaURtK&#10;eg61EV6wA9Z/hWpqieCg9BMJTQJlWUsVORCb2fQdm9dKWBW5UHOcPbfJ/b+w8vn4gqwuSLvPnBnR&#10;kEaPQzvohNrTWpcR6tW+YCDo7BPIX44cyRtP2LgB05XYBCzRY13s9enca9V5JukwvUmns5QkkeSb&#10;zRdRikRk4115cP5RQYwjjk/O90oVoyWq0ZKdGU0kvYPSOirtOSOlkTNSetcrbYUP90JxwWTtpZBw&#10;1sBRbSF6/bvKqbSLV5trVHrz5Xa5WHA2siRsjyAjpKFe9UZMTfY1OW1CFYvbdBkHyIGui4da61CF&#10;w/3uXiM7ijC+8Qs8KMIbmEXnN8JVPS66Bpg2g069NEGkHRQnkrwlkXPufh8EKs70N0NDFR7IaOBo&#10;7EYDvb6H+Ixigyjntvsp0LKQPueelH2GcWRFNooWqJ+x4aaBrwcPZR0UjTPUVzRsaM4jweFNhod0&#10;vY+oy59j/QcAAP//AwBQSwMEFAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyo4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT&#10;9mFwKEEsEmAaG9cO2En42rzdPAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1&#10;VWHhRo10OzhvVSTpO956daZwa3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU&#10;11dT9QQs6in+mWHGJ3QoiWnvjtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAY4T/migCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22FAAD5A" wp14:editId="05D90E45">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>287867</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="15" name="Graphic 15"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7DD0B1AE" id="Graphic 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.65pt;width:500.8pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFJTy1KAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1EmNOMXQoMWA&#10;oivQDDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7dd41mRwVYW5Pz2WTKmTLSFrXZ5/zH9vHL&#10;kjP0whRCW6NyflLI79efP61al6m5rawuFDAKYjBrXc4r712WJCgr1QicWKcMOUsLjfC0hX1SgGgp&#10;eqOT+XSaJq2FwoGVCpFON72Tr2P8slTSfy9LVJ7pnFNtPq4Q111Yk/VKZHsQrqrlUIb4hyoaURtK&#10;eg61EV6wA9R/hWpqCRZt6SfSNokty1qqyIHYzKYf2LxVwqnIhZqD7twm/H9h5cvxFVhdkHa3nBnR&#10;kEZPQzvohNrTOswI9eZeIRBE92zlLyRH8s4TNjhguhKagCV6rIu9Pp17rTrPJB2mN+l0lpIkknyz&#10;+SJKkYhsvCsP6J+UjXHE8Rl9r1QxWqIaLdmZ0QTSOyito9KeM1IaOCOld73STvhwLxQXTNZeCgln&#10;jT2qrY1e/6FyKu3i1eYald7c3i0XC85GloTtEWSENNSr3oipyb4mp02oYnGXLuMAodV18VhrHapA&#10;2O8eNLCjCOMbv8CDIryDOUC/EVj1uOgaYNoMOvXSBJF2tjiR5C2JnHP8fRCgONPfDA1VeCCjAaOx&#10;Gw3w+sHGZxQbRDm33U8BjoX0Ofek7IsdR1Zko2iB+hkbbhr79eBtWQdF4wz1FQ0bmvNIcHiT4SFd&#10;7yPq8udY/wEAAP//AwBQSwMEFAAGAAgAAAAhAM9wp1XfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SNyoY9LSEuJUAQGVeiOlB25uvE0i7HUUu234e5wTnFazO5p9k69Ha9gZ&#10;B985kiBmCTCk2umOGgmfu7e7FTAfFGllHKGEH/SwLq6vcpVpd6EPPFehYTGEfKYktCH0Gee+btEq&#10;P3M9Urwd3WBViHJouB7UJYZbw++T5IFb1VH80KoeX1qsv6uTlVAOu5TKam+S4/P78nWzVV9LsZXy&#10;9mYsn4AFHMOfGSb8iA5FZDq4E2nPTNQiTaNVwnwR52QQYv4I7DBtFsCLnP+vUPwCAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAhSU8tSgCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAz3CnVd8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="730525DC" wp14:editId="278A5CFD">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>434170</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="16" name="Graphic 16"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="0B24E939" id="Graphic 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:34.2pt;width:500.8pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCvx3jFKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0WNUmLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR4WuBpPz2WTKmTISitrsc/62ffiy&#10;5Mx5YQqhwaicn5Tjd+vPn1atzdQcKtCFQkZBjMtam/PKe5sliZOVaoSbgFWGnCVgIzxtcZ8UKFqK&#10;3uhkPp2mSQtYWASpnKPTTe/k6xi/LJX0P8rSKc90zqk2H1eM6y6syXolsj0KW9VyKEP8QxWNqA0l&#10;PYfaCC/YAeu/QjW1RHBQ+omEJoGyrKWKHIjNbPqBzWslrIpcqDnOntvk/l9Y+Xx8QVYXpF3KmREN&#10;afQ4tINOqD2tdRmhXu0LBoLOPoH85ciRvPOEjRswXYlNwBI91sVen869Vp1nkg7Tm3Q6S0kSSb7Z&#10;fBGlSEQ23pUH5x8VxDji+OR8r1QxWqIaLdmZ0UTSOyito9KeM1IaOSOld73SVvhwLxQXTNZeCgln&#10;DRzVFqLXf6icSrt4tblGpTdfb5eLBWcjS8L2CDJCGupVb8TUZF+T0yZUsbhNl3GAHOi6eKi1DlU4&#10;3O/uNbKjCOMbv8CDIryDWXR+I1zV46JrgGkz6NRLE0TaQXEiyVsSOefu90Gg4kx/NzRU4YGMBo7G&#10;bjTQ63uIzyg2iHJuu58CLQvpc+5J2WcYR1Zko2iB+hkbbhr4dvBQ1kHROEN9RcOG5jwSHN5keEjX&#10;+4i6/DnWfwAAAP//AwBQSwMEFAAGAAgAAAAhAAR1HWzfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8tOwzAQRfdI/IM1SOyoY1KlJcSpAuIhdUcKC3bT2E0i4nFku234e5xVWd6Zoztnis1kBnbS&#10;zveWJIhFAkxTY1VPrYTP3evdGpgPSAoHS1rCr/awKa+vCsyVPdOHPtWhZbGEfI4SuhDGnHPfdNqg&#10;X9hRU9wdrDMYYnQtVw7PsdwM/D5JMm6wp3ihw1E/d7r5qY9GQuV2KVX115Acnt5WL+9b/F6JrZS3&#10;N1P1CCzoKVxgmPWjOpTRaW+PpDwbYhZpGlEJ2XoJbAaEWD4A28+TDHhZ8P8vlH8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAr8d4xSgCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEABHUdbN8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="121" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Марапаттары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>атақтары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>атағы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>қосымша мәліметтер (бар болса):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="021E1754" wp14:editId="57719495">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>137654</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="17" name="Graphic 17"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3C10B5FE" id="Graphic 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJZrvqKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/xt+/Bl&#10;yRl6YQqhrVE5Pynkd+vPn1aty9TcVlYXChgFMZi1LueV9y5LEpSVagROrFOGnKWFRnjawj4pQLQU&#10;vdHJfDpNk9ZC4cBKhUinm97J1zF+WSrpf5QlKs90zqk2H1eI6y6syXolsj0IV9VyKEP8QxWNqA0l&#10;PYfaCC/YAeq/QjW1BIu29BNpm8SWZS1V5EBsZtMPbF4r4VTkQs1Bd24T/r+w8vn4AqwuSLsFZ0Y0&#10;pNHj0A46ofa0DjNCvboXCATRPVn5C8mRvPOEDQ6YroQmYIke62KvT+deq84zSYfpTTqdpSSJJN9s&#10;vohSJCIb78oD+kdlYxxxfELfK1WMlqhGS3ZmNIH0DkrrqLTnjJQGzkjpXa+0Ez7cC8UFk7WXQsJZ&#10;Y49qa6PXf6icSrt4tblGpTdfb5cLat/IkrA9goyQhnrVGzE12dfktAlVLG7TZRwgtLouHmqtQxUI&#10;+929BnYUYXzjF3hQhHcwB+g3AqseF10DTJtBp16aINLOFieSvCWRc46/DwIUZ/q7oaEKD2Q0YDR2&#10;owFe39v4jGKDKOe2+ynAsZA+556UfbbjyIpsFC1QP2PDTWO/Hbwt66BonKG+omFDcx4JDm8yPKTr&#10;fURd/hzrPwAAAP//AwBQSwMEFAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJG4szYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCft&#10;fG9JglgkwDQ1VvXUSvjcvd09AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0&#10;CztqiruDdQZDjK7lyuE5lpuBL5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9&#10;maonYEFP4Q+GWT+qQxmd9vZIyrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBJZrvqKAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B5DF245" wp14:editId="1E241F41">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>282434</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="18" name="Graphic 18"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="6DDA3F57" id="Graphic 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.25pt;width:500.8pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKCp2AKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/xt+/Bl&#10;yRl6YQqhrVE5Pynkd+vPn1aty9TcVlYXChgFMZi1LueV9y5LEpSVagROrFOGnKWFRnjawj4pQLQU&#10;vdHJfDpNk9ZC4cBKhUinm97J1zF+WSrpf5QlKs90zqk2H1eI6y6syXolsj0IV9VyKEP8QxWNqA0l&#10;PYfaCC/YAeq/QjW1BIu29BNpm8SWZS1V5EBsZtMPbF4r4VTkQs1Bd24T/r+w8vn4AqwuSDtSyoiG&#10;NHoc2kEn1J7WYUaoV/cCgSC6Jyt/ITmSd56wwQHTldAELNFjXez16dxr1Xkm6TC9SaezlCSR5JvN&#10;F1GKRGTjXXlA/6hsjCOOT+h7pYrREtVoyc6MJpDeQWkdlfackdLAGSm965V2wod7obhgsvZSSDhr&#10;7FFtbfT6D5VTaRevNteo9Obr7XKx4GxkSdgeQUZIQ73qjZia7Gty2oQqFrfpMg4QWl0XD7XWoQqE&#10;/e5eAzuKML7xCzwowjuYA/QbgVWPi64Bps2gUy9NEGlnixNJ3pLIOcffBwGKM/3d0FCFBzIaMBq7&#10;0QCv7218RrFBlHPb/RTgWEifc0/KPttxZEU2ihaon7HhprHfDt6WdVA0zlBf0bChOY8EhzcZHtL1&#10;PqIuf471HwAAAP//AwBQSwMEFAAGAAgAAAAhAFrOPn3eAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj01PhDAQhu8m/odmTLy5pYKiSNmg8SPZm6wevHXpLBDbKaHdXfz3lpMe35kn7zxTrmdr2BEn&#10;PziSIFYJMKTW6YE6CR/bl6s7YD4o0so4Qgk/6GFdnZ+VqtDuRO94bELHYgn5QknoQxgLzn3bo1V+&#10;5UakuNu7yaoQ49RxPalTLLeGXyfJLbdqoHihVyM+9dh+NwcroZ62KdXNp0n2j6/589tGfeViI+Xl&#10;xVw/AAs4hz8YFv2oDlV02rkDac9MzCJNIyohy26ALYAQ2T2w3TLJgVcl//9C9QsAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCKCp2AKAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBazj593gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6ACFC073" wp14:editId="3F16F2B0">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>428738</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6358890" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="19" name="Graphic 19"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6358890" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6358890">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6358669" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4FF4A1A0" id="Graphic 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:33.75pt;width:500.7pt;height:.1pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6358890,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD08fH+JgIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04yLE2MOMXQoMWA&#10;oivQDDsrshwLkyWNVGL370fJdpJ2t2E+CJT4RPLxUV7fdo1hJwWonS34bDLlTFnpSm0PBf+xu/+0&#10;5AyDsKUwzqqCvyrkt5uPH9atz9Xc1c6UChgFsZi3vuB1CD7PMpS1agROnFeWnJWDRgTawiErQbQU&#10;vTHZfDpdZK2D0oOTCpFOt72Tb1L8qlIyfK8qVIGZglNtIa2Q1n1cs81a5AcQvtZyKEP8QxWN0JaS&#10;nkNtRRDsCPqvUI2W4NBVYSJdk7mq0lIlDsRmNn3H5qUWXiUu1Bz05zbh/wsrn07PwHRJ2q04s6Ih&#10;jR6GdtAJtaf1mBPqxT9DJIj+0clfSI7sjSducMB0FTQRS/RYl3r9eu616gKTdLj4/GW5XJEkknyz&#10;+U2SIhP5eFceMTwol+KI0yOGXqlytEQ9WrKzowmkd1TaJKUDZ6Q0cEZK73ulvQjxXiwumqy9FBLP&#10;GndSO5e84V3lVNrFa+w1KlJZLKh9I0vC9ggyYhrqVW+k1GRfkzM2VnGzWizTAKEzurzXxsQqEA77&#10;OwPsJOL4pi/yoAhvYB4wbAXWPS65Bpixg069NFGkvStfSfKWRC44/j4KUJyZb5aGKj6Q0YDR2I8G&#10;BHPn0jNKDaKcu+6nAM9i+oIHUvbJjSMr8lG0SP2MjTet+3oMrtJR0TRDfUXDhuY8ERzeZHxI1/uE&#10;uvw5Nn8AAAD//wMAUEsDBBQABgAIAAAAIQAUWbKl3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/LTsMwEEX3SPyDNUjsqBMCDQpxKoTErgIa+AA3HuK09jiKnQd8Pc4Klnfm6M6ZcrdYwyYcfOdI&#10;QLpJgCE1TnXUCvj8eLl5AOaDJCWNIxTwjR521eVFKQvlZjrgVIeWxRLyhRSgQ+gLzn2j0Uq/cT1S&#10;3H25wcoQ49ByNcg5llvDb5Nky63sKF7Qssdnjc25Hq2AfFze3vXenM7z/kSH14zbn3oS4vpqeXoE&#10;FnAJfzCs+lEdquh0dCMpz0zMaZZFVMA2vwe2Aml6lwM7rpMceFXy/y9UvwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQD08fH+JgIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAUWbKl3QAAAAoBAAAPAAAAAAAAAAAAAAAAAIAEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;" path="m,l6358669,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="121" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="173"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«Дербес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>туралы»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ҚР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8-бабының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1-тармағына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>менің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес деректерімді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес деректерді ӛңдеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мақсаттарына сәйкес келетін кез келген заңды тәсілдермен (фото, видео, оның ішінде автоматтандыру құралдарын пайдалана отырып немесе мұндай құралдарды пайдаланбай дербес деректердің ақпараттық жүйелерінде пайдалану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>үшін) ӛңдеуге келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="937"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="3261"/>
+          <w:tab w:val="left" w:pos="10109"/>
         </w:tabs>
-        <w:ind w:left="203"/>
+        <w:spacing w:before="189"/>
+        <w:ind w:left="140"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мен келісемін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="4610"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(ТАӘ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болса))</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1054"/>
+          <w:tab w:val="left" w:pos="2642"/>
+          <w:tab w:val="left" w:pos="4651"/>
+        </w:tabs>
+        <w:ind w:left="140"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="80"/>
+          <w:w w:val="150"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...30 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="079B212A" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="7489"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="2"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="2"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1CE99206" wp14:editId="4793BE8E">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E692DF7" wp14:editId="54154960">
                 <wp:extent cx="1708785" cy="8890"/>
                 <wp:effectExtent l="9525" t="0" r="0" b="635"/>
-                <wp:docPr id="41" name="Group 41"/>
+                <wp:docPr id="20" name="Group 20"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1708785" cy="8890"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="1708785" cy="8890"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="42" name="Graphic 42"/>
+                        <wps:cNvPr id="21" name="Graphic 21"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="4416"/>
                             <a:ext cx="1708785" cy="1270"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="1708785">
                                 <a:moveTo>
                                   <a:pt x="0" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="1708396" y="0"/>
+                                  <a:pt x="1708659" y="0"/>
                                 </a:lnTo>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="8833">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="289D3972" id="Group 41" o:spid="_x0000_s1026" style="width:134.55pt;height:.7pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="17087,88" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4vT5VewIAALYFAAAOAAAAZHJzL2Uyb0RvYy54bWykVEtv2zAMvg/YfxB0X53XUteoUwzNWgwo&#10;2gLtsLMiyw9MljRKiZN/P4qOkzYtduh8MCiR4uP7SF5ebVvNNgp8Y03Ox2cjzpSRtmhMlfOfzzdf&#10;Us58EKYQ2hqV853y/Grx+dNl5zI1sbXVhQKGTozPOpfzOgSXJYmXtWqFP7NOGVSWFloR8AhVUoDo&#10;0Hurk8loNE86C4UDK5X3eLvslXxB/stSyfBQll4FpnOOuQX6A/1X8Z8sLkVWgXB1I/dpiA9k0YrG&#10;YNCDq6UIgq2heeOqbSRYb8twJm2b2LJspKIasJrx6KSaW7BrR7VUWVe5A0wI7QlOH3Yr7zePwJoi&#10;57MxZ0a0yBGFZXhGcDpXZWhzC+7JPUJfIYp3Vv72qE5O9fFcHY23JbTxERbKtoT67oC62gYm8XJ8&#10;PkrP06+cSdSl6cWeFFkjc28eyfr7v54lIutDUmKHRDqH3eWPAPr/A/CpFk4RLz6CMwA4OQLY99Ns&#10;0kNIVhE/AtRnfg/lu+jMZuN535bvAjSenBNAh0pFJtc+3CpLQIvNnQ99UxeDJOpBklsziICjEYdC&#10;01AEznAogDMcilUf3YkQ30X2osi6I1PxrrUb9WxJG05YwtSOWm1eWkWupxdzzoY2QNveAoUYBluq&#10;Fyg0yi+L0yZmkabTKc2at7opbhqtYxYeqtW1BrYRcdLpi3Wgh1dmDnxYCl/3dqTam2lD7TywE1tm&#10;ZYsdktvhesi5/7MWoDjTPwy2T9wlgwCDsBoECPra0sYhgDDm8/aXAMdi+JwHZPbeDl0ksoG0WPrB&#10;Nr409ts62LKJjGJHDxntD9jRJNFyQOnV9nl5Jqvjul38BQAA//8DAFBLAwQUAAYACAAAACEAhpJj&#10;utoAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm92katGYTSlFPRXBVhBv&#10;0+w0Cc3Ohuw2Sf+9oxe9PBje471v8uXkWjVQHxrPBtJZAoq49LbhysDH7uXmAVSIyBZbz2TgTAGW&#10;xeVFjpn1I7/TsI2VkhIOGRqoY+wyrUNZk8Mw8x2xeAffO4xy9pW2PY5S7lo9T5KFdtiwLNTY0bqm&#10;8rg9OQOvI46r2/R52BwP6/PX7v7tc5OSMddX0+oJVKQp/oXhB1/QoRCmvT+xDao1II/EXxVvvnhM&#10;Qe0ldAe6yPV/9uIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+L0+VXsCAAC2BQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAhpJjutoAAAADAQAA&#10;DwAAAAAAAAAAAAAAAADVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
-                <v:shape id="Graphic 42" o:spid="_x0000_s1027" style="position:absolute;top:44;width:17087;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1708785,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAKBCSfwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8ITeulkXu5StUaQg9mhVPD83z2Rx87Juoq7/3hQKHoeZ+YaZzgfXiiv1ofGsYJzlIIhr&#10;rxs2Cnbb5fsniBCRNbaeScGdAsxnry9TrLS/8S9dN9GIBOFQoQIbY1dJGWpLDkPmO+LkHX3vMCbZ&#10;G6l7vCW4a2WR56V02HBasNjRt6X6tLk4BU17PxxXB7e3Z/Nh/HpSXsrirNTbaFh8gYg0xGf4v/2j&#10;FUwK+PuSfoCcPQAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAKBCSfwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l1708396,e" filled="f" strokeweight=".24536mm">
+              <v:group w14:anchorId="57DD5B0C" id="Group 20" o:spid="_x0000_s1026" style="width:134.55pt;height:.7pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="17087,88" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASQ+9wewIAALYFAAAOAAAAZHJzL2Uyb0RvYy54bWykVEtv2zAMvg/YfxB0Xx2nL9eIUwzNWgwo&#10;ugLNsLMiyw9MljRKidN/P4qOkzYtduh8MCiR4uP7SM6ut51mGwW+tabg6cmEM2WkLVtTF/zn8vZL&#10;xpkPwpRCW6MK/qw8v55//jTrXa6mtrG6VMDQifF57wrehODyJPGyUZ3wJ9Ypg8rKQicCHqFOShA9&#10;eu90Mp1MLpLeQunASuU93i4GJZ+T/6pSMvyoKq8C0wXH3AL9gf6r+E/mM5HXIFzTyl0a4gNZdKI1&#10;GHTvaiGCYGto37jqWgnW2yqcSNsltqpaqagGrCadHFVzB3btqJY672u3hwmhPcLpw27lw+YRWFsW&#10;fIrwGNEhRxSW4RnB6V2do80duCf3CEOFKN5b+dujOjnWx3N9MN5W0MVHWCjbEurPe9TVNjCJl+nl&#10;JLvMzjmTqMuyqx0pskHm3jySzbd/PUtEPoSkxPaJ9A67yx8A9P8H4FMjnCJefARnBDA9ADj00zQd&#10;ICSriB8B6nO/g/JddM7O0ouhLd8FKJ1eEkD7SkUu1z7cKUtAi829D0NTl6MkmlGSWzOKgKMRh0LT&#10;UATOcCiAMxyK1RDdiRDfRfaiyPoDU/Gusxu1tKQNRyxhagetNi+tItcX51ecjW2AtoMFCjEMttQg&#10;UGiUXxanTcwiy05Pada81W1522ods/BQr240sI2Ik05frAM9vDJz4MNC+GawI9XOTBtq55Gd2DIr&#10;Wz4juT2uh4L7P2sBijP93WD7xF0yCjAKq1GAoG8sbRwCCGMut78EOBbDFzwgsw927CKRj6TF0ve2&#10;8aWxX9fBVm1kFDt6zGh3wI4miZYDSq+2z8szWR3W7fwvAAAA//8DAFBLAwQUAAYACAAAACEAhpJj&#10;utoAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm92katGYTSlFPRXBVhBv&#10;0+w0Cc3Ohuw2Sf+9oxe9PBje471v8uXkWjVQHxrPBtJZAoq49LbhysDH7uXmAVSIyBZbz2TgTAGW&#10;xeVFjpn1I7/TsI2VkhIOGRqoY+wyrUNZk8Mw8x2xeAffO4xy9pW2PY5S7lo9T5KFdtiwLNTY0bqm&#10;8rg9OQOvI46r2/R52BwP6/PX7v7tc5OSMddX0+oJVKQp/oXhB1/QoRCmvT+xDao1II/EXxVvvnhM&#10;Qe0ldAe6yPV/9uIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAEkPvcHsCAAC2BQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAhpJjutoAAAADAQAA&#10;DwAAAAAAAAAAAAAAAADVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
+                <v:shape id="Graphic 21" o:spid="_x0000_s1027" style="position:absolute;top:44;width:17087;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1708785,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAnCV9IwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeEJv3axLu5StUYog7dGqeH5unsnSzcu6ibr+eyMIHoeZ+YaZzgfXijP1ofGsYJLlIIhr&#10;rxs2Crab5dsniBCRNbaeScGVAsxno5cpVtpf+I/O62hEgnCoUIGNsaukDLUlhyHzHXHyDr53GJPs&#10;jdQ9XhLctbLI81I6bDgtWOxoYan+X5+cgqa97g8/e7ezR/Nh/Oq9PJXFUanX8fD9BSLSEJ/hR/tX&#10;KygmcP+SfoCc3QAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnCV9IwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l1708659,e" filled="f" strokeweight=".24536mm">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6553F583" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00075F3B" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-        <w:ind w:left="8254"/>
+        <w:ind w:left="8643"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
-        </w:rPr>
-        <w:t>(подпись)</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62662A00" w14:textId="046627AF" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...1 lines deleted...]
-        <w:ind w:left="6409" w:right="592"/>
+        <w:spacing w:before="68" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6735" w:right="776" w:firstLine="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>тағайындау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>лауазымнан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>босату қағидаларына 12-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:line="179" w:lineRule="exact"/>
+        <w:ind w:left="6481" w:right="523"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="144"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>кандидатты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5E0D0458" w14:textId="346C7E69" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...156 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:b/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...208 lines deleted...]
-          <w:rFonts w:ascii="Arial"/>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="19"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="353016E9" wp14:editId="10EBB573">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251679744" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53882F36" wp14:editId="2A880595">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>690372</wp:posOffset>
+                  <wp:posOffset>541019</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>164974</wp:posOffset>
+                  <wp:posOffset>166807</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6282055" cy="1270"/>
+                <wp:extent cx="6571615" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="2" name="Graphic 2"/>
+                <wp:docPr id="22" name="Graphic 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6282055" cy="1270"/>
+                          <a:ext cx="6571615" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="6282055">
+                            <a:path w="6571615">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="6281593" y="0"/>
+                                <a:pt x="6571244" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="79E4CA08" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:54.35pt;margin-top:13pt;width:494.65pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6282055,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnQcQsJgIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L048JE2NOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/xt+/Bl&#10;yRl6YQqhrVE5Pynkd+vPn1aty1RqK6sLBYyCGMxal/PKe5clCcpKNQIn1ilDztJCIzxtYZ8UIFqK&#10;3ugknU4XSWuhcGClQqTTTe/k6xi/LJX0P8oSlWc651SbjyvEdRfWZL0S2R6Eq2o5lCH+oYpG1IaS&#10;nkNthBfsAPVfoZpagkVb+om0TWLLspYqciA2s+kHNq+VcCpyoeagO7cJ/19Y+Xx8AVYXOU85M6Ih&#10;iR6HbqShOa3DjDCv7gUCPXRPVv5CciTvPGGDA6YroQlYIse62OnTudOq80zS4SJdptP5nDNJvll6&#10;E4VIRDbelQf0j8rGOOL4hL7XqRgtUY2W7MxoAqkddNZRZ88Z6Qyckc67XmcnfLgXigsmay+FhLPG&#10;HtXWRq//UDmVdvFqc40iKrP57VfORpaE7RFkhDTUq96Iqcm+JqdNqOLmdrGM44NW18VDrXWoAmG/&#10;u9fAjiIMb/wCD4rwDuYA/UZg1eOia4BpM+jUSxNE2tniRIK3pHHO8fdBgOJMfzc0UuF5jAaMxm40&#10;wOt7Gx9RbBDl3HY/BTgW0ufck7LPdhxYkY2iBepnbLhp7LeDt2UdFI0z1Fc0bGjKI8HhRYZndL2P&#10;qMt/Y/0HAAD//wMAUEsDBBQABgAIAAAAIQAfDrkm3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/NTsQwDITvSLxDZCRubEKRdrul6WqFBBwRCwKOaWPaisapmvQHnh73BDePPRp/kx8W14kJh9B6&#10;0nC9USCQKm9bqjW8vtxfpSBCNGRN5wk1fGOAQ3F+lpvM+pmecTrFWnAIhcxoaGLsMylD1aAzYeN7&#10;JL59+sGZyHKopR3MzOGuk4lSW+lMS/yhMT3eNVh9nUan4Wf3aG0cj3N4eNq/3Uzlh3pHr/XlxXK8&#10;BRFxiX9mWPEZHQpmKv1INoiOtUp3bNWQbLnTalD7lKdy3SQgi1z+r1D8AgAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhACdBxCwmAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAB8OuSbcAAAACgEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m,l6281593,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="5D002215" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.6pt;margin-top:13.15pt;width:517.45pt;height:.1pt;z-index:-251636736;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6571615,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2pBXzJwIAAIAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L46NNm2NOMXQoMWA&#10;oivQDDsrshwbkyVNVGLn70fKdpJ2t2E+CJT4RPLxUV7e961mB+Whsabg6WzOmTLSlo3ZFfzH5vHL&#10;LWcQhCmFtkYV/KiA368+f1p2LleZra0ulWcYxEDeuYLXIbg8SUDWqhUws04ZdFbWtyLg1u+S0osO&#10;o7c6yebzRdJZXzpvpQLA0/Xg5KsYv6qUDN+rClRguuBYW4irj+uW1mS1FPnOC1c3cixD/EMVrWgM&#10;Jj2FWosg2N43f4VqG+kt2CrMpG0TW1WNVJEDsknnH9i81cKpyAWbA+7UJvh/YeXL4dWzpix4lnFm&#10;RIsaPY3tSKk7nYMcQW/u1RM/cM9W/gJ0JO88tIER01e+JSyyY31s9fHUatUHJvFwcX2TLtJrziT6&#10;0uwmKpGIfLor9xCelI1xxOEZwiBUOVminizZm8n0KDcJraPQgTMU2nOGQm8HoZ0IdI+KI5N150Lo&#10;rLUHtbHRGz5UjqWdvdpcoohKdnXF2cQSsQMCDUqDvRqMmBrtS3LaUBU3d4vbOD9gdVM+NlpTFeB3&#10;2wft2UHQ9MaPeGCEdzDnIawF1AMuukaYNqNOgzQk0taWR1S8Q40LDr/3wivO9DeDM0XvYzL8ZGwn&#10;wwf9YOMrig3CnJv+p/COUfqCB1T2xU4TK/JJNKJ+wtJNY7/ug60aUjTO0FDRuMExjwTHJ0nv6HIf&#10;Uecfx+oPAAAA//8DAFBLAwQUAAYACAAAACEA8FckGdwAAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU+EMBCF7yb+h2ZMvLkFlA1BysYYPXiE3Ri9zdIRiHTK0rKL/95y0uOb9/LeN8VuMYM40+R6&#10;ywriTQSCuLG651bBYf96l4FwHlnjYJkU/JCDXXl9VWCu7YUrOte+FaGEXY4KOu/HXErXdGTQbexI&#10;HLwvOxn0QU6t1BNeQrkZZBJFW2mw57DQ4UjPHTXf9WwUvHyk9LavPkfzkA3zCeuKT++LUrc3y9Mj&#10;CE+L/wvDih/QoQxMRzuzdmJQkKVJSCpItvcgVj9OohjEcb2kIMtC/v+g/AUAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQA2pBXzJwIAAIAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDwVyQZ3AAAAAkBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;" path="m,l6571244,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58DA0F18" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:spacing w:before="39"/>
-        <w:ind w:left="341" w:right="590"/>
+        <w:spacing w:before="41"/>
+        <w:ind w:left="268" w:right="376"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="18"/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-          <w:sz w:val="18"/>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:sz w:val="18"/>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...39 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>болса))</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="74" w:type="dxa"/>
+        <w:tblInd w:w="149" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="502"/>
-        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1983"/>
         <w:gridCol w:w="2835"/>
-        <w:gridCol w:w="3688"/>
+        <w:gridCol w:w="5108"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="65F6CF56" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00E51555">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="535EA477" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="1983" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70D83EDF" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="410"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>Критерии</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32F0E274" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="1187"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>документ</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="5108" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E2C5647" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="8"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="11"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(1-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>30-ға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="10"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...19 lines deleted...]
-              <w:t>20)</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="3E7B86C0" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00E51555">
         <w:trPr>
-          <w:trHeight w:val="1122"/>
+          <w:trHeight w:val="779"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="487D0583" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...10 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="1983" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F49424F" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...22 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>образования</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3881DB18" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
-                <w:sz w:val="18"/>
-[...40 lines deleted...]
-              <w:t>диплому</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломға қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="5108" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68BEEE13" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жоғары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:spacing w:val="-21"/>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
                 <w:w w:val="160"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...28 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="18"/>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
-[...82 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="8"/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-              <w:t>балла</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="36DE0954" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00E51555">
         <w:trPr>
-          <w:trHeight w:val="1125"/>
+          <w:trHeight w:val="1123"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23ED4161" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="1983" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF1E09B" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...40 lines deleted...]
-              <w:t>степень/степень</w:t>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="145"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>атағы/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ғылыми дәрежесі/ дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D428741" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...64 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білімі туралы дипломның және дипломға </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>степени/степени</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>көшірмелері/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">атағын/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дәрежесін/дәрежесін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>аттестат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="5108" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D3F46D4" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...22 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>PhD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="18"/>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r>
-[...150 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="6" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ғылым докторы, Ғылым кандидаты, профиль</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-              <w:t>5 баллов</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл Педагогикалық бағыты бойынша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="208" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>магистрі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="06A83891" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00E51555">
         <w:trPr>
-          <w:trHeight w:val="712"/>
+          <w:trHeight w:val="2433"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F18A757" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="1983" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FD8ADE9" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...15 lines deleted...]
-              <w:t>прохождения сертификации</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6694C6D8" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...12 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Куәлік, басқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="5108" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="749D2867" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="1107"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-модератор – 3 балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="145"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-21"/>
+                <w:w w:val="145"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-зерттеуші – 7 балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-14"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...67 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-14"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="456"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>үшінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">санатты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орынбасары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-26"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>екінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">санатты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орынбасары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:spacing w:val="-13"/>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-26"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="110"/>
-[...29 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Басшының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>санатты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="210" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r>
-[...13 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="14"/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-              <w:t>баллов</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="0EB765E1" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00E51555">
         <w:trPr>
-          <w:trHeight w:val="782"/>
+          <w:trHeight w:val="3088"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E8EC04E" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="1983" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="457461ED" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...42 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>практики</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметтегі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CDDA907" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...54 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="985"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>образовании</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кітапшасы/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>алмастыратын басқа да құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="5108" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EAA228B" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Әдіскер,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өтілі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:spacing w:val="9"/>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
                 <w:w w:val="160"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:spacing w:val="-9"/>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Әдіскер,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">төрт </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...14 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>орынбасары,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жыл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>орынбасары,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>төрт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жылдан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көп </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өтілі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-14"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="105"/>
-[...32 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы жұмыс өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="210" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r>
-[...28 lines deleted...]
-              <w:t>балла</w:t>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="77206564" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00E51555">
         <w:trPr>
-          <w:trHeight w:val="527"/>
+          <w:trHeight w:val="969"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CCC317F" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="1983" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="309396ED" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...54 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="145" w:firstLine="52"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бұрынғы жұмыс орнынан (педагог </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>учебы</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бойынша) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ұсыным хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2911C802" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...26 lines deleted...]
-              <w:t>письмо</w:t>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="253"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бойынша соңғы жұмыс орнынан)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="5108" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A32BA43" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...38 lines deleted...]
-              <w:t>балла</w:t>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="2B953AF4" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00E51555">
         <w:trPr>
-          <w:trHeight w:val="422"/>
+          <w:trHeight w:val="2651"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30DEB15A" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...13 lines deleted...]
-              <w:t>6</w:t>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>6*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="1983" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A46A5A1" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...47 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Соңғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жылдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кәсіби </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>работе</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="334D0CD2" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="146"/>
+              </w:tabs>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="1082" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурстар жеңімпаздарының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломдары,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>грамоталары,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ғылыми </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жобалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="146"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="1082" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="18"/>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">байқаулар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>участия</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломдары, грамоталары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="5108" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DF1AD61" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="253"/>
+              </w:tabs>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="29" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>қалалық/аудандық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>балл</w:t>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 балл, халықаралық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-20"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="253"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="161" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жобалар:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қалалық/аудандық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">облыстық – 1 балл, республикалық – 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-23"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="252"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="43" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қатысушы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="252"/>
+              </w:tabs>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="252" w:hanging="220"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Үздік педагог»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="29BCAD47" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00E51555">
         <w:trPr>
-          <w:trHeight w:val="1125"/>
+          <w:trHeight w:val="904"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17037EE1" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...10 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="19"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="1983" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C274837" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...77 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қоғамдық-педагогикалық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...21 lines deleted...]
-              <w:t>проектов, уроки, семинары))</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4969C891" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="253"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>Ссылки</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>құжат (бұрыңғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="5108" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A4037CB" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Тәлімгер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бірлестігінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>басшысы –</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="18"/>
-[...297 lines deleted...]
-              <w:t>балла</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="059C6656" w14:textId="77777777" w:rsidTr="00855326">
+    </w:tbl>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="32"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidSect="00E51555">
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="920" w:right="425" w:bottom="787" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="2269"/>
+        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="3687"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
         <w:trPr>
-          <w:trHeight w:val="297"/>
+          <w:trHeight w:val="436"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46503C1B" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>8</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F1EC44F" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...14 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="410"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...47 lines deleted...]
-              <w:t>лагерей</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A5DBEC7" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="1187"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>участия</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="696C94FC" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...18 lines deleted...]
-              <w:t>балла</w:t>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(1-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>30-ға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="654E117B" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
         <w:trPr>
-          <w:trHeight w:val="503"/>
+          <w:trHeight w:val="9644"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C0E9C1A" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...14 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>8**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37876764" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...85 lines deleted...]
-              <w:t>др.)</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="609627EA" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>даярлық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="18"/>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>участия</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="199"/>
+              </w:tabs>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="199" w:hanging="114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сауаттылық сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="146"/>
+              </w:tabs>
+              <w:spacing w:before="4"/>
+              <w:ind w:left="146" w:hanging="114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>немесе QAZAQ RESMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TEST;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="146"/>
+              </w:tabs>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="146" w:hanging="114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="146"/>
+              </w:tabs>
+              <w:spacing w:before="4"/>
+              <w:ind w:left="146" w:hanging="114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Zertifikat,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бағдарламалау негіздері» бағдарламалары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бойынша оқыту, «Microsoft»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="985"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқыту </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Халықаралық курстар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-20"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-28"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="214" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Test»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">young </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="253"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching English as a Foreign Language (IHC) IHCYLT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>In Teaching Young Learners and Teenagers Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching Online</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educators:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Key</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ideas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mentoring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teachers Курсы на платформе Coursera, Futute learn Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Developing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>expertise</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3688" w:type="dxa"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B862BDF" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...119 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="580"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>іске асыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>саласындағы уәкілетті органмен келісілген</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="451"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>баллов</w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бағдарламалар бойынша біліктілікті </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(әрқайсысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жеке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="02C33146" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
         <w:trPr>
-          <w:trHeight w:val="4437"/>
+          <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7F01851B" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...13 lines deleted...]
-              <w:t>10</w:t>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="13"/>
+              <w:ind w:left="1874"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
-[...935 lines deleted...]
-            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:tcW w:w="7657" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="15460BFF" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...30 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="049DCF8D" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3"/>
-    <w:p w14:paraId="4808D689" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:spacing w:before="79"/>
-        <w:ind w:left="6481" w:right="378"/>
+        <w:spacing w:before="18"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:ind w:left="144"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ЕСКЕРТПЕ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="144"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>6-тармақта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>жеңімпаздар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>санына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>(үш)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>жылдағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="283"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="252" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олимпиадалар мен конкурстардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>әрбір деңгей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>і (қалалық/аудандық) бойынша – 0,5 балл ескеріледі, облыстық олимпиадалар мен конкурстардың жүлдегерлері – 1 балл, республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>– 2 балл, халықаралық – 3 балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="283"/>
+        </w:tabs>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:ind w:right="252" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>жобалар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>қалалық/аудандық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-21"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>балл,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-21"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>балл,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-21"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>балл,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>тиісінше 3 балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="258"/>
+        </w:tabs>
+        <w:spacing w:line="212" w:lineRule="exact"/>
+        <w:ind w:left="258" w:hanging="114"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>жүлдегерлері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>балл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="144" w:right="251"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">** 8-тармақта соңғы 3 (үш) жылдағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>органмен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>келісілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>бағдарламалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>біліктілікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>курстары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>0,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>балл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>(әрқайсысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>жеке).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRDefault="00E51555" w:rsidP="00600416">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRDefault="00E51555" w:rsidP="00600416">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRDefault="00E51555" w:rsidP="00600416">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRDefault="00E51555" w:rsidP="00600416">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRDefault="00E51555" w:rsidP="00600416">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRDefault="00E51555" w:rsidP="00600416">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRDefault="00E51555" w:rsidP="00600416">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRDefault="00E51555" w:rsidP="00600416">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRDefault="00E51555" w:rsidP="00600416">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRDefault="00E51555" w:rsidP="00600416">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="84" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6433" w:right="1221" w:firstLine="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>тағайындау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>лауазымнан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>босату қағидаларына 13-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:line="179" w:lineRule="exact"/>
+        <w:ind w:left="5216"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:spacing w:val="8"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
-        </w:rPr>
-[...103 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3134270D" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-        <w:spacing w:before="18"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38CADD90" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:spacing w:before="1"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:spacing w:before="40"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:ind w:left="480"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+      <w:pPr>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:b/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...208 lines deleted...]
-          <w:rFonts w:ascii="Arial"/>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56307DD0" wp14:editId="1D577C6A">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59E580C6" wp14:editId="548A1BDF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>541019</wp:posOffset>
+                  <wp:posOffset>690372</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>164926</wp:posOffset>
+                  <wp:posOffset>168663</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6282055" cy="1270"/>
+                <wp:extent cx="6290310" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="1" name="Graphic 2"/>
+                <wp:docPr id="23" name="Graphic 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6282055" cy="1270"/>
+                          <a:ext cx="6290310" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="6282055">
+                            <a:path w="6290310">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="6281593" y="0"/>
+                                <a:pt x="6289773" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5A0E424A" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.6pt;margin-top:13pt;width:494.65pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6282055,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABGcwaJgIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L048JE2NOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR+WwBpPz2WTKmTISitrsc/62ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrM5VCBbpQjlEQg1lrc155b7MkQVmpRuAErDLkLME1wtPW7ZPCiZai&#10;NzpJp9NF0oIrrAOpEOl00zv5OsYvSyX9j7JE5ZnOOdXm4+riugtrsl6JbO+ErWo5lCH+oYpG1IaS&#10;nkNthBfs4Oq/QjW1dIBQ+omEJoGyrKWKHIjNbPqBzWslrIpcqDloz23C/xdWPh9fHKsL0o4zIxqS&#10;6HHoRhqa01rMCPNqX1ygh/YJ5C8kR/LOEzY4YLrSNQFL5FgXO306d1p1nkk6XKTLdDqfcybJN0tv&#10;ohCJyMa78oD+UUGMI45P6HuditES1WjJzoymI7WDzjrq7DkjnR1npPOu19kKH+6F4oLJ2ksh4ayB&#10;o9pC9PoPlVNpF6821yiiMpvffuVsZEnYHkFGSEO96o2YmuxrctqEKm5uF8s4Pgi6Lh5qrUMV6Pa7&#10;e+3YUYThjV/gQRHewaxDvxFY9bjoGmDaDDr10gSRdlCcSPCWNM45/j4IpzjT3w2NVHgeo+FGYzca&#10;zut7iI8oNohybrufwlkW0ufck7LPMA6syEbRAvUzNtw08O3goayDonGG+oqGDU15JDi8yPCMrvcR&#10;dflvrP8AAAD//wMAUEsDBBQABgAIAAAAIQASpJxw3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9LT8QwDITvSPyHyEjc2ITCPihNVysk4IhYEHBMG9NWNE7VpA/49bgnOHpmNP4m28+uFSP2ofGk&#10;4XKlQCCV3jZUaXh9ub/YgQjRkDWtJ9TwjQH2+elJZlLrJ3rG8RgrwSUUUqOhjrFLpQxljc6Ele+Q&#10;2Pv0vTORz76StjcTl7tWJkptpDMN8YfadHhXY/l1HJyGn+2jtXE4TOHh6ebtaiw+1Dt6rc/P5sMt&#10;iIhz/AvDgs/okDNT4QeyQbQaduuEkxqSDU9afLW9XoMoFiUBmWfy/4L8FwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAAEZzBomAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhABKknHDcAAAACQEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m,l6281593,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="08674F31" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:54.35pt;margin-top:13.3pt;width:495.3pt;height:.1pt;z-index:-251634688;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6290310,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCfZkOTKAIAAIAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5y4QD6MOMXQoMWA&#10;oivQDDsrshwbk0WNUmLn34+S7STtbsN8ECjxieTjo7y+7xrNTgpdDSbns8mUM2UkFLU55PzH7vHL&#10;kjPnhSmEBqNyflaO328+f1q3NlMpVKALhYyCGJe1NueV9zZLEicr1Qg3AasMOUvARnja4iEpULQU&#10;vdFJOp3OkxawsAhSOUen297JNzF+WSrpv5elU57pnFNtPq4Y131Yk81aZAcUtqrlUIb4hyoaURtK&#10;egm1FV6wI9Z/hWpqieCg9BMJTQJlWUsVORCb2fQDm7dKWBW5UHOcvbTJ/b+w8uX0iqwucp7ecWZE&#10;Qxo9De2Yhe601mUEerOvGPg5+wzylyNH8s4TNm7AdCU2AUvsWBdbfb60WnWeSTqcp6vp3YwUkeSb&#10;pYuoRCKy8a48Ov+kIMYRp2fne6GK0RLVaMnOjCaS3EFoHYX2nJHQyBkJve+FtsKHe6G4YLL2Wkg4&#10;a+CkdhC9/kPlVNrVq80tap4uV4sFdW9kSdgeQUZIQ73qjZia7Fty2oQqFqv5Ms6PA10Xj7XWoQqH&#10;h/2DRnYSYXrjF3hQhHcwi85vhat6XHQNMG0GnXppgkh7KM6keEsa59z9PgpUnOlvhmYqvI/RwNHY&#10;jwZ6/QDxFcUGUc5d91OgZSF9zj0p+wLjxIpsFC1Qv2DDTQNfjx7KOigaZ6ivaNjQmEeCw5MM7+h2&#10;H1HXH8fmDwAAAP//AwBQSwMEFAAGAAgAAAAhABhOVHHeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj01PwzAMhu9I/IfISNxYwpC6rjSd0PiQuLExCY5ZY9pqjVM1WVv49bgnOL72o9eP883kWjFg&#10;HxpPGm4XCgRS6W1DlYbD+/NNCiJEQ9a0nlDDNwbYFJcXucmsH2mHwz5WgksoZEZDHWOXSRnKGp0J&#10;C98h8e7L985Ejn0lbW9GLnetXCqVSGca4gu16XBbY3nan52Gp9fxZ2Xf8HMrd+VQPb4cPqw9aX19&#10;NT3cg4g4xT8YZn1Wh4Kdjv5MNoiWs0pXjGpYJgmIGVDr9R2I4zxJQRa5/P9C8QsAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCfZkOTKAIAAIAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQAYTlRx3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6289773,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50F4B4E0" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:spacing w:before="36"/>
-        <w:ind w:left="271" w:right="376"/>
+        <w:spacing w:before="40"/>
+        <w:ind w:left="343" w:right="590"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="16"/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="16"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:sz w:val="16"/>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...39 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00E51555">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-        <w:t>наличии))</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>болса))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56CBDB0D" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-        <w:rPr>
+        <w:spacing w:before="72"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="74" w:type="dxa"/>
+        <w:tblInd w:w="149" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="502"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4254"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="3545"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="3970"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="30788D06" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="305434C9" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="97"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2979BFB7" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="97"/>
+              <w:ind w:left="1086"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Критерии</w:t>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EBC87E7" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="97"/>
+              <w:ind w:left="520"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Подтверждающий</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-              <w:t>документ</w:t>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61B67A23" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="97"/>
+              <w:ind w:left="509"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Кол-во</w:t>
-[...80 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:t>Балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>30)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(1-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>30-ға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="6B381750" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
         <w:trPr>
-          <w:trHeight w:val="844"/>
+          <w:trHeight w:val="856"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC6DFC5" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37835212" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...22 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>образования</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43F05DA5" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...64 lines deleted...]
-              <w:t>и приложения к диплому</w:t>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білімі туралы дипломның </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77456C5D" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="92"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік –1 балл Техникалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="19"/>
-[...19 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жоғары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="115"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">–3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="19"/>
-[...79 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="197" w:lineRule="exact"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>үздік–4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>балла</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="7E2D64E0" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
         <w:trPr>
-          <w:trHeight w:val="1243"/>
+          <w:trHeight w:val="1065"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61E3356C" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="648556A9" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>атағы/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дәрежесі/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...15 lines deleted...]
-              <w:t>звание/ученая степень/степень</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A5A76D8" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қосымшаның </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>присвоении ученого звания/ученой степени/степени</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">атағын/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесін/дәрежесін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="6" w:line="199" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>аттестат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B8E3A6D" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PhD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>докторы–15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>докторы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>кандидаты,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>профиль бойынша докторы– 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="105"/>
-[...13 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="105"/>
-[...13 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бағыты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="110"/>
-[...13 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="105"/>
-[...239 lines deleted...]
-              <w:t>баллов</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>магистрі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="5" w:line="199" w:lineRule="exact"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="4E689116" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
         <w:trPr>
-          <w:trHeight w:val="2687"/>
+          <w:trHeight w:val="738"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E83CE0D" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11849920" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...16 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификаттаудан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>категория</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26F31048" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...35 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>документ</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55C461B6" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...23 lines deleted...]
-                <w:sz w:val="19"/>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>50%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:sz w:val="19"/>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
-[...64 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="19"/>
-[...7 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>60-80%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-                <w:spacing w:val="-2"/>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-15"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="19"/>
-[...29 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>80-100%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r>
-[...92 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="19"/>
-[...215 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="105441FF" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
         <w:trPr>
-          <w:trHeight w:val="2851"/>
+          <w:trHeight w:val="693"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C92D921" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48A07C30" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...26 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="782" w:firstLine="50"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>и методической деятельности</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>практика нәтижелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="705B12CA" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="532"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дипломға </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...28 lines deleted...]
-              <w:t>деятельность</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70ECCC96" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...201 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«3»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-24"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
-                <w:sz w:val="19"/>
-[...94 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«4»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-24"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«5»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-14"/>
-                <w:w w:val="160"/>
-[...89 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r>
-[...31 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-24"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-11"/>
-                <w:sz w:val="19"/>
-[...207 lines deleted...]
-              <w:t>5 баллов</w:t>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="7AE006D1" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
         <w:trPr>
-          <w:trHeight w:val="984"/>
+          <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B747CDA" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE666EE" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...45 lines deleted...]
-              <w:t>предыдущего места работы (по должности педагога)</w:t>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="380760A0" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...51 lines deleted...]
-              <w:t>предыдущего места работы)</w:t>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E129B64" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...25 lines deleted...]
-                <w:sz w:val="19"/>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-              <w:t>3 балла</w:t>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="253396C6" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
         <w:trPr>
-          <w:trHeight w:val="2812"/>
+          <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F7288AB" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...13 lines deleted...]
-              <w:t>6*</w:t>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67F1F4FD" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...7 lines deleted...]
-              <w:t>достижений (за последние 3 года)</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Волонтерлік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48508B44" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
-[...114 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>награда</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F59C276" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
-[...250 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="19"/>
-[...232 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
-            </w:r>
-[...94 lines deleted...]
-              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7AB3" w14:paraId="55AAF212" w14:textId="77777777" w:rsidTr="00855326">
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
         <w:trPr>
-          <w:trHeight w:val="784"/>
+          <w:trHeight w:val="1156"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="472BE57F" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A10227C" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық қызмет туралы жарияланымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>интернет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бетін,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="2" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>деятельность</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>желіде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>парақшаларын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жүргізу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(авторлық ғылыми жобалар, сабақтар, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>семинарлар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5807D7B8" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...15 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>общественно-педагогическую деятельность</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Сілтемелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4254" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FEBA49B" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00855326">
-[...23 lines deleted...]
-                <w:sz w:val="19"/>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
+        <w:trPr>
+          <w:trHeight w:val="563"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...20 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Жазғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лагерьлердің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жұмысына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
+        <w:trPr>
+          <w:trHeight w:val="671"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>орындары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурстарға </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қатысу (ғылыми жобалар,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="203" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>шығармашылык</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>т.б.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Әрбір</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қатысқаны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бірақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балдан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>аспайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
+        <w:trPr>
+          <w:trHeight w:val="4576"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>QAZAQ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>RESMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEST;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>IELTS; TOEFL; DELF; Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="26"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламаның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>негіздері»,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="476"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«Microsoft-та</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>істеуге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">үйрету» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту Халықаралық курстар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="20" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="24" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-26"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="21" w:line="268" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="190"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TKT»Teaching Knowledge Test Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:line="182" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Medium</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Instruction)»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="19"/>
-[...23 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Speakers of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...23 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Languages </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="110"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="24"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(әрқайсына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бөлек)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidTr="00855326">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:spacing w:before="8"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E51555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E51555" w:rsidRPr="00E51555" w:rsidRDefault="00E51555" w:rsidP="00E51555">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1A15884A" w14:textId="77777777" w:rsidR="00AE7AB3" w:rsidRDefault="00AE7AB3" w:rsidP="00AE7AB3">
+    <w:p w:rsidR="00E51555" w:rsidRDefault="00E51555" w:rsidP="00600416">
       <w:pPr>
-        <w:pStyle w:val="TableParagraph"/>
-[...9 lines deleted...]
-        </w:sectPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...2596 lines deleted...]
-      <w:type w:val="continuous"/>
+    <w:sectPr w:rsidR="00E51555" w:rsidSect="00600416">
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="760" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="960" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:font w:name="Microsoft Sans Serif">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Microsoft Sans Serif">
+    <w:altName w:val="Microsoft Sans Serif"/>
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BED31B9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6B643650"/>
+    <w:lvl w:ilvl="0" w:tplc="0AC0BC0A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="107" w:hanging="350"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3B102406">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5BF4380C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1460" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9120F660">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2140" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="70B44108">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2820" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="443C4100">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3500" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="075467D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4180" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="CD40AE1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4860" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C7AA46A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5540" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17332490"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BCB0258A"/>
     <w:lvl w:ilvl="0" w:tplc="99DE76E0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="144" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="12BAD0EC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1203" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
@@ -17417,51 +19802,51 @@
     <w:lvl w:ilvl="7" w:tplc="ED92B702">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7583" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5E9CF2C8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8646" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="333C3296"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC50D64E"/>
     <w:lvl w:ilvl="0" w:tplc="FCD4DD3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="106" w:hanging="262"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
@@ -17540,172 +19925,174 @@
     <w:lvl w:ilvl="7" w:tplc="6ADCD7E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4985" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8F72AABE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5683" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="40861F45"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39996A2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8238314A"/>
-[...2 lines deleted...]
-      <w:lvlText w:val="-"/>
+    <w:tmpl w:val="A6F6CF98"/>
+    <w:lvl w:ilvl="0" w:tplc="B1D859F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="91" w:hanging="116"/>
+        <w:ind w:left="32" w:hanging="222"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="2BD8495C">
+    <w:lvl w:ilvl="1" w:tplc="08D403D6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="429" w:hanging="116"/>
+        <w:ind w:left="403" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="DE644E96">
+    <w:lvl w:ilvl="2" w:tplc="7C7C4880">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="758" w:hanging="116"/>
+        <w:ind w:left="767" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6316CBE2">
+    <w:lvl w:ilvl="3" w:tplc="ED628984">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1087" w:hanging="116"/>
+        <w:ind w:left="1131" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54FE12EE">
+    <w:lvl w:ilvl="4" w:tplc="050CE81A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1416" w:hanging="116"/>
+        <w:ind w:left="1494" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A5AA07A4">
+    <w:lvl w:ilvl="5" w:tplc="BCFE10A8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1746" w:hanging="116"/>
+        <w:ind w:left="1858" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="863E9C36">
+    <w:lvl w:ilvl="6" w:tplc="41D4D504">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2075" w:hanging="116"/>
+        <w:ind w:left="2222" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="2E248C6C">
+    <w:lvl w:ilvl="7" w:tplc="B8623E1C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2404" w:hanging="116"/>
+        <w:ind w:left="2585" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82AA13BA">
+    <w:lvl w:ilvl="8" w:tplc="10642012">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2733" w:hanging="116"/>
+        <w:ind w:left="2949" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44D31034"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A43AD980"/>
     <w:lvl w:ilvl="0" w:tplc="B5503092">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="140" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C9C297DE">
       <w:numFmt w:val="bullet"/>
@@ -17782,51 +20169,293 @@
     <w:lvl w:ilvl="7" w:tplc="EA405C44">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4997" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="27F0954A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5691" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47FA761D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="198A4B32"/>
+    <w:lvl w:ilvl="0" w:tplc="0D5267AC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="141" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B39C089C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="816" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C5A869AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1492" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="C59CA07A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2168" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="119015B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2844" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AA2A7F60">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="05560676">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4196" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="60647366">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4872" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="82346D1E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5548" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A0E302A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FD987E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="6036524A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="32" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5E6CD7CC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="432" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="279C0584">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="824" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E23E26B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1216" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A0D6C334">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1608" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="53AAF6CE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2000" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="03CC230C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2392" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="00F40EA4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2784" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="22F8FE68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3176" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D6A29E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE1EC3C8"/>
     <w:lvl w:ilvl="0" w:tplc="5134A6DE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="140" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="33E4148E">
       <w:numFmt w:val="bullet"/>
@@ -17903,172 +20532,293 @@
     <w:lvl w:ilvl="7" w:tplc="06787CA4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4997" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="22209B70">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5691" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="575B0E10"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5030117A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5B6813DC"/>
-    <w:lvl w:ilvl="0" w:tplc="53462972">
+    <w:tmpl w:val="417481FE"/>
+    <w:lvl w:ilvl="0" w:tplc="718A2522">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="91" w:hanging="116"/>
+        <w:ind w:left="200" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="424E3B44">
+    <w:lvl w:ilvl="1" w:tplc="E4D20784">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="429" w:hanging="116"/>
+        <w:ind w:left="576" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F0E65700">
+    <w:lvl w:ilvl="2" w:tplc="B3D210C0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="758" w:hanging="116"/>
+        <w:ind w:left="952" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0B2045AA">
+    <w:lvl w:ilvl="3" w:tplc="EF14876A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1087" w:hanging="116"/>
+        <w:ind w:left="1328" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="DB4EF8A2">
+    <w:lvl w:ilvl="4" w:tplc="6FB4D9F6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1416" w:hanging="116"/>
+        <w:ind w:left="1704" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="EE80542A">
+    <w:lvl w:ilvl="5" w:tplc="3168DA5A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1746" w:hanging="116"/>
+        <w:ind w:left="2080" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53A07342">
+    <w:lvl w:ilvl="6" w:tplc="57B8ABD0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2075" w:hanging="116"/>
+        <w:ind w:left="2456" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04765E64">
+    <w:lvl w:ilvl="7" w:tplc="CBD89F92">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2404" w:hanging="116"/>
+        <w:ind w:left="2832" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8EBEB276">
+    <w:lvl w:ilvl="8" w:tplc="159C87C0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2733" w:hanging="116"/>
+        <w:ind w:left="3208" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53D677CE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DAE86EE4"/>
+    <w:lvl w:ilvl="0" w:tplc="BEC2B864">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="141" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4454D188">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="816" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DFE4EDE8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1492" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="634CE7F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2168" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="6D4435DE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2844" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DEC81CA8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A2E01B00">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4196" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2E723744">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4872" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="834A14D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5548" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B1E4443"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E04074C0"/>
     <w:lvl w:ilvl="0" w:tplc="60365776">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="682" w:hanging="576"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
@@ -18147,174 +20897,295 @@
     <w:lvl w:ilvl="7" w:tplc="79485A76">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5159" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D62CDA8A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5799" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7295174B"/>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5EC61BD1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A2F649CC"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+    <w:tmpl w:val="8918C718"/>
+    <w:lvl w:ilvl="0" w:tplc="5CFE13C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="23" w:hanging="222"/>
-        <w:jc w:val="left"/>
+        <w:ind w:left="424" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
-        <w:w w:val="99"/>
-[...1 lines deleted...]
-        <w:szCs w:val="19"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="AB709C00">
+    <w:lvl w:ilvl="1" w:tplc="9468FE32">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="442" w:hanging="222"/>
+        <w:ind w:left="1068" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="546C464C">
+    <w:lvl w:ilvl="2" w:tplc="553A0C46">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="864" w:hanging="222"/>
+        <w:ind w:left="1716" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43B62174">
+    <w:lvl w:ilvl="3" w:tplc="4E42A5D2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1287" w:hanging="222"/>
+        <w:ind w:left="2364" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="CB9E0DB6">
+    <w:lvl w:ilvl="4" w:tplc="ED0EDACA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1709" w:hanging="222"/>
+        <w:ind w:left="3012" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5D643500">
+    <w:lvl w:ilvl="5" w:tplc="107A6270">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2132" w:hanging="222"/>
+        <w:ind w:left="3660" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="8A44D178">
+    <w:lvl w:ilvl="6" w:tplc="EB582566">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2554" w:hanging="222"/>
+        <w:ind w:left="4308" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60CCF654">
+    <w:lvl w:ilvl="7" w:tplc="3B36EEC4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2976" w:hanging="222"/>
+        <w:ind w:left="4956" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="ADBA6672">
+    <w:lvl w:ilvl="8" w:tplc="860AD6DE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3399" w:hanging="222"/>
+        <w:ind w:left="5604" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60055A57"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EC10B66C"/>
+    <w:lvl w:ilvl="0" w:tplc="C0200EDE">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="107" w:hanging="372"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D66698B2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6BBA28CC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1460" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="72CA3B58">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2140" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08F045D0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2820" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A3A2FF14">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3500" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2F60EDEA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4180" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BDB2E0B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4860" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7318CDDC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5540" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76060ABF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0344ABF8"/>
     <w:lvl w:ilvl="0" w:tplc="EA5A34FC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="140" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="05B679C4">
       <w:numFmt w:val="bullet"/>
@@ -18392,155 +21263,180 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4997" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="78B8C008">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5691" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="11">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4">
-[...2 lines deleted...]
-  <w:num w:numId="5">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EB388C"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00FB3FDE"/>
+    <w:rsidRoot w:val="00CA24C6"/>
+    <w:rsid w:val="0001464D"/>
+    <w:rsid w:val="00075F3B"/>
+    <w:rsid w:val="001C623F"/>
+    <w:rsid w:val="002F6D5D"/>
+    <w:rsid w:val="00387920"/>
+    <w:rsid w:val="00444CDE"/>
+    <w:rsid w:val="005373EF"/>
+    <w:rsid w:val="00600416"/>
+    <w:rsid w:val="0063170E"/>
+    <w:rsid w:val="006B0FE8"/>
+    <w:rsid w:val="006F2C13"/>
+    <w:rsid w:val="007B670A"/>
+    <w:rsid w:val="00822F3C"/>
+    <w:rsid w:val="008D4BC7"/>
+    <w:rsid w:val="00AC54D1"/>
+    <w:rsid w:val="00B063CC"/>
+    <w:rsid w:val="00B67759"/>
+    <w:rsid w:val="00BB7DD9"/>
+    <w:rsid w:val="00C55C38"/>
+    <w:rsid w:val="00CA24C6"/>
+    <w:rsid w:val="00DB5348"/>
+    <w:rsid w:val="00DC56C1"/>
+    <w:rsid w:val="00E10DA5"/>
+    <w:rsid w:val="00E13591"/>
+    <w:rsid w:val="00E51555"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3D9CB739"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{BF0964F9-6EBF-4015-84FC-4A915B6F1C0C}"/>
+  <w14:docId w14:val="701CF427"/>
+  <w15:docId w15:val="{D2869DCD-DE51-45FF-BE53-F31F5E8083B2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -18567,51 +21463,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -18680,51 +21576,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -18880,558 +21776,502 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AE7AB3"/>
-[...5 lines deleted...]
-    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ"/>
-    </w:rPr>
-[...35 lines deleted...]
-      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00AE7AB3"/>
-[...8 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AE7AB3"/>
     <w:pPr>
       <w:ind w:left="106"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AE7AB3"/>
+    <w:rsid w:val="005373EF"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AE7AB3"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005373EF"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
-    <w:name w:val="Основной текст Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AE7AB3"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005373EF"/>
     <w:rPr>
-      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...42 lines deleted...]
-      <w:lang w:val="kk-KZ"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:43school_pvl@mail.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh43@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh43@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:43school_pvl@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2009</Words>
-  <Characters>11456</Characters>
+  <Words>1946</Words>
+  <Characters>11098</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
+  <Lines>92</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13439</CharactersWithSpaces>
+  <CharactersWithSpaces>13018</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Gulnar;Асаинова Шынар Бакибаевна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-05-28T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2025-08-12T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
+  </property>
+</Properties>
+</file>