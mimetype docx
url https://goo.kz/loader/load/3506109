--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,11086 +1,15998 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="6E87005D" w14:textId="6C5863F0" w:rsidR="005F4CB0" w:rsidRDefault="00A14D64" w:rsidP="009C67FC">
+    <w:p w14:paraId="6F854873" w14:textId="7D8C5DBB" w:rsidR="00D90C40" w:rsidRDefault="00606CAF" w:rsidP="00606CAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысы</w:t>
+      </w:r>
+      <w:r w:rsidR="0027231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9463B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру басқармасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Павлодар қаласы білім беру бөлімі</w:t>
+      </w:r>
+      <w:r w:rsidR="0027231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90C40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="603D716B" w14:textId="768FAF49" w:rsidR="0027231B" w:rsidRDefault="00606CAF" w:rsidP="0027231B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Жігер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9463B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалар-жасөспірімдер </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шығармашылық орталығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9463B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0027231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F056E36" w14:textId="3F8899C9" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="001D7669" w:rsidP="0027231B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымша білім беру педагог</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9693E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0027231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос лауазымына конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E61C2D1" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00606CAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00810382">
-[...196 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="388"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7181"/>
+        <w:gridCol w:w="298"/>
+        <w:gridCol w:w="1804"/>
+        <w:gridCol w:w="3676"/>
+        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="177"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="13BB7D29" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00DE7704" w14:paraId="6F295B12" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7023A659" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="777BA46A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22B1957A" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="5D5F6434" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...7 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="11C02797" w14:textId="16DAE27C" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00A14D64" w:rsidP="004434E0">
+          <w:p w14:paraId="2F93F5BC" w14:textId="1B6103E4" w:rsidR="00606CAF" w:rsidRPr="00D60E70" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасы, Павлодар қаласы білім беру бөлімі «Жігер» балалар-жасөспірімдер </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE7704">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шығармашылық орталығы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»  КМҚК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A46F4C7" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00D60E70" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...75 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="798A1077" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="00E80491" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1ABD554E" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="2097A725" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C7E48C8" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="74F3F59A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="43BB0A61" w14:textId="5081615A" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="008600F9" w:rsidP="00823496">
+          <w:p w14:paraId="4E2219DE" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00D60E70" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шөкин көшесі 32/2 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D473C7B" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...25 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="3A9A33E5" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="1FB394B7" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="40A68E48" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="6003E5E5" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50AD2D1B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="10977D61" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>телефон нөмірлері,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="1EA8538E" w14:textId="24F81669" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00823496">
+          <w:p w14:paraId="1EB1A27F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00367AE7" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="28"/>
-[...28 lines deleted...]
-              <w:t>65-43-21</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00367AE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00367AE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>182)65-43-21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E75D9D" w14:paraId="6F66C794" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="003D06CC" w14:paraId="2DB98672" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="48C5B2B4" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="475CFB42" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63658D6A" w14:textId="45C5748E" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="551FF774" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>адрес электронной почты</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="49EEF62C" w14:textId="751761BA" w:rsidR="00CB6B4F" w:rsidRPr="00497EC6" w:rsidRDefault="00497EC6" w:rsidP="00321427">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="46650D3C" w14:textId="22EA482F" w:rsidR="00606CAF" w:rsidRPr="003D06CC" w:rsidRDefault="003D06CC" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>zhiger</w:t>
-[...8 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>z</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D06CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>higer.</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>resmi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00E75D9D" w:rsidRPr="00497EC6">
-[...34 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00606CAF" w:rsidRPr="003D06CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>@mail.ru</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="43A5545F" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="003D06CC" w14:paraId="33D504A2" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5503718D" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="4167A07A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00280093" w14:textId="101EA058" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="3F8432B9" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Наименование вакантной должности, нагрузка</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="6DD0F08B" w14:textId="3C50C3F1" w:rsidR="00BE4448" w:rsidRPr="00497EC6" w:rsidRDefault="00F01303" w:rsidP="00BE4448">
+          <w:p w14:paraId="6152CD9C" w14:textId="0B63D304" w:rsidR="001D7669" w:rsidRPr="007450C7" w:rsidRDefault="007B5460" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі</w:t>
+            </w:r>
+            <w:r w:rsidR="00D74CC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үйірмесіне</w:t>
+            </w:r>
+            <w:r w:rsidR="00354DAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidR="00D74CC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001D7669" w:rsidRPr="007450C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымша білім беру педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9693E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidR="001D7669" w:rsidRPr="007450C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="327BD609" w14:textId="77777777" w:rsidR="001D7669" w:rsidRDefault="001D7669" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D9ACB35" w14:textId="6F372B0F" w:rsidR="00606CAF" w:rsidRPr="00D9693E" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D9693E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001D7669" w:rsidRPr="00D9693E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D9693E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001D7669" w:rsidRPr="00D9693E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46728E97" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00213413" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...78 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="438C65DB" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00DE7704" w14:paraId="276A4D3C" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="38A29E01" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="0E1F8329" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51946215" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="69F77A3C" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>основные функциональные обязанности</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="44623E6F" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="00F838DA" w:rsidP="00F838DA">
+          <w:p w14:paraId="5A8039E9" w14:textId="742EE898" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымша білім беру саласында білім алушылардың әр түрлі шығармашылық қызметін ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="043A8554" w14:textId="6B99979D" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>үйірмелердегі, секциялардағы, студиялардағы, клубтық және басқа да балалар бірлестіктеріндегі білім алушылардың, тәрбиеленушілердің құрамын жинақтайды, оларды оқу мерзімі ішінде сақтау жөнінде шаралар қабылдайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54198749" w14:textId="4E88C2DD" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымша білім берудің білім беру бағдарламаларын әзірлеуге және іске асыруға қатысады, сабақ жоспарлары мен іс-шаралар бағдарламаларын жасайды, олардың орындалуын қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7267D5F5" w14:textId="7C97F982" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>белгіленген құжаттаманы жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1487FB10" w14:textId="548481B5" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>психофизиологиялық мақсатқа негізделген жұмыс формаларын, құралдары мен әдістерін педагогикалық негізделген таңдауды қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FB74D62" w14:textId="085D696B" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім алушылардың, тәрбиеленушілердің шығармашылық қабілеттерін анықтайды, жеке тұлғаның дамуына, білім алушылардың, тәрбиеленушілердің білім алу қажеттіліктерін қанағаттандыруға ықпал етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="762087C2" w14:textId="1ED79735" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім алушылардың, тәрбиеленушілердің дербес қызметін, оның ішінде зерттеу қызметін ұйымдастырады, білім беру процесіне инновациялық технологияларды қосады, оқытудың практикамен байланысын жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5905118A" w14:textId="3D14A0D5" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім алушылардың, тәрбиеленушілердің жетістіктерін қамтамасыз етеді және талдайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="327EC2E9" w14:textId="6E699871" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламасын меңгеру нәтижесін бағалайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44082E13" w14:textId="45F0DB31" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дарынды және талантты білім алушыларды, тәрбиеленушілерді, оның ішінде ерекше білім берілуіне қажеттілігі бар балаларды қолдайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08DC690B" w14:textId="4F37E916" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әр түрлі деңгейдегі және бағыттағы іс-шараларға балалардың қатысуын ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AB6922E" w14:textId="098CDBE3" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім алушылардың, тәрбиеленушілердің каникулдық демалысын ұйымдастыруға қатысады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1912B79E" w14:textId="68A4A38D" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сабақтар өткізу кезінде еңбек қауіпсіздігі және еңбекті қорғау, өрт қауіпсіздігі жөніндегі қағидалардың сақталуын қамтамасыз етеді, балалардың өмірі мен денсаулығын сақтауға жауапты болады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E1AF81E" w14:textId="2A575B2F" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ата-аналарға және оларды ауыстыратын тұлғаларға, сондай-ақ педагогтерге консультациялық көмек көрсетеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BADA14A" w14:textId="2B876649" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдістемелік кеңестердің, бірлестіктердің қызметіне, педагогикалық шеберлікті арттыруға бағытталған іс-шараларға қатысады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F11809A" w14:textId="13DB92DD" w:rsidR="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жүйелі түрде кәсіби біліктілігін арттырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4015483A" w14:textId="77777777" w:rsidR="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r w:rsidR="00D74CC1">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00D74CC1" w:rsidRPr="00D74CC1">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/K950001000_" \l "z1" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D74CC1">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конституциясы</w:t>
+            </w:r>
+            <w:r w:rsidR="00D74CC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, Қазақстан Республикасының "</w:t>
+            </w:r>
+            <w:r w:rsidR="00D74CC1">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00D74CC1" w:rsidRPr="00D74CC1">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/Z070000319_" \l "z1" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D74CC1">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00D74CC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:r w:rsidR="00D74CC1">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00D74CC1" w:rsidRPr="00D74CC1">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/Z1900000293" \l "z22" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D74CC1">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог мәртебесі туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00D74CC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:r w:rsidR="00D74CC1">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00D74CC1" w:rsidRPr="00D74CC1">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/Z1500000410" \l "z1" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D74CC1">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сыбайлас жемқорлыққа қарсы іс-қимыл туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00D74CC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>" заңдары және білім беру қызметін, Қазақстан Республикасында білім беруді дамытудың басым бағыттарын реттейтін өзге де нормативтік құқықтық актілер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18816C38" w14:textId="0B80BA08" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> психология </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>негіздерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заңнамасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38215F82" w14:textId="2308CD16" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
             <w:r>
-              <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="52951A59" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="00F838DA" w:rsidP="00F838DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогикалық этиканың нормалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7359DCC9" w14:textId="01F99CA7" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="7CB0A932" w14:textId="3D20ABB0" w:rsidR="00527547" w:rsidRDefault="00F838DA" w:rsidP="00F838DA">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тәрбие жұмысының әдістемесін, өнімді, сараланған, дамытушылық оқытудың заманауи педагогикалық технологиялары, құзыреттілік тәсілді іске асыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5977EDB3" w14:textId="405B097F" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="68584C45" w14:textId="77777777" w:rsidR="00527547" w:rsidRDefault="00F838DA" w:rsidP="00F838DA">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім алушылармен, әртүрлі жастағы тәрбиеленушілермен, олардың ата-аналарымен (оларды алмастыратын адамдармен), педагогтармен байланыс орнату, жанжалды жағдайлардың себептерін диагностикалау, олардың алдын алу және шешу әдістері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68E6CE68" w14:textId="21451071" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C56DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім беру ұйымдарының ішкі еңбек тәртібінің қағидалары, еңбек қауіпсіздігі және еңбекті қорғау, өрт қауіпсіздігі қағидалары.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="036E61AB" w14:textId="77777777" w:rsidR="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32D4F164" w14:textId="77777777" w:rsidR="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B857129" w14:textId="77777777" w:rsidR="00C56DDC" w:rsidRPr="00C56DDC" w:rsidRDefault="00C56DDC" w:rsidP="00C56DDC">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BA65727" w14:textId="45EAC479" w:rsidR="00606CAF" w:rsidRPr="00C56DDC" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...231 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="24F5133C" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00DE7704" w14:paraId="6F0E6DFA" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7C2C634A" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="3421B703" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DE9FAD4" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="0C76BB1F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>размер и условия оплаты труда</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">еңбекке ақы төлеу мөлшері мен шарттары </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="710FFFF1" w14:textId="0377E5E2" w:rsidR="002627D6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="41F53D3F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="000E3384" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="0ABF4BFE" w14:textId="5F7F6447" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификациялық санаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E3384">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен жұмыс өтіліне сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="783B816F" w14:textId="20535672" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00D90C40" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...66 lines deleted...]
-          <w:p w14:paraId="67D301B3" w14:textId="59DD42A1" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="004A6BCA">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min):</w:t>
+            </w:r>
+            <w:r w:rsidR="001D7669">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 124586</w:t>
+            </w:r>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00606CAF" w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DE18094" w14:textId="217F00ED" w:rsidR="00606CAF" w:rsidRPr="00102959" w:rsidRDefault="00606CAF" w:rsidP="00D90C40">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...77 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (мах):</w:t>
+            </w:r>
+            <w:r w:rsidR="001D7669">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 148300</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="23BCEE28" w14:textId="77777777" w:rsidTr="009D772B">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00DE7704" w14:paraId="5C3D616D" w14:textId="77777777" w:rsidTr="002676F3">
         <w:trPr>
-          <w:trHeight w:val="2988"/>
+          <w:trHeight w:val="3889"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68EFAB27" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w14:paraId="179E0336" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D85E683" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="00A14D64" w:rsidRDefault="00715E75" w:rsidP="00321427">
+          <w:p w14:paraId="23EDFDF8" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="24E90649" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00715E75" w:rsidP="00321427">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C34D447" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="013D323D" w14:textId="4EAAB716" w:rsidR="00487083" w:rsidRPr="009563AC" w:rsidRDefault="009563AC" w:rsidP="00702E6C">
+          <w:p w14:paraId="25E87821" w14:textId="77777777" w:rsidR="002676F3" w:rsidRDefault="00606CAF" w:rsidP="002676F3">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="002676F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>тиі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>стажына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>талаптар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>қойылмай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>қайта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>даярлауды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002676F3" w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A420987" w14:textId="5150F65B" w:rsidR="002676F3" w:rsidRPr="002676F3" w:rsidRDefault="002676F3" w:rsidP="002676F3">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің орта немесе жоғары деңгейі болған кезде мамандығы бойынша жұмыс өтілі: педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші үшін кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="127464F9" w14:textId="2A07EA42" w:rsidR="002676F3" w:rsidRPr="002676F3" w:rsidRDefault="002676F3" w:rsidP="002676F3">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған кезде педагог-шебер үшін мамандығы бойынша жұмыс өтілі-кемінде 5 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11C0A90C" w14:textId="165271A3" w:rsidR="00606CAF" w:rsidRPr="002676F3" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002676F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2721F193" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="0B08FC04" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="6F266537" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22093D84" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w14:paraId="39CF8850" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5789ACC8" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w14:paraId="69AD263F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Срок приема документов</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="57B66336" w14:textId="5A40ACE5" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00497EC6" w:rsidP="004434E0">
+          <w:p w14:paraId="32A14024" w14:textId="0DD12E83" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="007B5460" w:rsidP="00DE7704">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004434E0">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00DE7704">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="009D772B">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00D90C40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
-            <w:r w:rsidR="004434E0">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00DE7704">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="005F4CB0">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00D90C40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2025 </w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00D74CC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90C40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="004434E0">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00DE7704">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="009D772B">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00D90C40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
-            <w:r w:rsidR="004434E0">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00DE7704">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="005F4CB0">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="00D90C40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>.2025</w:t>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00D74CC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00606CAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="00D74CC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="6775C456" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00DE7704" w14:paraId="6C6B1D98" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72B8E06B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w14:paraId="2F05DB67" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39866733" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w14:paraId="0EBED1F7" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Перечень необходимых документов</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="7431F2F4" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+          <w:p w14:paraId="4989B883" w14:textId="7EAE53D7" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>осымша</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="437853E1" w14:textId="49D12046" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифрлы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ққұжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A36B3DB" w14:textId="59B0543E" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F9EBF96" w14:textId="5F6497E0" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2828AE0B" w14:textId="7435ACA0" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BA99996" w14:textId="6EA22D1E" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7475F52B" w14:textId="33EB59BE" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C4B5F1D" w14:textId="07283778" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="228CDC57" w14:textId="6CF640FF" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тестілеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бұданә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – ҰБТ) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесепедагог-модератордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сарапшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зерттеушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шебердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болғанжағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10EDB260" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00C67AF1" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="3B427C44" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтары лауазымына орналасуға үміткерлер үшін пән </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификат немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09E0CC45" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00C67AF1" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="00A61FD6" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде екі жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="100919CF" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="00201423" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12) бос немесе уақытша жұмысқа үміткердің толтырылған бағалау парағы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="482FCA27" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00C67AF1" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7669">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...122 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>РК</w:t>
-[...433 lines deleted...]
-              <w:t>я для кандитата без стажа, продолжительностью не менее 15 минут, с минимальным разрешением – 720х480;</w:t>
+              <w:t>жұмыс өтілі жоқ кандидат үшін ұзақтығы кемінде 15 минут, ең төменгі рұқсаты – 720 x 480  бейнепрезентация;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...28 lines deleted...]
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00A14D64" w14:paraId="1719DC65" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="001B5715" w:rsidRPr="00DE7704" w14:paraId="4D92701D" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="177" w:type="dxa"/>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F323DD6" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w14:paraId="645B51D8" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E5FAE9A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3574A775" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+          <w:p w14:paraId="29BE5997" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="281EBFD1" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+          <w:p w14:paraId="6C7E5D4E" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="38A2B636" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+          <w:p w14:paraId="774AD535" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6B9F7B37" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+          <w:p w14:paraId="61A7827E" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="179968C7" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+          <w:p w14:paraId="04535286" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2D6C8F85" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+          <w:p w14:paraId="6D2A7CF9" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3729A13E" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="0A8B2449" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="531B8F44" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="52331EC8" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="63540DA6" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="7F7302AD" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2A9C935D" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="33D1B5F5" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="53CE2C81" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="60924E48" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="278E22E9" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="021687C6" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="12DE1A84" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="3F2D0987" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6DABF392" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="717C55A4" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="78AC1C06" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="58AD34E3" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="514224B2" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="3CED8B11" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="71869C4C" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="236F01B0" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5427156E" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="4D863BD4" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7A6E06AE" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="1987BCAD" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6A034CBA" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="3DB80A5A" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1BA35DCE" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="28B161ED" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="65526054" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="6B42B69B" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="24467512" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="177104B0" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3E06055C" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="1A1E302E" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="080881C0" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="77EE0830" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="496668BC" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="4E767B5C" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="78CCC0CC" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="40F6DB13" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="620D3D68" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="6B98DE62" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7DBC1946" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="04D682FD" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="34227F74" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="2960950F" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2A8043B5" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="2173ADD4" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="15B243EF" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="519D60B4" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="72E4DEBE" w14:textId="77777777" w:rsidR="005F4CB0" w:rsidRDefault="005F4CB0" w:rsidP="008C4576">
+          <w:p w14:paraId="477AA2A8" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5366CB9E" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+          <w:p w14:paraId="22B768D8" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="357B05E5" w14:textId="38CAB3F7" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w14:paraId="6D5D64E5" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+          </w:p>
+          <w:p w14:paraId="45B461A1" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="00DE7704">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-          <w:p w14:paraId="4B9E0326" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="471D0E0A" w14:textId="77777777" w:rsidR="00DE7704" w:rsidRPr="00DE7704" w:rsidRDefault="00DE7704" w:rsidP="00DE7704">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w14:paraId="3A31DF91" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...9 lines deleted...]
-          <w:p w14:paraId="07EBA44C" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          </w:p>
+          <w:p w14:paraId="7C56B5EA" w14:textId="77777777" w:rsidR="006A6418" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...9 lines deleted...]
-          <w:p w14:paraId="760AA2C4" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          </w:p>
+          <w:p w14:paraId="57BA0955" w14:textId="007EF70A" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="006A6418" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00DE7704">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="11132B06" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+              <w:lastRenderedPageBreak/>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r w:rsidR="001B5715" w:rsidRPr="00DE7704">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>емлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1704F559" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00DE7704">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>государственных организаций образования</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2766355C" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3445074A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="006A6418">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00DE7704">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Форма</w:t>
-            </w:r>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57355EF3" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="006A6418">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE7704">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35886B8A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="006A6418">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE7704">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5628DD97" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
-[...34 lines deleted...]
-    <w:p w14:paraId="70EF239E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
+    <w:p w14:paraId="05E3E05B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+    </w:p>
+    <w:p w14:paraId="1222B20B" w14:textId="20757014" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00CC2541" w:rsidRPr="00A14D64">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>государственный орган, объявивший конкурс</w:t>
-[...8 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>______________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="213648BB" w14:textId="1DB215DD" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...37 lines deleted...]
-    <w:p w14:paraId="64663C54" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
+    <w:p w14:paraId="5814FF33" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+        <w:t xml:space="preserve">конкурс </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41256112" w14:textId="3F0E3EA8" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="388F3200" w14:textId="545984E8" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5209C15C" w14:textId="20868681" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="687E081C" w14:textId="094CA9BA" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B4BCDBF" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...53 lines deleted...]
-    <w:p w14:paraId="3BBF6CCD" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="4609F968" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
       </w:r>
-      <w:r w:rsidR="002B689D" w:rsidRPr="00A14D64">
+    </w:p>
+    <w:p w14:paraId="07B1DF74" w14:textId="5D17F832" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>фактическое место проживания, адрес прописки, контактный телефон</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39BDB968" w14:textId="10D38765" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="4DD6225B" w14:textId="7B9975C5" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________</w:t>
+        <w:t>_______________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00756CD0">
+    </w:p>
+    <w:p w14:paraId="2AF0E642" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E7EA8D1" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="76BE4CB6" w14:textId="4947FE14" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D91E10B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607357CF" w14:textId="69EB1450" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43FC80EF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C1F3232" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
+    <w:p w14:paraId="48EB1768" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73D55A97" w14:textId="77777777" w:rsidR="007E20FE" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
+    <w:p w14:paraId="7DEDCEAA" w14:textId="2465D202" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="00DE7704" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
+        <w:t>Мені</w:t>
       </w:r>
-      <w:r w:rsidR="007E20FE" w:rsidRPr="00A14D64">
+      <w:r w:rsidR="001B5715" w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t>______________________________________________________________бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B01360F" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
+    <w:p w14:paraId="271E4074" w14:textId="71364B79" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...18 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52EFC2F7" w14:textId="31632CE5" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="4E9B5CCF" w14:textId="4AFA5C5D" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="394453A8" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007E20FE" w:rsidRPr="00A14D64">
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="410E9325" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
+    <w:p w14:paraId="0D4A2170" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="672FB919" w14:textId="69152650" w:rsidR="00C424F6" w:rsidRPr="00756CD0" w:rsidRDefault="00756CD0" w:rsidP="00756CD0">
+    <w:p w14:paraId="6FF16B26" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
-        <w:pStyle w:val="af"/>
-[...6 lines deleted...]
-      <w:r>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">В настоящее время </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EF1EBC" w:rsidRPr="00756CD0">
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>работаю</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00756CD0">
+    </w:p>
+    <w:p w14:paraId="1BA88A1E" w14:textId="01B63BEC" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...25 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F7B3566" w14:textId="6DFDE7A1" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="2BC7575F" w14:textId="472581EF" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BC451A" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+    <w:p w14:paraId="196FB360" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
       </w:r>
-      <w:r w:rsidR="009F3237" w:rsidRPr="00A14D64">
+    </w:p>
+    <w:p w14:paraId="6D4137DF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="65B3AF04" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="7A096995" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="022053BD" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="562477D5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00A14D64" w14:paraId="47250385" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="001B5715" w:rsidRPr="00DE7704" w14:paraId="1506EA47" w14:textId="77777777" w:rsidTr="0035540A">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D393B00" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
+          <w:p w14:paraId="50160636" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00DE7704">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Образование: высшее или послевузовское</w:t>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77F92BAB" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE7704">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07993178" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00A14D64" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w14:paraId="2D0D2819" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE7704">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE7704">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>У</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000E4CFB" w:rsidRPr="00A14D64">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE7704">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>чебного</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidR="000E4CFB" w:rsidRPr="00A14D64">
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE7704">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>заведения</w:t>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE7704">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC80CFD" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE7704">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>обучения</w:t>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE7704">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE7704">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-            <w:r w:rsidR="000E4CFB" w:rsidRPr="00A14D64">
+              <w:t>кезеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51A731CE" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>о</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidR="000E4CFB" w:rsidRPr="00A14D64">
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE7704">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>диплому</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE7704">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE7704">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE7704">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE7704">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="162E9B42" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00A14D64" w14:paraId="139665F3" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="001B5715" w:rsidRPr="00DE7704" w14:paraId="6933D29F" w14:textId="77777777" w:rsidTr="0035540A">
         <w:trPr>
-          <w:trHeight w:val="749"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7204E153" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="45565B38" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40452F74" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="1CF63A61" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="393A4A2F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="2D2A5635" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C3CCD23" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="4C3A0738" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0BD1D187" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="04241174" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A60AD5C" w14:textId="6EDB2C12" w:rsidR="00B3089F" w:rsidRPr="00756CD0" w:rsidRDefault="000E4CFB" w:rsidP="00756CD0">
+    <w:p w14:paraId="76BE53FF" w14:textId="04F68652" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
-        <w:pStyle w:val="af"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00756CD0">
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00756CD0">
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>раста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
+        <w:t>у</w:t>
       </w:r>
-      <w:r w:rsidRPr="00756CD0">
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>подтверждения):__________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="00790B31" w:rsidRPr="00756CD0">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>___</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
       </w:r>
-      <w:r w:rsidRPr="00756CD0">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>_</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+    </w:p>
+    <w:p w14:paraId="7EA95B10" w14:textId="008BAFC4" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="421777B6" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1958678C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F8924F2" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5B55DD" w14:textId="09E2999E" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79FA0C86" w14:textId="552C0AB4" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>_</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00756CD0">
+    </w:p>
+    <w:p w14:paraId="08BF59A8" w14:textId="15A38B99" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>_____________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E7A4DF" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+    <w:p w14:paraId="2FDF47F1" w14:textId="3E2F3377" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="af"/>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00756CD0">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23D7AE16" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00756CD0">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="243E4B0D" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00756CD0">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>работы:</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
       </w:r>
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00756CD0">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>_____________________________________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00437A2D" w:rsidRPr="00756CD0">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>___</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
       </w:r>
-      <w:r w:rsidR="00790B31" w:rsidRPr="00756CD0">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>___________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00756CD0">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>____</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="af"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00756CD0">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>Имею следующие результаты работы</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
       </w:r>
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00756CD0">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>:_______________________________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00790B31" w:rsidRPr="00756CD0">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>_________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
       </w:r>
-      <w:r w:rsidR="00437A2D" w:rsidRPr="00756CD0">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>__</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00756CD0">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>______________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39D838B3" w14:textId="0A8FC346" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="04D1E906" w14:textId="33D62FA0" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37040099" w14:textId="484315FE" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="03E5409C" w14:textId="3AEDED55" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F97B1B1" w14:textId="017CB3B6" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="0CEC4158" w14:textId="54B6B869" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+    </w:p>
+    <w:p w14:paraId="5E9387F0" w14:textId="00CD6885" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00756CD0">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>________________________________________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6988B169" w14:textId="2F38BE32" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="5CD2DA27" w14:textId="632F57A8" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2007ED73" w14:textId="2A42C1B8" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B2D221A" w14:textId="5E0E6E2F" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D822AAB" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45ABB943" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67EF22B1" w14:textId="127C56DD" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">_ </w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
-[...145 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________</w:t>
+        <w:t>»_______________                ______________________</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7704" w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7704" w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DE7704" w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________</w:t>
+        <w:t>олы</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DE7704" w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE7704">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">                                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA0A118" w14:textId="77777777" w:rsidR="00756CD0" w:rsidRDefault="00756CD0" w:rsidP="00452A41">
+    <w:p w14:paraId="5C12DAF5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00DE7704" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE7704">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FBB8413" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="00DE7704" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73510848" w14:textId="77777777" w:rsidR="00756CD0" w:rsidRDefault="00756CD0" w:rsidP="00452A41">
+    <w:p w14:paraId="087C5548" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="00DE7704" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DB6A08F" w14:textId="77777777" w:rsidR="00756CD0" w:rsidRDefault="00756CD0" w:rsidP="00452A41">
+    <w:p w14:paraId="4D0BB080" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="00DE7704" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="623A8F80" w14:textId="77777777" w:rsidR="00756CD0" w:rsidRDefault="00756CD0" w:rsidP="00452A41">
+    <w:p w14:paraId="25941895" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="00DE7704" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="273F749E" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00321427" w:rsidP="00452A41">
+    <w:p w14:paraId="6B2834FC" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...109 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="48699E59" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+    <w:p w14:paraId="1F090A89" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65A74EAC" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
+    <w:p w14:paraId="688792FA" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EECD09F" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
+    <w:p w14:paraId="0DD61C8F" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="555F3D3B" w14:textId="77777777" w:rsidR="00D36C72" w:rsidRDefault="00D36C72" w:rsidP="007C3AFB">
+    <w:p w14:paraId="5B004277" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CFE0309" w14:textId="77777777" w:rsidR="00756CD0" w:rsidRDefault="00756CD0" w:rsidP="007C3AFB">
+    <w:p w14:paraId="69CB9348" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77C75711" w14:textId="77777777" w:rsidR="00756CD0" w:rsidRDefault="00756CD0" w:rsidP="007C3AFB">
+    <w:p w14:paraId="7F753D80" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35642F79" w14:textId="77777777" w:rsidR="00756CD0" w:rsidRDefault="00756CD0" w:rsidP="007C3AFB">
+    <w:p w14:paraId="62CAAEA7" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F7DF804" w14:textId="77777777" w:rsidR="00756CD0" w:rsidRDefault="00756CD0" w:rsidP="007C3AFB">
+    <w:p w14:paraId="1FDD46D2" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="001B5715" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...101 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00301843" w:rsidRPr="00A14D64" w14:paraId="4E3DA0CD" w14:textId="77777777" w:rsidTr="004B772A">
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="64556083" w14:textId="77777777" w:rsidTr="0035540A">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="106BE394" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00A14D64" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w14:paraId="5A66D01B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="160658EB" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00A14D64" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="354A7340" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C8DF309" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00A14D64" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+          <w:p w14:paraId="0434371E" w14:textId="005ACAB0" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="3CB15492" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00A14D64" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62333DB5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="7A0636A2" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00A14D64" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>інші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62D3315A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="5B6ADDA2" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00A14D64" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B193969" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="2DC58890" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00A14D64" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71BC6AAD" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...36 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2D4EA799" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
-[...9 lines deleted...]
-    <w:p w14:paraId="41F92B16" w14:textId="7429C796" w:rsidR="00BE4448" w:rsidRDefault="007C3AFB" w:rsidP="001B695E">
+    <w:p w14:paraId="340A2D03" w14:textId="77777777" w:rsidR="000D425F" w:rsidRDefault="000D425F" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="3A3EF82A" w14:textId="42242C25" w:rsidR="001B5715" w:rsidRPr="000D425F" w:rsidRDefault="000D425F" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D425F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную должность </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00810382">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00354DAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>педагог дополнительного образования</w:t>
+        <w:t>Қ</w:t>
       </w:r>
-      <w:r w:rsidR="00810382">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001D7669" w:rsidRPr="001D7669">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осымша білім беру педагог</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D9693E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7669" w:rsidRPr="001D7669">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>_________________________________________________________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  бос лауазымына </w:t>
       </w:r>
-      <w:r w:rsidR="00610B31" w:rsidRPr="00A14D64">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001D7669">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>______________________________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кандидаттың бағалау парағы</w:t>
       </w:r>
-      <w:r w:rsidR="006F7468" w:rsidRPr="00A14D64">
-[...5 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidR="001D7669" w:rsidRPr="000D425F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00610B31" w:rsidRPr="00A14D64">
-[...5 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidR="001B5715" w:rsidRPr="000D425F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00D3023D" w:rsidRPr="00A14D64">
-[...5 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidR="001B5715" w:rsidRPr="000D425F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="029E7753" w14:textId="45212996" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+    <w:p w14:paraId="1CC33169" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B5715">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B5715">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B5715">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="074B4DEF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00A14D64" w14:paraId="27F5F40A" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="2FC290E4" w14:textId="77777777" w:rsidTr="0035540A">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0579C440" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="6EF9738F" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B6A8073" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="72D31574" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FCE9445" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="26EB018C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="231AE266" w14:textId="24454911" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w14:paraId="20A71BD2" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы (1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="596C39E5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+          <w:p w14:paraId="45E31776" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3407F158" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00A14D64" w14:paraId="02CA9B64" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="13A92B42" w14:textId="77777777" w:rsidTr="0035540A">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="219FE20D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="563D3F16" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0DAFCBF7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="06AA1B0B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2C3081E6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="46DC25A0" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...12 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5BF40CC0" w14:textId="1C6ECAF0" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="00A14D64" w:rsidP="004B772A">
+          <w:p w14:paraId="069C408C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...37 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ехникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C9A046E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="3364F109" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="7BA8D243" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="427FA642" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...43 lines deleted...]
-          <w:p w14:paraId="16976089" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="361A1076" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20F65A95" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сыртқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қашықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="485F158D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="25FDC632" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00A14D64" w14:paraId="16FBA4D0" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="1A5D2D3B" w14:textId="77777777" w:rsidTr="0035540A">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31B804A6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="5BED3434" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7B972C6B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="35F895B1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71900D17" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="1C93893C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...12 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3E530DE3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="630485C8" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="134891E9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F8D3255" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="62126651" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D0B734" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...33 lines deleted...]
-              <w:t>Кандидат наук = 10 баллов</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CA09186" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="301114F1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00A14D64" w14:paraId="79B031C4" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="14573E25" w14:textId="77777777" w:rsidTr="0035540A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4EEE7EF4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="039CF572" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3780D50E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2E8923BE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="647A4E3A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-              <w:t>Национальное квалификационное тестирование</w:t>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E2D0657" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="43180699" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00591B0A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="0BC1FB45" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD137D2" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="13BA3F6A" w14:textId="77777777" w:rsidTr="0035540A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="71F7D686" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4BEDBEA7" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7AB7DCC3" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7A9D2BB5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AA2BD28" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>інші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="503F91DB" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31CB4ECF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F9B2347" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DA550F4" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A1F8BA4" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="173CD4BE" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="00DE7704" w14:paraId="3BC5E6B1" w14:textId="77777777" w:rsidTr="0035540A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6B1F766F" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="310F719E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="38868674" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1BE0D1A1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AD6DDE4" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="400B237C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="065D139B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="0A87E017" w14:textId="77777777" w:rsidTr="0035540A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="322FF5C9" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74F4DF8E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="71314BFC" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0B3CF710" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәжірибенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CDEE5AC" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E1DCE8D" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6889D39B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="00DE7704" w14:paraId="5003449D" w14:textId="77777777" w:rsidTr="0035540A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="19AC92B9" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0C8577CF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7752074E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="20EF23A3" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1136F810" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04D73B1C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="00DE7704" w14:paraId="66123D26" w14:textId="77777777" w:rsidTr="0035540A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="286C11A7" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="54EE0C9B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B668773" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37672B42" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BF34CB6" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0FD28B68" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B3ACB7B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="399CF817" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55E64BFE" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EFE2D9B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- «Үздік педагог» конкурсының </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78288772" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E10F3C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="202B0509" w14:textId="77777777" w:rsidTr="0035540A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64C0B82A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="50660989" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7588A448" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1613645B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00FDB6D4" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="205B863C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72396D82" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="00DE7704" w14:paraId="0850213F" w14:textId="77777777" w:rsidTr="0035540A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2D6CDC40" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="444A3CA5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6F056506" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D018447" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E3C5D3F" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CD248B3" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A3BDCF5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45988C6E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="00DE7704" w14:paraId="4812E8A8" w14:textId="77777777" w:rsidTr="0035540A">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="051813BB" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07B99600" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75BC1FCA" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D1C8583" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A3AD99D" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ,  IELTS; TOEFL; DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EBB52E0" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>программалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13671200" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="742A4D6F" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15E98773" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AFDFE73" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D175A0B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43E630C9" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70EA7239" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D2CE16D" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DD10203" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06473131" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7436E144" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="786CDDF1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="038B6AA7" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16874523" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E741998" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2706B9CE" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="373B83CB" w14:textId="77777777" w:rsidTr="0035540A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18744030" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3ECF2C08" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2CD90A65" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1D709637" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="033F8770" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="29BABA5B" w14:textId="77777777" w:rsidTr="0035540A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="013BCDC1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E5128C5" w14:textId="277068FB" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="00D90C40" w:rsidP="00354DAD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+              <w:t>Максимал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...2113 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+              <w:t xml:space="preserve"> балл – </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40E704CE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A14D64" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="3A960E98" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2505 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="611FD87E" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00A14D64" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
+    <w:p w14:paraId="7B8C066D" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="001B5715" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DC132A4" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00A14D64" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
-[...12 lines deleted...]
-    <w:sectPr w:rsidR="003E27E1" w:rsidRPr="00A14D64" w:rsidSect="00252FBA">
+    <w:sectPr w:rsidR="003E27E1" w:rsidRPr="001B5715" w:rsidSect="00A80D84">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...23 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -11096,83 +16008,66 @@
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...23 lines deleted...]
-</w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -11796,809 +16691,783 @@
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C013E"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D425F"/>
     <w:rsid w:val="000D42B8"/>
-    <w:rsid w:val="000D4E4E"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F3960"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
-    <w:rsid w:val="00125F12"/>
-    <w:rsid w:val="00136039"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="001537B1"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
-    <w:rsid w:val="0019236A"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B5715"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001D7669"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
-    <w:rsid w:val="00226DDB"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="00237E5A"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
-    <w:rsid w:val="00252FBA"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00257B52"/>
     <w:rsid w:val="00261786"/>
-    <w:rsid w:val="002627D6"/>
     <w:rsid w:val="00263268"/>
+    <w:rsid w:val="0026328D"/>
     <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="002676F3"/>
+    <w:rsid w:val="0027231B"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00292526"/>
     <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A342C"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
-    <w:rsid w:val="00322B63"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="00354DAD"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="00360E6F"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D06CC"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E00BA"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
-    <w:rsid w:val="003F7207"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
-    <w:rsid w:val="004434E0"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
-    <w:rsid w:val="00483B03"/>
     <w:rsid w:val="00487083"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
-    <w:rsid w:val="00497EC6"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004A6BCA"/>
     <w:rsid w:val="004B289B"/>
-    <w:rsid w:val="004B3580"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
-    <w:rsid w:val="004D5EA5"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00514DEF"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="005223C7"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
-    <w:rsid w:val="00527547"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="005424C7"/>
     <w:rsid w:val="0054345F"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
+    <w:rsid w:val="00587313"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B1A35"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
-    <w:rsid w:val="005F4CB0"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
-    <w:rsid w:val="00600605"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00606CAF"/>
+    <w:rsid w:val="006107CB"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
-    <w:rsid w:val="00677758"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A6418"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006C4E23"/>
     <w:rsid w:val="006D352A"/>
-    <w:rsid w:val="006E0AAF"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="00702E6C"/>
-    <w:rsid w:val="00705383"/>
     <w:rsid w:val="00706B0C"/>
-    <w:rsid w:val="007117AA"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007450C7"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="00756CD0"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
-    <w:rsid w:val="007902C8"/>
     <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007B5460"/>
     <w:rsid w:val="007C3AFB"/>
-    <w:rsid w:val="007C5B86"/>
     <w:rsid w:val="007C73FB"/>
-    <w:rsid w:val="007C74BE"/>
     <w:rsid w:val="007D5A26"/>
-    <w:rsid w:val="007D6F60"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E32CF"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
-    <w:rsid w:val="00810382"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00823496"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00840849"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="008600F9"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008A4746"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
-    <w:rsid w:val="008E6FBD"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
-    <w:rsid w:val="00953CE8"/>
+    <w:rsid w:val="009536A0"/>
     <w:rsid w:val="00954670"/>
-    <w:rsid w:val="009563AC"/>
+    <w:rsid w:val="00956BFD"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
-    <w:rsid w:val="009C67FC"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
-    <w:rsid w:val="009D772B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A070AB"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A14D64"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
-    <w:rsid w:val="00A35CB6"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
-    <w:rsid w:val="00A46636"/>
     <w:rsid w:val="00A46ACF"/>
+    <w:rsid w:val="00A46F07"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A633FD"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A80D84"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
-    <w:rsid w:val="00AD1BAB"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
-    <w:rsid w:val="00AE1B60"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE5613"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B13C4B"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73CFE"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B91A93"/>
     <w:rsid w:val="00B940DA"/>
-    <w:rsid w:val="00B96E1D"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
-    <w:rsid w:val="00BE4448"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
-    <w:rsid w:val="00C350BA"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C56DDC"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
-    <w:rsid w:val="00CA00B6"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CD4036"/>
     <w:rsid w:val="00CE631A"/>
-    <w:rsid w:val="00CE6B24"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
-    <w:rsid w:val="00D36C72"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
-    <w:rsid w:val="00D54E3C"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D80E80"/>
+    <w:rsid w:val="00D62DE0"/>
+    <w:rsid w:val="00D74CC1"/>
     <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D90C40"/>
     <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D9693E"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DE7704"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
-    <w:rsid w:val="00E01CAB"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
+    <w:rsid w:val="00E70279"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E7253C"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
-    <w:rsid w:val="00E75D9D"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EC35CB"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
-    <w:rsid w:val="00F01303"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03492"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F56EFB"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F74D22"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
-    <w:rsid w:val="00F838DA"/>
-    <w:rsid w:val="00F93627"/>
+    <w:rsid w:val="00FA2C05"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FC7249"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FD120F"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4F309B90"/>
+  <w14:docId w14:val="4672AF0D"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -12882,149 +17751,105 @@
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00487083"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
-    <w:name w:val="header"/>
-[...42 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00756CD0"/>
+    <w:rsid w:val="00587313"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -13096,287 +17921,137 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F410E4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...186 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="231619559">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="245118998">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="346492788">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="476607609">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -13384,59 +18059,72 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1380398890">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1557736448">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13687,79 +18375,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63397002-D9FA-4383-958C-F46F534A349D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B73E50AE-8B23-44E0-A408-3DBFDD77C67B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2130</Words>
-  <Characters>12145</Characters>
+  <Words>2301</Words>
+  <Characters>13120</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>101</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>109</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14247</CharactersWithSpaces>
+  <CharactersWithSpaces>15391</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>