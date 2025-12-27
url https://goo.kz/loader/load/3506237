--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,8723 +1,5078 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="6F854873" w14:textId="7D8C5DBB" w:rsidR="00D90C40" w:rsidRDefault="00606CAF" w:rsidP="00606CAF">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="0D257C9A" w14:textId="3F3EBE42" w:rsidR="009C67FC" w:rsidRPr="00810382" w:rsidRDefault="00A14D64" w:rsidP="009C67FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidR="00E32803">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЦДЮТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Жигер» отдела образования города </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51F51" w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управления образования объявляет конкурс на </w:t>
+      </w:r>
+      <w:r w:rsidR="000C013E" w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00810382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E27AD9B" w14:textId="03AB0F12" w:rsidR="000C013E" w:rsidRPr="00810382" w:rsidRDefault="00F35A76" w:rsidP="008C0665">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidR="00D22F60">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...59 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дополнительного образования </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="603D716B" w14:textId="5C604435" w:rsidR="0027231B" w:rsidRDefault="00606CAF" w:rsidP="0027231B">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="1BD6C13A" w14:textId="77777777" w:rsidR="002627D6" w:rsidRPr="002627D6" w:rsidRDefault="002627D6" w:rsidP="00321427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...146 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="298"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="177"/>
+        <w:gridCol w:w="388"/>
+        <w:gridCol w:w="2745"/>
+        <w:gridCol w:w="7181"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00032250" w14:paraId="6F295B12" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="13BB7D29" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="777BA46A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="7023A659" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D5F6434" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="22B1957A" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
-[...8 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F93F5BC" w14:textId="6B205AAB" w:rsidR="00606CAF" w:rsidRPr="00D60E70" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
-[...41 lines deleted...]
-          <w:p w14:paraId="5A46F4C7" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00D60E70" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="11C02797" w14:textId="3D1BE482" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00A14D64" w:rsidP="008600F9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное казенное предприятие </w:t>
+            </w:r>
+            <w:r w:rsidR="00E32803">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Центр </w:t>
+            </w:r>
+            <w:r w:rsidR="00E32803">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>детско-юношеского творчества</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Жигер» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00032250" w14:paraId="00E80491" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="798A1077" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2097A725" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="1ABD554E" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74F3F59A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="6C7E48C8" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E2219DE" w14:textId="3DBAB14C" w:rsidR="00606CAF" w:rsidRPr="00D60E70" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
-[...65 lines deleted...]
-          <w:p w14:paraId="0D473C7B" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="009E5DF7" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="43BB0A61" w14:textId="122A8D0C" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="008600F9" w:rsidP="00823496">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">г.Павлодар, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A14D64" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ул.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC4692">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ак.Ч</w:t>
+            </w:r>
+            <w:r w:rsidR="00A14D64" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>окина 32/2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="1FB394B7" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="3A9A33E5" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6003E5E5" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="009E5DF7" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="40A68E48" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10977D61" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="50AD2D1B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>телефон нөмірлері,</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EB1A27F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00367AE7" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="1EA8538E" w14:textId="24F81669" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00823496">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-[...34 lines deleted...]
-              <w:t>182)65-43-21</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A14D64" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>65-43-21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="009E5DF7" w14:paraId="2DB98672" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E75D9D" w14:paraId="6F66C794" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="475CFB42" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="48C5B2B4" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="551FF774" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="63658D6A" w14:textId="45C5748E" w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адрес электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46650D3C" w14:textId="287012AE" w:rsidR="00606CAF" w:rsidRPr="009E5DF7" w:rsidRDefault="009E5DF7" w:rsidP="00D84A52">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="49EEF62C" w14:textId="3E55281C" w:rsidR="00CB6B4F" w:rsidRPr="00F76268" w:rsidRDefault="00F76268" w:rsidP="00321427">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:u w:val="single"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>z</w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>zhiger</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F76268">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:u w:val="single"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>resmi</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...8 lines deleted...]
-              <w:t>@mail.ru</w:t>
+            <w:r w:rsidR="00E75D9D" w:rsidRPr="00F76268">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>mail</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75D9D" w:rsidRPr="00F76268">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="009E5DF7" w14:paraId="33D504A2" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="43A5545F" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4167A07A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="5503718D" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F8432B9" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="00280093" w14:textId="101EA058" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6152CD9C" w14:textId="4F3E8042" w:rsidR="001D7669" w:rsidRPr="007450C7" w:rsidRDefault="00714028" w:rsidP="00D84A52">
-[...72 lines deleted...]
-          <w:p w14:paraId="46728E97" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00213413" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="4F5400F1" w14:textId="7C0BB189" w:rsidR="004F2A50" w:rsidRDefault="005A47FD" w:rsidP="00F01303">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педаг</w:t>
+            </w:r>
+            <w:r w:rsidR="007D1AC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дополнительного образования</w:t>
+            </w:r>
+            <w:r w:rsidR="004D4610">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA3D75">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> физ</w:t>
+            </w:r>
+            <w:r w:rsidR="00793C9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ической</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC2B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> культур</w:t>
+            </w:r>
+            <w:r w:rsidR="00793C9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">е </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC2B83">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и спор</w:t>
+            </w:r>
+            <w:r w:rsidR="00793C9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ту</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19AAAC6B" w14:textId="39065E5D" w:rsidR="00AC5985" w:rsidRPr="00F01303" w:rsidRDefault="007D1AC3" w:rsidP="00F01303">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>18 часов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00032250" w14:paraId="276A4D3C" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="438C65DB" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0E1F8329" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="38A29E01" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69F77A3C" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="51946215" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32439D6C" w14:textId="77777777" w:rsidR="00EA7213" w:rsidRPr="00C362DC" w:rsidRDefault="005F64AF">
-[...725 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:p w14:paraId="0D7AE961" w14:textId="3FC72C4D" w:rsidR="006B4E50" w:rsidRPr="006B4E50" w:rsidRDefault="006B4E50" w:rsidP="006B4E50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B4E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тренер-преподаватель по физической культуре проводит работу по обучению</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D374EB" w14:textId="77777777" w:rsidR="006B4E50" w:rsidRDefault="006B4E50" w:rsidP="006B4E50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B4E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">воспитанников в соответствии с программой и методиками физического воспитания; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F57DC9F" w14:textId="19392182" w:rsidR="006B4E50" w:rsidRPr="006B4E50" w:rsidRDefault="006B4E50" w:rsidP="006B4E50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B4E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>определяет задачи и содержание с учетом возраста, подготовленности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28B783F3" w14:textId="77777777" w:rsidR="006B4E50" w:rsidRPr="006B4E50" w:rsidRDefault="006B4E50" w:rsidP="006B4E50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B4E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>индивидуальных и психофизических особенностей детей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="234DBFFF" w14:textId="6A6475C5" w:rsidR="006B4E50" w:rsidRPr="006B4E50" w:rsidRDefault="00DC2B83" w:rsidP="006B4E50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="006B4E50" w:rsidRPr="006B4E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучает воспитанников пользоваться навыками и техникой выполнения физических</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78CB4E62" w14:textId="77777777" w:rsidR="006B4E50" w:rsidRPr="006B4E50" w:rsidRDefault="006B4E50" w:rsidP="006B4E50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B4E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>упражнений, формирует их нравственно-волевые качества;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A8B0103" w14:textId="2B06F5E9" w:rsidR="006B4E50" w:rsidRPr="006B4E50" w:rsidRDefault="00DC2B83" w:rsidP="006B4E50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="006B4E50" w:rsidRPr="006B4E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>при проведении занятий по физической культуре и спортивных мероприятий</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48703D26" w14:textId="77777777" w:rsidR="00DC2B83" w:rsidRDefault="006B4E50" w:rsidP="006B4E50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B4E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обеспечивает полную безопасность обучающихся воспитанников; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31B289DC" w14:textId="14E6C7D4" w:rsidR="006B4E50" w:rsidRPr="006B4E50" w:rsidRDefault="00DC2B83" w:rsidP="006B4E50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="006B4E50" w:rsidRPr="006B4E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оказывает первую доврачебную помощь;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="295F987C" w14:textId="77777777" w:rsidR="006B4E50" w:rsidRPr="006B4E50" w:rsidRDefault="006B4E50" w:rsidP="006B4E50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B4E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>постоянно следит за соблюдением санитарно-гигиенических норм;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5369A589" w14:textId="748CCE81" w:rsidR="006B4E50" w:rsidRPr="006B4E50" w:rsidRDefault="00DC2B83" w:rsidP="006B4E50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="006B4E50" w:rsidRPr="006B4E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>совместно с медицинскими работниками контролирует состояние здоровья детей и регулирует их физическую нагрузку;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17006678" w14:textId="77777777" w:rsidR="006B4E50" w:rsidRPr="006B4E50" w:rsidRDefault="006B4E50" w:rsidP="006B4E50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B4E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отвечает за жизнь и здоровье, безопасность обучающихся; пропагандирует здоровый образ жизни;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="681EDECE" w14:textId="77777777" w:rsidR="00DC2B83" w:rsidRDefault="006B4E50" w:rsidP="006B4E50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B4E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">работает в тесном контакте с воспитателями и родителями воспитанников; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0567BA14" w14:textId="03566ABE" w:rsidR="006B4E50" w:rsidRPr="006B4E50" w:rsidRDefault="00DC2B83" w:rsidP="006B4E50">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="006B4E50" w:rsidRPr="006B4E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>проводит инструктаж правил безопасности и охраны труда;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CF301B6" w14:textId="2549AFB3" w:rsidR="0033200E" w:rsidRPr="006B4E50" w:rsidRDefault="00DC2B83" w:rsidP="0007612F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="006B4E50" w:rsidRPr="006B4E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ведет установленную документацию и отчетность.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CCB6EFE" w14:textId="77777777" w:rsidR="00793E34" w:rsidRDefault="00793E34" w:rsidP="00793E34">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55629F76" w14:textId="2ECA9539" w:rsidR="00527547" w:rsidRPr="00793E34" w:rsidRDefault="00527547" w:rsidP="00793E34">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00527547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конституцию Республики Казахстан, законы Республики Казахстан "Об образовании", "О статусе педагога", "О </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00527547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>оқытудың заманауи педагогикалық технологиялары, құзыреттілік тәсілді іске асыру;</w:t>
-[...102 lines deleted...]
-            </w:pPr>
+              <w:t>противодействии коррупции" и иные нормативные правовые акты, регламентирующие образовательную деятельность, приоритетные направления развития образования Республики Казахстан; основы педагогики и психологии, трудового законодательства; нормы педагогической этики; методику воспитательной работы, современные педагогические технологии продуктивного, дифференцированного, развивающего обучения, реализации компетентностного подхода; методы установления контакта с обучающимися, воспитанниками разного возраста, их родителями (лицами, их заменяющими), педагогами, диагностики причин конфликтных ситуаций, их профилактики и разрешения; правила внутреннего трудового распорядка организации образования, правила безопасности и охраны труда, пожарной безопасности.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00032250" w14:paraId="6F0E6DFA" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="24F5133C" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3421B703" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="7C2C634A" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C76BB1F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="4DE9FAD4" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">еңбекке ақы төлеу мөлшері мен шарттары </w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41F53D3F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="000E3384" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="710FFFF1" w14:textId="0377E5E2" w:rsidR="002627D6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="783B816F" w14:textId="676BC90C" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00D90C40" w:rsidP="00D84A52">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категори</w:t>
+            </w:r>
+            <w:r w:rsidR="002627D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>й;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ABF4BFE" w14:textId="0910B6C2" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...30 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="004A6BCA" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее  образование </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE5613" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="009D772B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00543719">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>124586</w:t>
+            </w:r>
+            <w:r w:rsidR="00F46D1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>,88</w:t>
             </w:r>
-            <w:r w:rsidR="00E7253C">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidR="00E01CAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00606CAF" w:rsidRPr="00720747">
-[...10 lines deleted...]
-          <w:p w14:paraId="1DE18094" w14:textId="60235009" w:rsidR="00606CAF" w:rsidRPr="00102959" w:rsidRDefault="00606CAF" w:rsidP="00D90C40">
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67D301B3" w14:textId="68FF0F7C" w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="004A6BCA">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00720747">
-[...37 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE5613" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование (m</w:t>
+            </w:r>
+            <w:r w:rsidR="004A6BCA" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ах</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE5613" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">): </w:t>
+            </w:r>
+            <w:r w:rsidR="009D772B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00543719">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>148300</w:t>
+            </w:r>
+            <w:r w:rsidR="00F46D1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="0093589C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>86</w:t>
+            </w:r>
+            <w:r w:rsidR="00E01CAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+            <w:r w:rsidR="00E01CAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00032250" w14:paraId="5C3D616D" w14:textId="77777777" w:rsidTr="002676F3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="23BCEE28" w14:textId="77777777" w:rsidTr="009D772B">
         <w:trPr>
-          <w:trHeight w:val="3889"/>
+          <w:trHeight w:val="2988"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="179E0336" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="68EFAB27" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23EDFDF8" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="4D85E683" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="00A14D64" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F9463B">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="7C34D447" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24E90649" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>қойылатын біліктілік талаптары</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25E87821" w14:textId="77777777" w:rsidR="002676F3" w:rsidRDefault="00606CAF" w:rsidP="002676F3">
+          <w:p w14:paraId="013D323D" w14:textId="4EAAB716" w:rsidR="00487083" w:rsidRPr="009563AC" w:rsidRDefault="009563AC" w:rsidP="00702E6C">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="002676F3">
-[...713 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="009563AC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю или техническое и профессиональное образование педагогического профиля или по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы; и (или) при наличии среднего или высшего уровня квалификации стаж работы по специальности: для педагога-модератора - не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя - не менее 4 лет; и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – не менее 5 лет;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="6F266537" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="0B08FC04" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39CF8850" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="22093D84" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69AD263F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="5789ACC8" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32A14024" w14:textId="30FE3270" w:rsidR="00606CAF" w:rsidRPr="009E5DF7" w:rsidRDefault="00C362DC" w:rsidP="00C362DC">
+          <w:p w14:paraId="57B66336" w14:textId="7C421512" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00694DD8" w:rsidP="00694DD8">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
-            <w:r w:rsidR="00697248">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="0074187A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00697248">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="0074187A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00D90C40">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="009D772B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="009E5DF7">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00F76268">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">5 </w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00543719">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00852001">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidR="00D90C40">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00543719">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>06</w:t>
             </w:r>
-            <w:r w:rsidR="00697248">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00852001">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="00D90C40">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00852001">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>.202</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="009D772B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00F76268">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00606CAF">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00852001">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ж</w:t>
-[...9 lines deleted...]
-              <w:t>ж.</w:t>
+              <w:t>г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00032250" w14:paraId="6C6B1D98" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w14:paraId="6775C456" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F05DB67" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="72B8E06B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EBED1F7" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="39866733" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4989B883" w14:textId="7EAE53D7" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
-[...2566 lines deleted...]
-          <w:p w14:paraId="10EDB260" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00C67AF1" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+          <w:p w14:paraId="7431F2F4" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...50 lines deleted...]
-          <w:p w14:paraId="09E0CC45" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00C67AF1" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B427C44" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="100919CF" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00A61FD6" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="482FCA27" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00C67AF1" w:rsidRDefault="00606CAF" w:rsidP="00D84A52">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00201423" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69B12974" w14:textId="0AAAF63C" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidR="0019236A" w:rsidRPr="0019236A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C9028F5" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Об утверждении форм учетной документации в области здравоохранения</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51801CF7" w14:textId="4315511D" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidR="000F3960">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AE40107" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58084674" w14:textId="19C41541" w:rsidR="00470938" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - </w:t>
+            </w:r>
+            <w:r w:rsidR="000F3960">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ОЗП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D6AEB88" w14:textId="69808D59" w:rsidR="00AD1BAB" w:rsidRPr="00AD1BAB" w:rsidRDefault="00AD1BAB" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">13) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001D7669">
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1BAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD1BAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагоги, приступившие к педагогической деятельности в организации технического и  профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по существующей специальности или профилю не менее двух лет освобождаются от прохождения сертификаци; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3568623C" w14:textId="158270B6" w:rsidR="00B1578A" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1BAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5083B2F8" w14:textId="224D60BA" w:rsidR="00AD1BAB" w:rsidRPr="00AD1BAB" w:rsidRDefault="00AD1BAB" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>жұмыс өтілі жоқ кандидат үшін ұзақтығы кемінде 15 минут, ең төменгі рұқсаты – 720 x 480  бейнепрезентация;</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12) видеопрезентац</w:t>
+            </w:r>
+            <w:r w:rsidR="00702E6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>я для кандитата без стажа, продолжительностью не менее 15 минут, с минимальным разрешением – 720х480;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="4D92701D" w14:textId="77777777" w:rsidTr="00606CAF">
+    </w:tbl>
+    <w:p w14:paraId="638F27C4" w14:textId="77777777" w:rsidR="00840849" w:rsidRPr="00A14D64" w:rsidRDefault="00840849">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00A14D64" w14:paraId="1719DC65" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="177" w:type="dxa"/>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="645B51D8" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00606CAF" w:rsidRDefault="001B5715" w:rsidP="0035540A">
+          <w:p w14:paraId="2F323DD6" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29BE5997" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+          <w:p w14:paraId="3574A775" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="6C7E5D4E" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="281EBFD1" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="774AD535" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38A2B636" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="61A7827E" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B9F7B37" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="04535286" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="179968C7" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="6D2A7CF9" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3478F630" w14:textId="77777777" w:rsidR="008E6615" w:rsidRDefault="008E6615" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="0A8B2449" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="744B2977" w14:textId="77777777" w:rsidR="008E6615" w:rsidRDefault="008E6615" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="52331EC8" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="690C6A8A" w14:textId="77777777" w:rsidR="008E6615" w:rsidRDefault="008E6615" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="7F7302AD" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E14BF7C" w14:textId="77777777" w:rsidR="008E6615" w:rsidRDefault="008E6615" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="33D1B5F5" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C2A31F5" w14:textId="77777777" w:rsidR="008E6615" w:rsidRDefault="008E6615" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="60924E48" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="236443A2" w14:textId="77777777" w:rsidR="008E6615" w:rsidRDefault="008E6615" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="021687C6" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F5E76CD" w14:textId="77777777" w:rsidR="008E6615" w:rsidRPr="00C41C62" w:rsidRDefault="008E6615" w:rsidP="008E6615">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E6D947E" w14:textId="77777777" w:rsidR="00F76268" w:rsidRPr="00C41C62" w:rsidRDefault="00F76268" w:rsidP="008E6615">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="670A3F74" w14:textId="77777777" w:rsidR="008E6615" w:rsidRDefault="008E6615" w:rsidP="008E6615">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D6C8F85" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="3F2D0987" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5366CB9E" w14:textId="77777777" w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="717C55A4" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="357B05E5" w14:textId="38CAB3F7" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="58AD34E3" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B9E0326" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="3CED8B11" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07EBA44C" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="236F01B0" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="760AA2C4" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="4D863BD4" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11132B06" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="1987BCAD" w14:textId="77777777" w:rsidR="006A6418" w:rsidRDefault="006A6418" w:rsidP="006A6418">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2766355C" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...250 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="112D9C6F" w14:textId="312581E7" w:rsidR="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
-[...30 lines deleted...]
-    <w:p w14:paraId="1DD6FA16" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="5628DD97" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00032250">
+    </w:p>
+    <w:p w14:paraId="78C9CDF5" w14:textId="25F8AEC4" w:rsidR="00F7191E" w:rsidRPr="00C41C62" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B44D477" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="70EF239E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00032250">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00032250">
-[...43 lines deleted...]
-      <w:r w:rsidRPr="00032250">
+      <w:r w:rsidR="00CC2541" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A97B517" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="213648BB" w14:textId="5BD9C720" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00032250">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290B27B9" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="3A90E9CD" w14:textId="3026CED6" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00032250">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BFF9B22" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="64663C54" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00032250">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07EF204D" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="41256112" w14:textId="43B9800A" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00032250">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BB6DF3E" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="5209C15C" w14:textId="3E71D5E0" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00032250">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="319F5359" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="5B4BCDBF" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должность, место работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="484D40B1" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="062104BD" w14:textId="4CB8F93B" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00032250">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56B7AB74" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="3BBF6CCD" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00032250">
-[...6 lines deleted...]
-        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F396338" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="39BDB968" w14:textId="6F3E27C5" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00032250">
+      <w:r w:rsidRPr="00A14D64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37A052A1" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="3E7EA8D1" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C8ECAEC" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="1C1F3232" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00032250">
+      <w:r w:rsidRPr="00A14D64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0B90CF" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="73D55A97" w14:textId="77777777" w:rsidR="007E20FE" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00032250">
+      <w:r w:rsidRPr="00A14D64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00032250">
+      <w:r w:rsidRPr="00A14D64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Мені______________________________________________________________бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FBF1D35" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="184214A5" w14:textId="0BFAF97C" w:rsidR="00C41C62" w:rsidRDefault="00C41C62" w:rsidP="00C41C62">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности ( нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B01360F" w14:textId="60DE5416" w:rsidR="00C424F6" w:rsidRPr="00C41C62" w:rsidRDefault="00C41C62" w:rsidP="00C41C62">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5883CA2B" w14:textId="50555F02" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00032250">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D04315" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="52EFC2F7" w14:textId="762AA657" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00032250">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DAA6BBF" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="5317546C" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00032250">
-[...6 lines deleted...]
-        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DF46689" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="410E9325" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="340E820B" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="672FB919" w14:textId="4B34A224" w:rsidR="00C424F6" w:rsidRPr="00C41C62" w:rsidRDefault="00EF1EBC" w:rsidP="00C41C62">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В настоящее время </w:t>
+      </w:r>
+      <w:r w:rsidR="00C41C62" w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>работаю:_____________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CDCD8F0" w14:textId="5D3C56E8" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...15 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B9FA588" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
-[...19 lines deleted...]
-    <w:p w14:paraId="269E1B77" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="2F7B3566" w14:textId="6EDEF37F" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00032250">
+      <w:r w:rsidRPr="00A14D64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A905B88" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="24BC451A" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00032250">
-[...6 lines deleted...]
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F1425D5" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="65B3AF04" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32FC2369" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="394E0B9D" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00032250">
-[...6 lines deleted...]
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DE7547B" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="022053BD" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="10"/>
+        <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00032250" w:rsidRPr="00032250" w14:paraId="14B7F5F6" w14:textId="77777777" w:rsidTr="00C26E59">
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00A14D64" w14:paraId="47250385" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EA0A448" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="2D393B00" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00032250">
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D59F0DF" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="07993178" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00A14D64" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00032250">
+              <w:t>Наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B0B7122" w14:textId="48A26028" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="000C013E" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00032250">
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>У</w:t>
+            </w:r>
+            <w:r w:rsidR="000E4CFB" w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>чебного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00032250">
+            <w:r w:rsidR="000E4CFB" w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>заведения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E7A8D47" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="20FFE318" w14:textId="184FBF44" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00032250">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00032250">
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r w:rsidR="000C013E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>обучения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E8AB6B6" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="13B7DCF9" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00A14D64" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00032250">
+              <w:t>Специальность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FA4FA5A" w14:textId="5EE17458" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="000C013E" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00032250">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="000E4CFB" w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00032250">
+            <w:r w:rsidR="000E4CFB" w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
-[...33 lines deleted...]
-            </w:pPr>
+              <w:t>диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00032250" w:rsidRPr="00032250" w14:paraId="37BCD39E" w14:textId="77777777" w:rsidTr="00C26E59">
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00A14D64" w14:paraId="139665F3" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7063ACF7" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="7204E153" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AEF6E53" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="40452F74" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E6843E4" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="393A4A2F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51013E38" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="0C3CCD23" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="620F361A" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="0BD1D187" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C9B7E40" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="7A60AD5C" w14:textId="24AE898E" w:rsidR="00B3089F" w:rsidRPr="00C41C62" w:rsidRDefault="00C41C62" w:rsidP="00C41C62">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E4CFB" w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>валификационной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">присвоения/подтверждения): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E4CFB" w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="000E4CFB" w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E7A4DF" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00C41C62" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...139 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="74475249" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="76ACE1FD" w14:textId="6711DA32" w:rsidR="00C424F6" w:rsidRPr="00C41C62" w:rsidRDefault="00B14AED" w:rsidP="00C41C62">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Стаж педагогической </w:t>
+      </w:r>
+      <w:r w:rsidR="00C41C62" w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>работы:_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6166A516" w14:textId="69747047" w:rsidR="00C424F6" w:rsidRPr="00C41C62" w:rsidRDefault="00C41C62" w:rsidP="00C41C62">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>работы:__________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00C41C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39D838B3" w14:textId="27445241" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F2CB03B" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="37040099" w14:textId="03143F4A" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2071AF10" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="2F97B1B1" w14:textId="3ACCABC9" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...68 lines deleted...]
-        <w:t>_____________________________________________________________</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4455B461" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="6988B169" w14:textId="58E716D0" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...85 lines deleted...]
-        <w:t>_________________________________________________________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26F5D697" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="3C0AE861" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4036212B" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="0981A5E9" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00E650B6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>_______________________________________________________________________</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77A33EF1" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="4DC698DC" w14:textId="3462FD69" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB298F7" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="56E3191F" w14:textId="54A0626F" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AA3077B" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="61479500" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B62EC06" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="122BF992" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00E650B6" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...240 lines deleted...]
-        <w:t xml:space="preserve">)  </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D058335" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="3C11FDFA" w14:textId="27ED2C7E" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00032250">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57879112" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="1949328B" w14:textId="50D0B464" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D55375" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="2824C65B" w14:textId="71A53944" w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00032250">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40EF62E8" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="25DA4BF4" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42A0A0A3" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="273F749E" w14:textId="1D04AAF0" w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00321427" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-        <w:t>_______________________________________________________________________</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E40DF4" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20___года</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="005E43EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB228FC" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="48699E59" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FDB290E" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="16ECAB14" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="75C2F24C" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="1CC4230C" w14:textId="77777777" w:rsidR="00461D73" w:rsidRDefault="00461D73" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="52D6433F" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="169A677F" w14:textId="77777777" w:rsidR="00461D73" w:rsidRDefault="00461D73" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00DEA8A0" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="41E9C440" w14:textId="77777777" w:rsidR="00461D73" w:rsidRDefault="00461D73" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78F7A257" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="58EE9885" w14:textId="77777777" w:rsidR="00461D73" w:rsidRDefault="00461D73" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...110 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F1BE7DB" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="3494F793" w14:textId="77777777" w:rsidR="00461D73" w:rsidRDefault="00461D73" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C9A927F" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="311CA0D3" w14:textId="77777777" w:rsidR="00461D73" w:rsidRDefault="00461D73" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:i/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50F31F73" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="24EA945F" w14:textId="77777777" w:rsidR="00461D73" w:rsidRDefault="00461D73" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:i/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A0A6ECC" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="0B3E9075" w14:textId="77777777" w:rsidR="00461D73" w:rsidRDefault="00461D73" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:i/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D4950CB" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="67B7DE56" w14:textId="77777777" w:rsidR="00461D73" w:rsidRDefault="00461D73" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:i/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20AD3691" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="16506794" w14:textId="77777777" w:rsidR="00461D73" w:rsidRDefault="00461D73" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="301322B5" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="60A3DD8D" w14:textId="77777777" w:rsidR="00461D73" w:rsidRDefault="00461D73" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69273EE9" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="446BB295" w14:textId="77777777" w:rsidR="00461D73" w:rsidRDefault="00461D73" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21A56396" w14:textId="77777777" w:rsidR="00032250" w:rsidRPr="00032250" w:rsidRDefault="00032250" w:rsidP="00032250">
+    <w:p w14:paraId="3707E921" w14:textId="77777777" w:rsidR="00461D73" w:rsidRDefault="00461D73" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B004277" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="7964B6A6" w14:textId="77777777" w:rsidR="00461D73" w:rsidRPr="00461D73" w:rsidRDefault="00461D73" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69CB9348" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
-[...89 lines deleted...]
-    <w:sectPr w:rsidR="003E27E1" w:rsidRPr="001B5715" w:rsidSect="00EF0721">
+    <w:sectPr w:rsidR="00461D73" w:rsidRPr="00461D73" w:rsidSect="003B5FA9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="66B9C104" w14:textId="77777777" w:rsidR="003017FE" w:rsidRDefault="003017FE" w:rsidP="009C67FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3D61855E" w14:textId="77777777" w:rsidR="003017FE" w:rsidRDefault="003017FE" w:rsidP="009C67FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SimSun">
-[...13 lines deleted...]
-  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="32A51CA3" w14:textId="77777777" w:rsidR="003017FE" w:rsidRDefault="003017FE" w:rsidP="009C67FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="0BA106B6" w14:textId="77777777" w:rsidR="003017FE" w:rsidRDefault="003017FE" w:rsidP="009C67FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -9338,828 +5693,835 @@
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
-    <w:rsid w:val="00022496"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
-    <w:rsid w:val="00032250"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="0007612F"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
-    <w:rsid w:val="000904B0"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C013E"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
-    <w:rsid w:val="000D425F"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F3960"/>
     <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00101DFA"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
+    <w:rsid w:val="00117D57"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="00125F12"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="001537B1"/>
     <w:rsid w:val="00155EE7"/>
-    <w:rsid w:val="001578E7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="0019236A"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
-    <w:rsid w:val="001B5715"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
-    <w:rsid w:val="001D7669"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00226DDB"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="00237E5A"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
-    <w:rsid w:val="00257B52"/>
     <w:rsid w:val="00261786"/>
+    <w:rsid w:val="002627D6"/>
     <w:rsid w:val="00263268"/>
-    <w:rsid w:val="0026328D"/>
     <w:rsid w:val="002647B4"/>
-    <w:rsid w:val="002676F3"/>
-    <w:rsid w:val="0027231B"/>
+    <w:rsid w:val="00265292"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00292526"/>
     <w:rsid w:val="00294615"/>
-    <w:rsid w:val="002A342C"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
-    <w:rsid w:val="002D514F"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
-    <w:rsid w:val="002E0EDC"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="003017FE"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
-    <w:rsid w:val="0032428A"/>
     <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="0033200E"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="00347173"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="00360E6F"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B5FA9"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
-    <w:rsid w:val="003E00BA"/>
+    <w:rsid w:val="003D79A2"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="00461D73"/>
     <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="004648F2"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00483B03"/>
     <w:rsid w:val="00487083"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004A6BCA"/>
-    <w:rsid w:val="004A7D2F"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
-    <w:rsid w:val="004C5F58"/>
     <w:rsid w:val="004D07D1"/>
-    <w:rsid w:val="004D099B"/>
     <w:rsid w:val="004D120D"/>
-    <w:rsid w:val="004D30EB"/>
+    <w:rsid w:val="004D3FB2"/>
+    <w:rsid w:val="004D4610"/>
+    <w:rsid w:val="004D7841"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00514DEF"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="005223C7"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527547"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="005424C7"/>
     <w:rsid w:val="0054345F"/>
+    <w:rsid w:val="00543719"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
-    <w:rsid w:val="00587313"/>
     <w:rsid w:val="0058750D"/>
-    <w:rsid w:val="00590D97"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
-    <w:rsid w:val="005B04F2"/>
-    <w:rsid w:val="005B1A35"/>
+    <w:rsid w:val="005A47FD"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E43EE"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
-    <w:rsid w:val="005F64AF"/>
     <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00600605"/>
     <w:rsid w:val="00602344"/>
+    <w:rsid w:val="00602536"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
-    <w:rsid w:val="00606CAF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006107CB"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="00677758"/>
     <w:rsid w:val="0068146F"/>
     <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="00694DD8"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
-    <w:rsid w:val="00697248"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
-    <w:rsid w:val="006A15A7"/>
-    <w:rsid w:val="006A6418"/>
     <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006B4E50"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
-    <w:rsid w:val="006C4E23"/>
+    <w:rsid w:val="006C7C98"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00702E6C"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
-    <w:rsid w:val="00714028"/>
     <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="0074187A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
-    <w:rsid w:val="0074369E"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
-    <w:rsid w:val="007450C7"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="0076379F"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
+    <w:rsid w:val="00793C9A"/>
+    <w:rsid w:val="00793E34"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007C73FB"/>
+    <w:rsid w:val="007D1AC3"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E11BB"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E32CF"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00810382"/>
+    <w:rsid w:val="00815012"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00823496"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00840849"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="00852737"/>
+    <w:rsid w:val="00852001"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="008600F9"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00875BAF"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008A4746"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C0665"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E6615"/>
+    <w:rsid w:val="008E6FBD"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
+    <w:rsid w:val="0093589C"/>
     <w:rsid w:val="00936046"/>
-    <w:rsid w:val="00944C92"/>
     <w:rsid w:val="00954670"/>
-    <w:rsid w:val="00956BFD"/>
+    <w:rsid w:val="009563AC"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B0AD3"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009C67FC"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D772B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
-    <w:rsid w:val="009E5DF7"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
-    <w:rsid w:val="00A070AB"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A14D64"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A35CB6"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A633FD"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC4692"/>
     <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AC5985"/>
+    <w:rsid w:val="00AD1BAB"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE1B60"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE5613"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B02A16"/>
+    <w:rsid w:val="00B13C4B"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
-    <w:rsid w:val="00B73CFE"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
-    <w:rsid w:val="00B91A93"/>
     <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B96E1D"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
-    <w:rsid w:val="00BE0903"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
-    <w:rsid w:val="00BF2DFB"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C350BA"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
-    <w:rsid w:val="00C362DC"/>
+    <w:rsid w:val="00C41C62"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
-    <w:rsid w:val="00C555FF"/>
-    <w:rsid w:val="00C56DDC"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
-    <w:rsid w:val="00C703BC"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
-    <w:rsid w:val="00C9736D"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CD79E7"/>
     <w:rsid w:val="00CE631A"/>
-    <w:rsid w:val="00CF3D03"/>
+    <w:rsid w:val="00CE6B24"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
-    <w:rsid w:val="00D07AA4"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
-    <w:rsid w:val="00D1732C"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
-    <w:rsid w:val="00D25599"/>
+    <w:rsid w:val="00D22F60"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D62DE0"/>
     <w:rsid w:val="00D8716B"/>
-    <w:rsid w:val="00D90C40"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA3D75"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5C62"/>
-    <w:rsid w:val="00DB6412"/>
+    <w:rsid w:val="00DB5C77"/>
+    <w:rsid w:val="00DB639B"/>
     <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB72F8"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC2B83"/>
     <w:rsid w:val="00DC545C"/>
-    <w:rsid w:val="00DC769A"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E01CAB"/>
     <w:rsid w:val="00E02EAC"/>
-    <w:rsid w:val="00E04261"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
-    <w:rsid w:val="00E2440F"/>
     <w:rsid w:val="00E327C0"/>
+    <w:rsid w:val="00E32803"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
-    <w:rsid w:val="00E70279"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
-    <w:rsid w:val="00E7253C"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E75D9D"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
-    <w:rsid w:val="00E96E51"/>
     <w:rsid w:val="00E97C39"/>
-    <w:rsid w:val="00EA7213"/>
     <w:rsid w:val="00EB1451"/>
-    <w:rsid w:val="00EB29C1"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC3756"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
-    <w:rsid w:val="00EC58C0"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
-    <w:rsid w:val="00EE0A8F"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF0721"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F01303"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03492"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F35A76"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F46D1E"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F51F51"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
-    <w:rsid w:val="00F74D22"/>
     <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F76268"/>
+    <w:rsid w:val="00F76D4F"/>
     <w:rsid w:val="00F8329A"/>
-    <w:rsid w:val="00FA2C05"/>
+    <w:rsid w:val="00F838DA"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FC7249"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FD120F"/>
     <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FE794D"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
-    <w:rsid w:val="00FF3309"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="4672AF0D"/>
-  <w15:docId w15:val="{DF815E27-BBF1-4A52-B387-7E37D43892B3}"/>
+  <w14:docId w14:val="4F309B90"/>
+  <w15:docId w15:val="{DA24E5BE-E33B-4FC2-A196-77F541450B37}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10514,89 +6876,112 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F410E4"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C41C62"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00456CEA"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="11">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00456CEA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Основ_Текст"/>
     <w:rsid w:val="008D6A9A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="645"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
@@ -10670,142 +7055,137 @@
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00487083"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009C67FC"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009C67FC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009C67FC"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009C67FC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00587313"/>
+    <w:rsid w:val="00C41C62"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
-    <w:name w:val="apple-converted-space"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="002D514F"/>
-[...19 lines deleted...]
-    </w:tblPr>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C41C62"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="231619559">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="245118998">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="335617763">
-      <w:bodyDiv w:val="1"/>
-[...24 lines deleted...]
-    <w:div w:id="476607609">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -10813,99 +7193,59 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1380398890">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1557736448">
-[...38 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11156,78 +7496,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA4EF99F-2E44-4DEC-BCCC-0958B287B468}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20CED35E-5846-4232-BCDF-4661D4399F22}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1394</Words>
-  <Characters>7948</Characters>
+  <Words>1253</Words>
+  <Characters>7147</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9324</CharactersWithSpaces>
+  <CharactersWithSpaces>8384</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>