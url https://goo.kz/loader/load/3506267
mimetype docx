--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -1,2874 +1,2670 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="01D5FE9F" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00B80E99" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="4ED580CC" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B80E99">
+      <w:r w:rsidRPr="004E6DAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің</w:t>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа №6 города Павлодара» объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0995CBD1" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="6FBAF0D1" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B80E99">
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> №6 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B80E99">
+        <w:t xml:space="preserve">на должность учителя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">русского языка и литературы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> КММ орыс тілінде оқытатын </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">с русским языком обучения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B5728A" w14:textId="17923784" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> мұғалімі лауазымына конкурс жариялайды.</w:t>
-      </w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантн</w:t>
+      </w:r>
+      <w:r w:rsidR="004236B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ставк</w:t>
+      </w:r>
+      <w:r w:rsidR="004236B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58F818A2" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40D5EC79" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
-[...11 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6911"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00100A4B" w14:paraId="58810E39" w14:textId="77777777" w:rsidTr="00F2487C">
+      <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="7597879D" w14:textId="77777777" w:rsidTr="00EA3932">
         <w:trPr>
-          <w:trHeight w:val="556"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="10314" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="52B8D14A" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="69DDADD4" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>ПРИМЕЧАНИЕ: Конкурс на назначение педагогов осуществляется в электронном формате в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78628FFA" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>модуле «Прием на работу педагога» (https://hr-nobd.edu.kz/)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="783A7496" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="79461875" w14:textId="77777777" w:rsidTr="00EA3932">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="513A8C3E" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9626" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1741F5D8" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...105 lines deleted...]
-              <w:t>қабылдау" модулінде (https://hr-nobd.edu.kz/) жүзеге асырылады</w:t>
+          <w:p w14:paraId="4E230A41" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="314D3063" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа  №6 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00100A4B" w14:paraId="35FF2406" w14:textId="77777777" w:rsidTr="00F2487C">
+      <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="008DB5B8" w14:textId="77777777" w:rsidTr="00EA3932">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6A0B87BB" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...3 lines deleted...]
-              <w:ind w:left="10"/>
+          <w:p w14:paraId="1125402F" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...7 lines deleted...]
-            </w:r>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="576307C5" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...30 lines deleted...]
-              <w:t>атауы</w:t>
+          <w:p w14:paraId="5D1C1254" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D2DED8E" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім беру бөлімінің «Павлодар қаласының  №6 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі. </w:t>
+          <w:p w14:paraId="18F816C1" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Генерала Смагулова, 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00100A4B" w14:paraId="1D32F2E4" w14:textId="77777777" w:rsidTr="00F2487C">
+      <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="0CC06902" w14:textId="77777777" w:rsidTr="00EA3932">
         <w:trPr>
-          <w:trHeight w:val="505"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1815BFF1" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...3 lines deleted...]
-                <w:szCs w:val="2"/>
+          <w:p w14:paraId="578111E2" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15713827" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> мекенжайы</w:t>
+          <w:p w14:paraId="0D97F43B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6479515B" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00F54B50" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
+          <w:p w14:paraId="1981344F" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...33 lines deleted...]
-              <w:t>,78</w:t>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 7182620158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00100A4B" w14:paraId="4E25C1C0" w14:textId="77777777" w:rsidTr="00F2487C">
+      <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="40884FFA" w14:textId="77777777" w:rsidTr="00EA3932">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="469CDEB5" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...3 lines deleted...]
-                <w:szCs w:val="2"/>
+          <w:p w14:paraId="4C892EF1" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B18A358" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...18 lines deleted...]
-              <w:t>нөмірлері,</w:t>
+          <w:p w14:paraId="45DABCC0" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B3F156D" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00F54B50" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...31 lines deleted...]
-              <w:t>7182620158</w:t>
+          <w:p w14:paraId="7387EC7C" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sosh6@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00100A4B" w14:paraId="56EBA5D0" w14:textId="77777777" w:rsidTr="00F2487C">
+      <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="55D2BAAF" w14:textId="77777777" w:rsidTr="00EA3932">
         <w:trPr>
-          <w:trHeight w:val="251"/>
+          <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1986C3B6" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4870F845" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="620ED23D" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...18 lines deleted...]
-              <w:t>пошта</w:t>
+          <w:p w14:paraId="30F14FBA" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DA4660B" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...1 lines deleted...]
-              <w:t>sosh6@goo.edu.kz</w:t>
+          <w:p w14:paraId="348C522F" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель русского языка и литературы в классах с русским языком обучения, 16 часов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F316A95" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5715"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00100A4B" w14:paraId="6696367A" w14:textId="77777777" w:rsidTr="00F2487C">
+      <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="6D47E030" w14:textId="77777777" w:rsidTr="00EA3932">
         <w:trPr>
-          <w:trHeight w:val="757"/>
+          <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2944F31B" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...3 lines deleted...]
-              <w:ind w:left="10"/>
+          <w:p w14:paraId="10509C6D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...7 lines deleted...]
-            </w:r>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="552F24C7" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...46 lines deleted...]
-              <w:t>жүктемесі</w:t>
+          <w:p w14:paraId="7F8DB4B2" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ECDBAB0" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...44 lines deleted...]
-          <w:p w14:paraId="157FE58E" w14:textId="348254B9" w:rsidR="00100A4B" w:rsidRPr="00504B2E" w:rsidRDefault="00100A4B" w:rsidP="00F2487C"/>
+          <w:p w14:paraId="7A5A0C38" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>осуществляет обучение и воспитание обучающихся с учетом специфики преподаваемого предмета, в соответствии с государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B93AE69" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z1883"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       способствует формированию общей культуры личности обучающегося и воспитанника, и его социализации, выявляет и содействует развитию индивидуальных способностей обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B96EBE8" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z1884"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      воспитывает в обучающемся уважительное отношение к педагогу, учит соблюдать деловой стиль отношения и речевой этикет путем вежливого обращения по имени и отчеству педагога или прямого обращения "учитель/мұғалім";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07E4DD34" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z1885"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7206D706" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z1886"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       составляет краткосрочные и среднесрочные (календарно-тематические) планы по предметам, задания для суммативного оценивания за раздел и суммативного оценивания за четверть; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B73F7CB" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z1887"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       проводит анализ по итогам проведения суммативного оценивания за раздел и суммативного оценивания за четверть с комментариями; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AF5EEE6" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z1888"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      заполняет журналы (бумажные или электронные);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47DAEAAF" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z1889"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      обеспечивает достижение личностных, системно-деятельностных, предметных результатов обучающимися и воспитанниками не ниже уровня, предусмотренного государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="346A229A" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z1890"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      участвует в разработке и выполнении учебных программ, в том числе программ для обучающихся с особыми образовательными потребностями, обеспечивает реализацию их в полном объеме в соответствии с учебным планом и графиком учебного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66BE3E6B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z1891"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B6D6BDC" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z1892"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      создает условия для инклюзивного образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FCF9A5C" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z1893"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      адаптирует учебные программы с учетом индивидуальной потребности обучающегося с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A61812D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z1894"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      в специальных образовательных организациях осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальное преодоление отклонений в развитии с учетом специфики преподаваемого предмета;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09A59FAD" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z1895"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      организовывает занятия в дистанционном режиме с использованием интерактивных учебных материалов и цифровых образовательных ресурсов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31EB5AEF" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="z1896"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      участвует в заседаниях методических объединений, ассоциации учителей, методических, педагогических советов, сетевых сообществ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D0C474F" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="14" w:name="z1897"/>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       участвует в педагогических консилиумах для родителей; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B187C4A" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="15" w:name="z1898"/>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      консультирует родителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0564ED84" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="16" w:name="z1899"/>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      повышает профессиональную компетентность;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BF89123" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="z1900"/>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59E49752" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="z1901"/>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="318E1A0E" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="z1902"/>
+            <w:bookmarkEnd w:id="18"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      осуществляет сотрудничество с родителями или лицами, их заменяющими;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="338A48D4" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="20" w:name="z1903"/>
+            <w:bookmarkEnd w:id="19"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      заполняет документы, перечень которых утвержден уполномоченным органом в области образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B18BA44" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="21" w:name="z1904"/>
+            <w:bookmarkEnd w:id="20"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">       прививает антикоррупционную культуру, принципы академической честности среди обучающихся и воспитанников. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p w14:paraId="5EAEA6F5" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00100A4B" w14:paraId="2CDEAB5B" w14:textId="77777777" w:rsidTr="00F2487C">
+      <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="3C278837" w14:textId="77777777" w:rsidTr="00EA3932">
         <w:trPr>
-          <w:trHeight w:val="1771"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BB4C182" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...3 lines deleted...]
-                <w:szCs w:val="2"/>
+          <w:p w14:paraId="797093CF" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5070743D" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...20 lines deleted...]
-              <w:t>міндеттері</w:t>
+          <w:p w14:paraId="6EE36E7F" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0528241A" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...48 lines deleted...]
-              <w:t>оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+          <w:p w14:paraId="2612F98C" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40FC29A1" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): от 171 590  тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24D5E10D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): от 210 940 тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00100A4B" w14:paraId="2C6C4F0D" w14:textId="77777777" w:rsidTr="00F2487C">
+      <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="38C34E5D" w14:textId="77777777" w:rsidTr="00EA3932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A16D50" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72EB6CE7" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CBDC7C3" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27A568C5" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FB11ABF" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="22" w:name="z1916"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="185BC850" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="23" w:name="z1917"/>
+            <w:bookmarkEnd w:id="22"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p w14:paraId="14205E03" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="1D4858EF" w14:textId="77777777" w:rsidTr="00EA3932">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75607EF9" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="37A2253F" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11F40A26" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...23 lines deleted...]
-              <w:t>шарттары</w:t>
+          <w:p w14:paraId="627BA518" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A3618AA" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...10 lines deleted...]
-              <w:ind w:hanging="283"/>
+          <w:p w14:paraId="3C79874D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>29.09.2025-07.10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="-5"/>
-[...207 lines deleted...]
-              <w:t>теңге</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.2025 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00100A4B" w14:paraId="143B6A5E" w14:textId="77777777" w:rsidTr="00F2487C">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="3FCA898E" w14:textId="77777777" w:rsidTr="00EA3932">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52216616" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...3 lines deleted...]
-              <w:ind w:left="10"/>
+          <w:p w14:paraId="7B8898FF" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="-10"/>
-[...1 lines deleted...]
-              <w:t>3</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="665634F4" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...57 lines deleted...]
-              <w:t>талаптары</w:t>
+          <w:p w14:paraId="4262561D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="146259CE" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...9 lines deleted...]
-              <w:ind w:right="98" w:firstLine="0"/>
+          <w:p w14:paraId="518E6A87" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F99AEA2" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>документов по форме согласно приложению 3 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25CD64C7" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="539FFDA9" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BD30E4B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AD81B2E" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F977593" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) копии документов об образовании в соответствии с</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30865548" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>предъявляемыми к должности квалификационными требованиями,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C826C92" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>утвержденными Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="228BE679" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5) копия документа, подтверждающую трудовую деятельность (при</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C1563BB" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B9FEA7B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6) справка о состоянии здоровья по форме 075/у, утвержденная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10F339BE" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>приказом исполняющего обязанности Министра здравоохранения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DFAE552" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 &amp;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>quot</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;Об</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D3C5693" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>утверждении форм учетной документации в области здравоохранения, а</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ED232CD" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>также инструкций по их заполнению&amp;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>quot</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30F39D71" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7) справка об отсутствии динамического наблюдения больных с</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CEBD005" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психическими поведенческими расстройствами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D980CBC" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8) справка об отсутствии динамического наблюдения наркологических больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D2D559F" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9) сертификат о результатах прохождения сертификации или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F3A9FFC" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии действующей квалификационной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77185D9C" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CCC2C6B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10) для кандидатов на занятие должности педагогов английского языка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FD103BA" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат о результатах сертификации по предмету или удостоверение</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5088BDFA" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о наличии квалификационной категории педагога-модератора или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28ECFDA2" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагога-эксперта, или педагога-исследователя, или педагога-мастера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26CAF337" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(при наличии) или сертификат CELTA (Certificatein English Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52E143C5" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26F1BEA6" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="232BB73B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F210C80" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11) заполненный Оценочный лист кандидата на вакантную или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11E981F0" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>временно вакантную должность педагога по форме согласно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="462A9C32" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>приложениям 12, 13 к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BB6F2FE" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12) рекомендательное письмо с места работы (по должности педагога),</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6494E964" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...5 lines deleted...]
-                <w:spacing w:val="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебы.</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="24" w:name="z188"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...126 lines deleted...]
-            </w:r>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00100A4B" w14:paraId="25A153E6" w14:textId="77777777" w:rsidTr="00F2487C">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="27B2B0A7" w14:textId="77777777" w:rsidTr="00EA3932">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="466C4ABA" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...3 lines deleted...]
-              <w:ind w:left="10"/>
+          <w:p w14:paraId="580BD976" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="-10"/>
-[...1 lines deleted...]
-              <w:t>4</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="437B8C59" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...31 lines deleted...]
-              <w:t>мерзімі</w:t>
+          <w:p w14:paraId="59A26BA4" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EABF34A" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...10 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="4708625F" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-              </w:rPr>
-[...476 lines deleted...]
-              <w:t>анықтама;</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54B4B455" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="0D2FBDDA" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:pStyle w:val="TableParagraph"/>
-[...9 lines deleted...]
-        </w:sectPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...434 lines deleted...]
-    <w:p w14:paraId="5FF4C04B" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="7B931D19" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B81E7F2" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="55D03E2B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51ABFB91" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="30EDDBA7" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DDEBC8C" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="30105BF4" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
-    </w:p>
-[...272 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:spacing w:val="40"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>тағайындау,</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>лауазымнан</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-10"/>
+        <w:t>должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA461A6" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6307" w:right="779" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>босату қағидаларына 3-қосымша</w:t>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Нысан</w:t>
+        <w:t>государственных организаций образования Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12652706" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00E642DE" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="03431E7C" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:spacing w:before="9"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="9" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
+      <w:r w:rsidRPr="004E6DAC">
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68337EC1" wp14:editId="1A92B0AB">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4869D482" wp14:editId="1F0A6A3A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>143301</wp:posOffset>
+                  <wp:posOffset>143216</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6352540" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="1" name="Graphic 1"/>
+                <wp:docPr id="22" name="Graphic 22"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6352540" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6352540">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -2877,81 +2673,763 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1D1E9964" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;FJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7oQ29JwXyWgECqbdNTq2D/+XK3&#10;AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRodZtYh8e3beqMjS9/Kxuszh5tB&#10;pkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5vxucnEBHH+AfDVJ+rQ8GdDvZI&#10;TRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="381E7A2F" id="Graphic 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;FJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7oQ29JwXyWgECqbdNTq2D/+XK3&#10;AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRodZtYh8e3beqMjS9/Kxuszh5tB&#10;pkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5vxucnEBHH+AfDVJ+rQ8GdDvZI&#10;TRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
+      <w:r w:rsidRPr="004E6DAC">
         <w:rPr>
           <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="089061F2" wp14:editId="260A41E1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D99F53B" wp14:editId="4661C12F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>310941</wp:posOffset>
+                  <wp:posOffset>310856</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6358890" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="23" name="Graphic 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6358890" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6358890">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6358697" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="33D83579" id="Graphic 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6358890,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJAkYvFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRSYxkFFOU2Hbpp0&#10;up10THsOaUqrpXFmBwr/fk5Kgd3epvUhcuIv9md/Tpf3x9aKg0FqwBVyMhpLYZyGsnG7Qn7fPH6Y&#10;S0FBuVJZcKaQJ0PyfvX+3bLzuZlCDbY0KDiIo7zzhaxD8HmWka5Nq2gE3jh2VoCtCrzFXVai6jh6&#10;a7PpeDzLOsDSI2hDxKfr3ilXKX5VGR2+VRWZIGwhmVtIK6Z1G9dstVT5DpWvG32mof6BRasax0kv&#10;odYqKLHH5q9QbaMRCKow0tBmUFWNNqkGrmYyflPNa628SbVwc8hf2kT/L6x+Prz6F4zUyT+B/knc&#10;kazzlF88cUNnzLHCNmKZuDimLp4uXTTHIDQfzj5+ms8X3GzNvsn0LjU5U/lwV+8pfDGQ4qjDE4Ve&#10;g3KwVD1Y+ugGE1nJqKFNGgYpWEOUgjXc9hp6FeK9SC6aorsSiWctHMwGkje8Yc7Url7rblGxlNni&#10;ToqhSsb2CDZiGu5Vb6TUbN8WZ11kcbeYzdNoENimfGysjSwId9sHi+Kg4mCmL9bBEf6AeaSwVlT3&#10;uOQ6w6w769RLE0XaQnl6QdHxNBeSfu0VGinsV8fjEkd/MHAwtoOBwT5AeiCpQZxzc/yh0IuYvpCB&#10;lX2GYRhVPogWS79g400Hn/cBqiYqmmaoZ3Te8ASnAs+vLT6R231CXf8Jq98AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAeMgQ53QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJOm&#10;ohDiVAiJWwU08ABuvMRp7XUUOz/w9DincpzZT7MzxW62ho3Y+9aRgHSVAEOqnWqpEfD1+Xr3AMwH&#10;SUoaRyjgBz3syuurQubKTXTAsQoNiyHkcylAh9DlnPtao5V+5TqkePt2vZUhyr7hqpdTDLeGr5Pk&#10;nlvZUvygZYcvGutzNVgB22F+/9B7czpP+xMd3jJuf6tRiNub+fkJWMA5XGBY6sfqUMZORzeQ8sxE&#10;nWZZRAVsHuOmBUjTzRbYcXHWwMuC/59Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDJ&#10;AkYvFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAeMgQ53QAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6358697,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F53438" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19E11287" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>орган,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>объявивший</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A9088C7" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F3CFF84" wp14:editId="522343D1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>139061</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="24" name="Graphic 24"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="6D282131" id="Graphic 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.2pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA4C39+t8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiT&#10;FEEb4lQoElVBCIm0F25uvCQR8Tqy3Tb9e7YnOM7s0+xMsZrsII7oQ+9IQTpLQCA1zvTUKthtX+4W&#10;IELUZPTgCBWcMcCqvL4qdG7ciT7xWMdWcAiFXCvoYhxzKUPTodVh5kYkvn07b3Vk6VtpvD5xuB1k&#10;liQP0uqe+EOnR6w6bH7qg1Xgv97Xu3HzsV5W+Hb/6qrzuKlrpW5vpucnEBGn+AfDpT5Xh5I77d2B&#10;TBAD63Q+Z1RBli5BXAB2HkHs2clSkGUh/08ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDgLf363wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DED931A" wp14:editId="0E310EAF">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285365</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="25" name="Graphic 25"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5E3656AD" id="Graphic 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.2pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAq7H7R98AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Gn4a4lQoElWpEBKhF25uvCQR8dqK3TZ9e7YnOM7sp9mZYjnZQRxwDL0jBeksAYHUONNTq2D7+XLz&#10;CCJETUYPjlDBCQMsy8uLQufGHekDD3VsBYdQyLWCLkafSxmaDq0OM+eR+PbtRqsjy7GVZtRHDreD&#10;vE2Se2l1T/yh0x6rDpufem8VjF9vq61fv68WFW6yV1ed/Lqulbq+mp6fQESc4h8M5/pcHUrutHN7&#10;MkEMrNP5nFEFWbYAcQbYeQCxY+cuBVkW8v+E8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCrsftH3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45DC1BED" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28282093" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ИИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26767A33" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B0D18EF" wp14:editId="108235A2">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>138934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="2" name="Graphic 2"/>
+                <wp:docPr id="26" name="Graphic 26"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2CB94049" id="Graphic 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYwIY4eJYhFBsxg5/WIvYTPzevN&#10;PbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBOxYWfDNJt54NTiWTouQ7qSOHO&#10;8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8vpqbR2DJzOlshhM+oUNNTFu/&#10;Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E505327" wp14:editId="1A92EE10">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285238</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="27" name="Graphic 27"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1A0011D9" id="Graphic 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAM4FcDfeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;Y1IohDhVQPxIvZHCgZsbb5MIex3ZbhveHucEt53d0ew35Xqyhh3Rh8GRBLHIgCG1Tg/USfjYvlzd&#10;AQtRkVbGEUr4wQDr6vysVIV2J3rHYxM7lkIoFEpCH+NYcB7aHq0KCzcipdveeatikr7j2qtTCreG&#10;X2fZLbdqoPShVyM+9dh+NwcrofbbnOrm02T7x9fV89tGfa3ERsrLi6l+ABZxin9mmPETOlSJaecO&#10;pAMzSYs8T1YJy+U9sNkgxDzt0uZGAK9K/r9C9QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDOBXA33gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A3AC55B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BB1EAD5" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="638ABEC0" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11C3AF10" wp14:editId="1B1FA4B9">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>138934</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="28" name="Graphic 28"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -2960,168 +3438,457 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="714EF20C" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.8pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEA0v4fet8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;pqI0xKkC4kfqjZQeenPjbRJhr6PYbcPb45zKcWY/zc7k69EadsbBd44kiFkCDKl2uqNGwvf2/eEJ&#10;mA+KtDKOUMIvelgXtze5yrS70Beeq9CwGEI+UxLaEPqMc1+3aJWfuR4p3o5usCpEOTRcD+oSw63h&#10;8yR55FZ1FD+0qsfXFuuf6mQllMM2pbLameT48rF8+9yo/VJspLy/G8tnYAHHcIVhqh+rQxE7HdyJ&#10;tGcmapGmEZWwWMVNEyDEYgXsMDlz4EXO/08o/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDS/h963wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="612EC5B5" id="Graphic 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D96C0E9" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00E642DE" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="5CC4AFA1" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(конкурс</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>(фактическое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>жариялаған</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-9"/>
+        <w:t>место проживания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>мемлекеттік</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>адрес прописки,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>орган)</w:t>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07FC4E40" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00E642DE" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="00929234" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:spacing w:before="2"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="728E1AB8" wp14:editId="50A3F7B5">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27FF119E" wp14:editId="7F53AE04">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>139315</wp:posOffset>
+                  <wp:posOffset>138934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="3" name="Graphic 3"/>
+                <wp:docPr id="29" name="Graphic 29"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359650" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="45DDD0F9" id="Graphic 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11FF78C9" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10C96AB9" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A1006ED" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E66768" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6919F6E7" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной должности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="71"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2421F6BA" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="15"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4847C491" wp14:editId="044CC4EC">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>125585</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="30" name="Graphic 30"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3130,81 +3897,80 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="17F5C943" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYwIY4eJYhFBsxg5/WIvYTPzevN&#10;PbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBOxYWfDNJt54NTiWTouQ7qSOHO&#10;8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8vpqbR2DJzOlshhM+oUNNTFu/&#10;Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="20E50B71" id="Graphic 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:9.9pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhACOeUHPeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;Y4IoDXGqgHhI3ZHSRXdu7CYR9jiy3Tb8PdNV2c3VHN1HuZycZUcT4uBRgphlwAy2Xg/YSfhev989&#10;AYtJoVbWo5HwayIsq+urUhXan/DLHJvUMTLBWCgJfUpjwXlse+NUnPnRIP32PjiVSIaO66BOZO4s&#10;v8+yR+7UgJTQq9G89qb9aQ5OQh3WOdbNxmb7l4/52+dKbediJeXtzVQ/A0tmShcYzvWpOlTUaecP&#10;qCOzpEWeE0rHgiacASEeFsB2EigYeFXy/xOqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAjnlBz3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="17"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:sz w:val="15"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D62C620" wp14:editId="11579EA2">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="102B47D6" wp14:editId="676F95C3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>285619</wp:posOffset>
+                  <wp:posOffset>271889</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="4" name="Graphic 4"/>
+                <wp:docPr id="31" name="Graphic 31"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3213,180 +3979,230 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="65F9863D" id="Graphic 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAOTE+EXfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;46bQEuJUAQGVeiOlB25uvE0i7HUUu234e5wTHGf2aXYmX4/WsDMOvnMkQcwSYEi10x01Ej53b3cr&#10;YD4o0so4Qgk/6GFdXF/lKtPuQh94rkLDYgj5TEloQ+gzzn3dolV+5nqkeDu6waoQ5dBwPahLDLeG&#10;z5PkgVvVUfzQqh5fWqy/q5OVUA67lMpqb5Lj8/vydbNVX0uxlfL2ZiyfgAUcwx8MU/1YHYrY6eBO&#10;pD0zUYs0jaiExX3cNAFCLB6BHSZnDrzI+f8JxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA5MT4Rd8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="27B80CEA" id="Graphic 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:21.4pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAJIPkX/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;7aaiEOJUAfEj9UbaHri5sZtExOvIdtvw9mxPcJzZT7MzxWpyAzvZEHuPCuRMALPYeNNjq2C7ebt7&#10;ABaTRqMHj1bBj42wKq+vCp0bf8ZPe6pTyygEY64VdCmNOeex6azTceZHi3Q7+OB0IhlaboI+U7gb&#10;+FyIe+50j/Sh06N96WzzXR+dgipsMqzq3SAOz+/L14+1/lrKtVK3N1P1BCzZKf3BcKlP1aGkTnt/&#10;RBPZQFpmGaEKFnOacAGkXDwC25OTCeBlwf9PKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAkg+Rf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7552A8BD" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00E642DE" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="46030C3F" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F206367" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00E642DE" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="7DF99C15" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:spacing w:before="5"/>
-        <w:ind w:left="61" w:right="38"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(кандидаттың</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t>(наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Т.А.Ә.</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-6"/>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(бар</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>болса),</w:t>
-[...15 lines deleted...]
-        <w:t>ЖСН</w:t>
+        <w:t>город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1892534B" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00E642DE" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="6BE5D19B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:spacing w:before="5"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AA70A70" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="696D5AA1" wp14:editId="233AD205">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3ED13C72" wp14:editId="7C08BCC0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140839</wp:posOffset>
+                  <wp:posOffset>141830</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="5" name="Graphic 5"/>
+                <wp:docPr id="32" name="Graphic 32"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3395,81 +4211,80 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4437465E" id="Graphic 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAEaG03/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;46SiNMSpAuIhdUcKi+7ceJpExOPIdtvw9zgrWN6Zoztnis1kBnZG53tLEsQiAYbUWN1TK+Fz93r3&#10;AMwHRVoNllDCD3rYlNdXhcq1vdAHnuvQslhCPlcSuhDGnHPfdGiUX9gRKe6O1hkVYnQt105dYrkZ&#10;eJok99yonuKFTo343GHzXZ+MhMrtMqrqryE5Pr2tXt63ar8SWylvb6bqEVjAKfzBMOtHdSij08Ge&#10;SHs2xCyyLKIS0jQFNgNCLNfADvNkCbws+P8Xyl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEARobTf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="4B8BFD6A" id="Graphic 32" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT9mFwKEEsEmAaG9cO2En42rzd&#10;PAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1VWHhRo10OzhvVSTpO956daZw&#10;a3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU11dT9QQs6in+mWHGJ3QoiWnv&#10;jtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2297C324" wp14:editId="3325EDD5">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="763DFBB2" wp14:editId="42EDD5DF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>285619</wp:posOffset>
+                  <wp:posOffset>288134</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="6" name="Graphic 6"/>
+                <wp:docPr id="33" name="Graphic 33"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3478,152 +4293,685 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7D893225" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAOTE+EXfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;46bQEuJUAQGVeiOlB25uvE0i7HUUu234e5wTHGf2aXYmX4/WsDMOvnMkQcwSYEi10x01Ej53b3cr&#10;YD4o0so4Qgk/6GFdXF/lKtPuQh94rkLDYgj5TEloQ+gzzn3dolV+5nqkeDu6waoQ5dBwPahLDLeG&#10;z5PkgVvVUfzQqh5fWqy/q5OVUA67lMpqb5Lj8/vydbNVX0uxlfL2ZiyfgAUcwx8MU/1YHYrY6eBO&#10;pD0zUYs0jaiExX3cNAFCLB6BHSZnDrzI+f8JxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA5MT4Rd8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="2544DF64" id="Graphic 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;DS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj7x1JEIsEGFLjdE+thI/d6809&#10;MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/cANS3B3caFWIcWy5HtU5llvD&#10;b5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6aqoegQWcwh8Ms35UhzI67d2R&#10;tGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="409214E0" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00E642DE" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="25485084" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:spacing w:before="5"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F37AACB" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00E642DE" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="6245AC05" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:spacing w:before="8"/>
-        <w:ind w:left="23" w:right="54"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(лауазымы,</w:t>
-[...5 lines deleted...]
-          <w:sz w:val="18"/>
+        <w:t>город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E53461" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Сообщаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>себе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-        <w:t>орны)</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A00A48" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00E642DE" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="65172AAD" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:spacing w:before="4"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Образование:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>послевузовское,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>техническое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>профессиональное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44CD2CF4" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="146" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4112"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3545"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="404E64FB" w14:textId="77777777" w:rsidTr="00EA3932">
+        <w:trPr>
+          <w:trHeight w:val="314"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E425B05" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22AA8225" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="024F892E" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="51"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="55952DC5" w14:textId="77777777" w:rsidTr="00EA3932">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A84BEAA" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71934331" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39859AEC" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5709B6D5" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения/подтверждения)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">его </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>наличии):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AB7E22C" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5121CF3B" wp14:editId="1917F5E2">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3932AFBE" wp14:editId="688CDCCB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140458</wp:posOffset>
+                  <wp:posOffset>137934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="7" name="Graphic 7"/>
+                <wp:docPr id="34" name="Graphic 34"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3632,141 +4980,1032 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="507EE3CF" id="Graphic 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.05pt;width:500.8pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAG0yjG/eAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;4wRRGuJUAfGQuiOlC3bT2E0i4nFku234e5xVWd6ZoztnivVkBnbSzveWJIhFAkxTY1VPrYSv7dvd&#10;IzAfkBQOlrSEX+1hXV5fFZgre6ZPfapDy2IJ+RwldCGMOee+6bRBv7Cjprg7WGcwxOharhyeY7kZ&#10;eJokD9xgT/FCh6N+6XTzUx+NhMptM6rq3ZAcnt+Xrx8b/F6KjZS3N1P1BCzoKVxgmPWjOpTRaW+P&#10;pDwbYhZZFlEJaSqAzYAQ9ytg+3mSAS8L/v+F8g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBtMoxv3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="5BA8B840" id="Graphic 34" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B75281" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00E642DE" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="6B6C6ED3" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:spacing w:before="5"/>
-[...4 lines deleted...]
-          <w:sz w:val="18"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="85" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1196"/>
+        <w:gridCol w:w="1731"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2521"/>
+        <w:gridCol w:w="3009"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="576DA08A" w14:textId="77777777" w:rsidTr="00EA3932">
+        <w:trPr>
+          <w:trHeight w:val="719"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39E48160" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E4408EF" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6317701F" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1535310D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34A786C1" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19E97B73" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D319C62" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специальности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(для</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63491884" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специалистов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>субъектов предпринимательства)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="063E73A5" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>данной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24E745CD" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>том</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>числе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на занимаемой должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="18C93559" w14:textId="77777777" w:rsidTr="00EA3932">
+        <w:trPr>
+          <w:trHeight w:val="400"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23B4AA85" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64FE88BB" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D054AA" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A4CB25C" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B633A88" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7A1044CF" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Имею</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>результаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...16 lines deleted...]
-        <w:t>жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EE523B6" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00E642DE" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="5D2CC337" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:spacing w:before="5"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4740A4B6" wp14:editId="15FBAA25">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7EFF509A" wp14:editId="23C423A0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140839</wp:posOffset>
+                  <wp:posOffset>141684</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="35" name="Graphic 35"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="02DA585F" id="Graphic 35" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.2pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAZKVKWN8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;lJ8S4lQoElVBCIm0F25uvCQR8Tqy3TZ9ezYnOK1mdjT7bb4abS+O6EPnSMF8loBAqp3pqFGw277c&#10;LEGEqMno3hEqOGOAVXF5kevMuBN94rGKjeASCplW0MY4ZFKGukWrw8wNSLz7dt7qyNI30nh94nLb&#10;yzRJ7qXVHfGFVg9Ytlj/VAerwH+9r3fD5mP9WOLb7asrz8OmqpS6vhqfn0BEHONfGCZ8RoeCmfbu&#10;QCaInvV8seCogjTlOQXYeQCxn5w7kEUu/79Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBkpUpY3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36977862" wp14:editId="6BF21779">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>286464</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="36" name="Graphic 36"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="55D42FE6" id="Graphic 36" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.55pt;width:500.2pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAxudhYt4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Uv5CnApFoioIIRF64ebGSxIRryPbbdO3Z3OC48x+mp0pVpMdxAF96B0pSBcJCKTGmZ5aBdvP56t7&#10;ECFqMnpwhApOGGBVnp8VOjfuSB94qGMrOIRCrhV0MY65lKHp0OqwcCMS376dtzqy9K00Xh853A7y&#10;OklupdU98YdOj1h12PzUe6vAf72tt+Pmff1Q4evyxVWncVPXSl1eTE+PICJO8Q+GuT5Xh5I77dye&#10;TBAD6zTLGFWwvElBzAA7dyB2s5OBLAv5f0L5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AG5GVUYVAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAMbnYWLeAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="417B6EEC" wp14:editId="375B3837">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>433149</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="37" name="Graphic 37"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="456E323E" id="Graphic 37" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:34.1pt;width:500.2pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAULng3N8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;H5U2xKlQJKqCEBJpL9zceEki4rUVu2369mxOcJzZT7Mz2WawnThjH1pHCqaTBARS5UxLtYLD/uVh&#10;BSJETUZ3jlDBFQNs8tubTKfGXegTz2WsBYdQSLWCJkafShmqBq0OE+eR+Pbteqsjy76WptcXDred&#10;nCXJUlrdEn9otMeiweqnPFkF/df79uB3H9t1gW+LV1dc/a4slbq/G56fQEQc4h8MY32uDjl3OroT&#10;mSA61tP5nFEFy9UMxAiw8wjiODoLkHkm/0/IfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBQueDc3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="194A054D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47BA192A" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Награды,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звание,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="496430F5" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41885FB6" wp14:editId="27CC98C5">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>137908</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="8" name="Graphic 8"/>
+                <wp:docPr id="38" name="Graphic 38"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3775,285 +6014,80 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="63561668" id="Graphic 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAEaG03/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;46SiNMSpAuIhdUcKi+7ceJpExOPIdtvw9zgrWN6Zoztnis1kBnZG53tLEsQiAYbUWN1TK+Fz93r3&#10;AMwHRVoNllDCD3rYlNdXhcq1vdAHnuvQslhCPlcSuhDGnHPfdGiUX9gRKe6O1hkVYnQt105dYrkZ&#10;eJok99yonuKFTo343GHzXZ+MhMrtMqrqryE5Pr2tXt63ar8SWylvb6bqEVjAKfzBMOtHdSij08Ge&#10;SHs2xCyyLKIS0jQFNgNCLNfADvNkCbws+P8Xyl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEARobTf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="29B1ED23" id="Graphic 38" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...205 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72BB009D" wp14:editId="0B138990">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F0D7443" wp14:editId="72321F1B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>141775</wp:posOffset>
+                  <wp:posOffset>284212</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="9" name="Graphic 9"/>
+                <wp:docPr id="39" name="Graphic 39"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -4062,81 +6096,80 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4401B326" id="Graphic 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT9mFwKEEsEmAaG9cO2En42rzd&#10;PAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1VWHhRo10OzhvVSTpO956daZw&#10;a3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU11dT9QQs6in+mWHGJ3QoiWnv&#10;jtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="00CA06C1" id="Graphic 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.4pt;width:500.8pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAImSYmDfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;HRIohDhVQPxIvZHCgZsbu0mEvY5stw1vz/YEx5n9NDtTrWZn2cGEOHqUkC0EMIOd1yP2Ej42L1d3&#10;wGJSqJX1aCT8mAir+vysUqX2R3w3hzb1jEIwlkrCkNJUch67wTgVF34ySLedD04lkqHnOqgjhTvL&#10;r4W45U6NSB8GNZmnwXTf7d5JaMImx6b9tGL3+Lp8flurr2W2lvLyYm4egCUzpz8YTvWpOtTUaev3&#10;qCOzpLM8J1RCUdCEE5BlxT2wLTk3Anhd8f8T6l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAiZJiYN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07911CFA" wp14:editId="6511571E">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07E036E3" wp14:editId="3FA6617B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>288078</wp:posOffset>
+                  <wp:posOffset>430516</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="10" name="Graphic 10"/>
+                <wp:docPr id="40" name="Graphic 40"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -4145,17510 +6178,6410 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="602B5950" id="Graphic 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;DS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj7x1JEIsEGFLjdE+thI/d6809&#10;MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/cANS3B3caFWIcWy5HtU5llvD&#10;b5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6aqoegQWcwh8Ms35UhzI67d2R&#10;tGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="0599058A" id="Graphic 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:33.9pt;width:500.8pt;height:.1pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGyCDeLfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;bYKaEuJUAfEj9UYKB25u7CYR9jqK3Ta8PdsTHGf20+xMuZ69Y0c7xSGgArkQwCy2wQzYKfjYvtys&#10;gMWk0WgX0Cr4sRHW1eVFqQsTTvhuj03qGIVgLLSCPqWx4Dy2vfU6LsJokW77MHmdSE4dN5M+Ubh3&#10;/FaIJfd6QPrQ69E+9bb9bg5eQT1tM6ybTyf2j6/589tGf+Vyo9T11Vw/AEt2Tn8wnOtTdaio0y4c&#10;0ETmSMssI1TBMqcJZ0DKu3tgO3JWAnhV8v8Tql8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAbIIN4t8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="283D3F51" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00E642DE" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="23B6F289" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50B2C464" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00E642DE" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="3C8328D8" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:spacing w:before="6"/>
-[...190 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-[...175 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6362ACD1" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00E642DE" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="0EC2AD5B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:spacing w:before="6"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>В соответствии с пунктом 1 статьи 8 Закона РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации. или без использования таких средств).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D812917" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F123790" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Я согласен (-а) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>_______________________________________________________      _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38EA71D8" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-10"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>наличии))</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="151E3FD7" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4483E2D0" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-10"/>
-          <w:sz w:val="20"/>
-[...278 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004E6DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="145" w:type="dxa"/>
-[...9 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4537"/>
+        <w:gridCol w:w="9974"/>
+        <w:gridCol w:w="61"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00100A4B" w:rsidRPr="00E642DE" w14:paraId="6FA3C4F3" w14:textId="77777777" w:rsidTr="00F2487C">
+      <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="61704341" w14:textId="77777777" w:rsidTr="00EA3932">
         <w:trPr>
-          <w:trHeight w:val="304"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="9974" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30CF854E" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00E642DE" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...34 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="12A118E3" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcW w:w="61" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2439D52F" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00E642DE" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...27 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="49446F57" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="77D6242B" w14:textId="77777777" w:rsidTr="00EA3932">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9974" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD10EF9" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="25" w:name="z349"/>
+            <w:bookmarkStart w:id="26" w:name="_Hlk204768059"/>
+          </w:p>
+          <w:p w14:paraId="313831B0" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D6EE80" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77887BDD" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист кандидата со стажем на вакантную</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>или временно вакантную должность педагога</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Ф.И.О. (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="9671" w:type="dxa"/>
+              <w:tblBorders>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="446"/>
+              <w:gridCol w:w="3075"/>
+              <w:gridCol w:w="3075"/>
+              <w:gridCol w:w="3075"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="67C07FD6" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:bookmarkEnd w:id="25"/>
+                <w:p w14:paraId="4A04C58B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>№</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="341B53DE" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Критерии</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="176D347B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Подтверждающий документ</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="53831B70" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Кол-во баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="26407AFF" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="5EF52103" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>1.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="7D005BFC" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Уровень образования</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="11D5C1F8" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="507EFE77" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Техническое и профессиональное - 1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="32F4FDFD" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Высшее - 2 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7BC095D1" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Высшее с отличием - 3 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="03AEBB31" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="12BB5D16" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>2.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="38EEBD4E" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Ученое звание/ученая степень/степень </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="39E12889" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Копии диплома об образовании и приложения к диплому/аттестат о присвоении ученого звания/ученой степени/степени</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0DDCE963" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Доктор наук - 15 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6EF237BB" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Кандидат наук, доктор PhD, доктор по профилю - 10 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5D50E6AF" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Магистр по педагогическому направлению – 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="040AFEB3" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="615004B1" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>3.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="55D0D57D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Квалификационная категория </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="479AF86C" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Удостоверение, иной документ</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1F39232C" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Педагог- 2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6E0723F3" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Педагог-модератор - 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="22FB20BC" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Педагог-эксперт - 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="17237EBA" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Педагог-исследователь - 7 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="47C16269" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Педагог-мастер - 10 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="60E942DD" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>"Заместитель руководителя третьей квалификационной категории" - 5 баллов,</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6FB707A0" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> "Заместитель руководителя второй квалификационной категории" - 6 баллов, </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5BAC822E" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>"Заместитель руководителя первой квалификационной категории" - 7 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="0795D65C" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="34D9C04A" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>4.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="20B2B79E" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="033AEEFC" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="06EEF113" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Методист, стаж в должности не менее двух лет - 2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="17A309E0" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Методист, стаж в должности более четырех лет- 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="64BE81AC" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Заместитель директора стаж в должности не менее двух лет - 3 балла; </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7B8193FC" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Заместитель директора стаж в должности более двух лет - 4 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="351733AB" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Директор стаж в должности не менее двух лет - 4 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5625EA2E" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Директор стаж в должности более четырех лет - 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="557AD150" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1A4D2D43" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>5.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1DCE32C4" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0A7E515D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Рекомендательное письмо (по должности педагога c предыдущего места работы) </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="2B040D31" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Наличие положительного рекомендательного письма - 3 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="33156C39" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="63BCD2F6" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>6.*</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="5DF60C98" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Показатели профессиональных достижений (за последние 3 года)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="434E0C45" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="24397FDF" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4CEB4875" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>- государственная награда</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="79477E0D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> 1) призеры городских/районных олимпиад и конкурсов - 0,5 балла, </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="46BBB8DA" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>областных -1 балл, республиканских -2 балла, международных - 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2AAF4E0D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>2) научных проектов: городской/районный -0,5 балла, областной - 1 балл, республиканский -2 балла, международный – 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="22520DCF" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>3) участник конкурса "Лучший педагог" - 1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="40E883CF" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>4) призер конкурса "Лучший педагог" - 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="68675AFC" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="57E5A03F" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>7.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1F416D0D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Общественно-педагогическая деятельность</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="2C014F3C" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="49497D86" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Наставник - 0,5 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="23615785" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Руководитель методического объединения - 2 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="26018DE4" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="601A754C" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>8**.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="7212D932" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Курсовая подготовка</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="58234547" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>- сертификаты предметной подготовки;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5C25A735" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>- сертификат на цифровую грамотность,</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2B8C841B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>КАЗТЕСТ или QAZAQ RESMI TEST;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="48B4D035" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> IELTS; </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5BA45745" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> TOEFL; </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4AB4DFFC" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>DELF;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1801B24C" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> GoetheZertifikat, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft" </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1421C8BB" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Курсера</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6F1E6D78" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Международные</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>курсы</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7D5A95FE" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  TEFL Cambridge </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="173925CA" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>"CELTA (Certificate in Teaching English to Speakers of Other Languages)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="066B7B3F" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6463D097" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="64460D3D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6E76DBF0" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>"TKT Teaching Knowledge Test"</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="60E06CEA" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1CBF280C" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6C70226F" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>"TESOL" Certificate in teaching English for young learners</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="24E5E081" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="21E28929" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">IHCYLT - International House Certificate In Teaching Young </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>Learners and Teenagers</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0AB4AAA3" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5002E04B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1963761D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="17B6FA59" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Educational Management</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="61AEEA91" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0E69AC66" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Курсы</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>на</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>платформе</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="070771DE" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Teaching Mathematics with Technology</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="43A7F697" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Special Educational Needs</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1DABC763" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>"Developing expertise in teaching chemistry"</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="620CF435" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>Курсы повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации - 0,5 балла (каждый отдельно)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="2F2AD180" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="24AD283D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="21ED7FC8" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="2F4BEA68" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Итого:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0E6C6DF4" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="70C2D8C5" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="7E02E111" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="4F8151C5" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="18B3FAA9" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="27" w:name="z401"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      Примечание:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="27"/>
+          <w:p w14:paraId="4BA3F318" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>* В 6 пункте учитывается призеры за последние 3 (три) года по каждому уровню (городской/районный) олимпиад и конкурсов 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов - 1 балла, республиканских -2 балла, международных - 3 балла;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BB1C76B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>научных проектов: городской/районный - 1 балл, областной - 1 балл, республиканский -2 балла, международный – 3 балла соответственно;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E3C3CB3" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры республиканских олимпиад и конкурсов - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07F15701" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>** В 8 пункте учитываются сертификаты организаций курсов повышения квалификации, согласованные с уполномоченным органом в области образования, реализуемым организациями повышения квалификации за последние 3 (три) года - 0,5 балл (за каждый отдельно).</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="6043"/>
+              <w:gridCol w:w="3901"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="0C783A5E" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+                <w:tblCellSpacing w:w="0" w:type="auto"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="50A368C6" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="27F7629A" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="588E6C49" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="6ADD0B27" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3D01C0D1" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="074EF044" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7A64081D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="6A982F34" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="6B57C2AB" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="20D3FFBA" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="000641BD" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="0B14A7DC" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="32785F3E" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="4EEA971F" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="18B46079" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="5AE5BE20" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3ABBA5FF" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="4BDBEF58" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="4F79D64A" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="101EAE20" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="040AC1EB" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="2BBE0201" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="335FAB98" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7846A7C7" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="499F7B06" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="063F673B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="4967F1F0" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="33B9642C" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="6A44B99C" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="69917667" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Приложение 13</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>к Правилам назначения</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>на должности, освобождения</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>от должностей первых</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>руководителей</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>и педагогов государственных</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>организаций образования</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="2F9B7399" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+                <w:tblCellSpacing w:w="0" w:type="auto"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="7B63DFAB" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="418893D0" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Форма</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="79AE70AC" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="28" w:name="z404"/>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист кандидата без стажа на вакантную</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>или временно вакантную должность педагога</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004E6DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Ф.И.О. (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="9934" w:type="dxa"/>
+              <w:tblBorders>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="709"/>
+              <w:gridCol w:w="3075"/>
+              <w:gridCol w:w="3075"/>
+              <w:gridCol w:w="3075"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="17286ACA" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:bookmarkEnd w:id="28"/>
+                <w:p w14:paraId="34256A40" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>№</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1A69E528" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Критерии</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="6B88E314" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Подтверждающий документ </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="7D7C7544" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Кол-во баллов </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2AABAD69" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>(от 1 до 30)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="64B33C6E" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="04959277" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>1.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="792092DA" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Уровень образования</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="71AEBB2A" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="574F31C4" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Техническое и профессиональное - 1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1435219E" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Техническое и профессиональное с отличием -2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="55577613" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Высшее - 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1759A247" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Высшее с отличием – 4 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="4BC378D0" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="4B224278" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>2.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="7C5CCEC1" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Ученое звание/ученая степень/степень </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0F74C82A" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Копии диплома об образовании и приложения к диплому/аттестат о присвоении ученого звания/ученой степени/степени</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0E2FA517" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Доктор наук - 15 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="54DD0ED0" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Кандидат наук, доктор PhD, доктор по профилю - 10 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3F8E28E4" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Магистр по педагогическому направлению – 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="6EA97BCF" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="24FE9011" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>3.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="54E9A11C" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Результаты прохождения сертификации </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="21D68D36" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Сертификат</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="3EF40285" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>50 % - 2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3211811C" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>60-80 % - 4 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6492CC03" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>80-100% – 6 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="4512D0BC" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="76FFA38A" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>4.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="4831E256" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Результаты педагогической/ профессиональной практики</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="3CC4EB2A" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Приложение к диплому об образовании</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="697E6FA4" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>"3" - 2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="328DC810" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>"4"-3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0440CD5B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>"5" – 4 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="6CF74B3A" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="7DDE8A5E" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>5.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="5D6F42B0" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  Рекомендательное письмо с места учебы </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="105E5499" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Рекомендательное письмо</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0DE03253" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Наличие положительного рекомендательного письма - 3 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="798F5274" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="660DEF4C" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>6.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="3FA220EF" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Участие в волонтерской работе</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="49D640FF" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Документ участия</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="3B885E1D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>1 балл</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="3D87F343" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0A5B16C4" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>7.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="638522F6" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Ведение странички интернета, социальных сетей с публикацией о педагогической деятельности (публикации авторских научных проектов, уроки, семинары)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="059B1555" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Ссылки</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="298E08D1" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>до 1 года -1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="48F4F079" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>от 1 до 3 лет -2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="77BA34C9" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>от 3 лет -3 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="308ED071" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="238C2F14" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>8.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="53F6CEA8" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Участие в работе летних лагерей</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="3E62EC4E" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Документ участия</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="74104E0A" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>2 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="6A7FEE02" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="71DF4DCC" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>9.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1EB887A4" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Участие в конкурсах по месту учебы (научных проектов, творческих и др.)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="28387439" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Документ участия</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="18CF79CA" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>За каждое участие 1 балл, но не более 4 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="5DE5699E" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="48DAA256" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>10.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="06928E65" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Наличие сертификатов КАЗТЕСТ, QAZAQ RESMI TEST; </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3F6D614E" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>IELTS; TOEFL; DELF; Goe the Zertifikat, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft" Курсера</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="623AB20B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Международные</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>курсы</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="00CD3F7E" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>TEFL Cambridge "CELTA (Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5D09830A" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="50F4EE4D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5F66D2D7" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="06B37E44" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>TKT</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2EFFA95B" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>"Teaching Knowledge Test</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2110D9CF" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Certificate in EMI Skills (English as a Medium of Instruction)"</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1E809432" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Teacher of English to Speakers of Other Languages (TESOL)"TESOL"</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="45C20C45" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>Сертификат</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="405D7F32" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>плюс 1 балл (за каждый отдельно)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w14:paraId="694EB6F4" w14:textId="77777777" w:rsidTr="00EA3932">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="4511C50A" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="55C0E706" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="646BBB93" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004E6DAC">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Итого:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1407F3E9" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="1024EEA4" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="73E3B782" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="0203DD55" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="0BCDADE0" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C941ED3" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="096F6431" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11634FB2" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29F5135E" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39F4BD5D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D1165CF" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F7BABEA" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="667EF145" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EFAC5ED" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6587D11D" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="266E3255" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C8DB6D3" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="26"/>
+          <w:p w14:paraId="13ABB597" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:tcW w:w="61" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59B4295D" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00E642DE" w:rsidRDefault="00100A4B" w:rsidP="00F2487C">
-[...83 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="3D621BED" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="72326B23" w14:textId="77777777" w:rsidR="00100A4B" w:rsidRPr="00E642DE" w:rsidRDefault="00100A4B" w:rsidP="00100A4B">
+    <w:p w14:paraId="6D3673FD" w14:textId="77777777" w:rsidR="004E6DAC" w:rsidRPr="004E6DAC" w:rsidRDefault="004E6DAC" w:rsidP="004E6DAC">
       <w:pPr>
-        <w:spacing w:before="112"/>
-[...125 lines deleted...]
-          <w:sz w:val="17"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...124 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...14347 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:p w14:paraId="5D0CA02D" w14:textId="77777777" w:rsidR="00705D79" w:rsidRDefault="00705D79"/>
+    <w:sectPr w:rsidR="00705D79" w:rsidSect="009D5E8B">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Microsoft Sans Serif">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Microsoft Sans Serif">
+    <w:altName w:val="Microsoft Sans Serif"/>
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...1733 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004B11C6"/>
-[...3 lines deleted...]
-    <w:rsid w:val="007A2104"/>
+    <w:rsidRoot w:val="00E8114A"/>
+    <w:rsid w:val="004236B7"/>
+    <w:rsid w:val="004E6DAC"/>
+    <w:rsid w:val="00624AEF"/>
+    <w:rsid w:val="00705D79"/>
     <w:rsid w:val="00A24031"/>
+    <w:rsid w:val="00E8114A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="62A31301"/>
+  <w14:docId w14:val="4F18DE26"/>
   <w15:docId w15:val="{8F3A1FFB-D416-45CB-9698-ABDB73C817C1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -21670,51 +12603,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -21758,76 +12691,76 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -21983,171 +12916,136 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00100A4B"/>
-[...9 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="004E6DAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00100A4B"/>
+    <w:rsid w:val="004E6DAC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...40 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -22395,55 +13293,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>11148</Characters>
+  <Pages>8</Pages>
+  <Words>2437</Words>
+  <Characters>13894</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>115</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13077</CharactersWithSpaces>
+  <CharactersWithSpaces>16299</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>админ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>