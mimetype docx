--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -1,14072 +1,10678 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="6F854873" w14:textId="7D8C5DBB" w:rsidR="00D90C40" w:rsidRDefault="00606CAF" w:rsidP="00606CAF">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="060373E2" w14:textId="77777777" w:rsidR="000914F2" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidR="000914F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>ЦДЮТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жигер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» отдела образования города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidR="000914F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар облысы</w:t>
+        <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="0027231B">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="430E615B" w14:textId="19B9BFE5" w:rsidR="000914F2" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ның</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">управления образования </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F9463B">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000914F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> білім беру басқармасы</w:t>
+        <w:t>Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67683673" w14:textId="786E85C2" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет конкурс на </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:t>, Павлодар қаласы білім беру бөлімі</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантную </w:t>
       </w:r>
-      <w:r w:rsidR="0027231B">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должность</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="603D716B" w14:textId="75DF6B79" w:rsidR="0027231B" w:rsidRDefault="00606CAF" w:rsidP="0027231B">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="23FDC201" w14:textId="6C029DD7" w:rsidR="00507929" w:rsidRPr="000914F2" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заведующего </w:t>
+      </w:r>
+      <w:r w:rsidR="000914F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Жігер</w:t>
-[...65 lines deleted...]
-        <w:t>КМҚК</w:t>
+        <w:t>отдела</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F056E36" w14:textId="4B6E0698" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="0027231B" w:rsidP="0027231B">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="3353A4F0" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="002627D6" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...44 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="298"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="177"/>
+        <w:gridCol w:w="388"/>
+        <w:gridCol w:w="2745"/>
+        <w:gridCol w:w="7181"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="002202C6" w14:paraId="6F295B12" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="5A301054" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="777BA46A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="2AEB549E" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D5F6434" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="211A0B8A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F93F5BC" w14:textId="5D307E49" w:rsidR="00606CAF" w:rsidRPr="00D60E70" w:rsidRDefault="00606CAF" w:rsidP="00507929">
-[...41 lines deleted...]
-          <w:p w14:paraId="5A46F4C7" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00D60E70" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="7F397450" w14:textId="09DF2727" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="000914F2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное казенное предприятие </w:t>
+            </w:r>
+            <w:r w:rsidR="000914F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Центр д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>етско</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="000914F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>юношеского</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000914F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">творчества </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жигер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="00E80491" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="72D00DA2" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2097A725" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="00EF5CAF" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74F3F59A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="79C343D8" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E2219DE" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00D60E70" w:rsidRDefault="00606CAF" w:rsidP="00507929">
-[...37 lines deleted...]
-          <w:p w14:paraId="0D473C7B" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="530E9DFE" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">г.Павлодар, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ул.Чокина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 32/2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="1FB394B7" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="5B744526" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6003E5E5" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="32A8036D" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10977D61" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="729844EF" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>телефон нөмірлері,</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EB1A27F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00367AE7" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="56998AF2" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-[...34 lines deleted...]
-              <w:t>182)65-43-21</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8(7182) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>65-43-21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="2DB98672" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00507929" w:rsidRPr="00E75D9D" w14:paraId="5DBF94D5" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="475CFB42" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="168D977A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="551FF774" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="50F8E089" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адрес электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46650D3C" w14:textId="2641ECE0" w:rsidR="00606CAF" w:rsidRPr="009B3330" w:rsidRDefault="009B3330" w:rsidP="00507929">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="76CAD0F7" w14:textId="048A1807" w:rsidR="00507929" w:rsidRPr="00E75D9D" w:rsidRDefault="009B3330" w:rsidP="00507929">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B3330">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:u w:val="single"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>zhiger.resmi@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="0027231B" w14:paraId="33D504A2" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="7F396782" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4167A07A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="19BD8806" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F8432B9" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="1717FD16" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5955ABFA" w14:textId="7A98FA00" w:rsidR="0027231B" w:rsidRPr="00314A13" w:rsidRDefault="002202C6" w:rsidP="00507929">
-[...80 lines deleted...]
-          <w:p w14:paraId="46728E97" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00213413" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="46A7CE86" w14:textId="30924338" w:rsidR="000914F2" w:rsidRPr="000914F2" w:rsidRDefault="00507929" w:rsidP="000914F2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000914F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заведующ</w:t>
+            </w:r>
+            <w:r w:rsidR="000914F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000914F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000914F2" w:rsidRPr="000914F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отдела</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E77A672" w14:textId="1B6D2EC4" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="000914F2">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000914F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 ставка</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="002202C6" w14:paraId="276A4D3C" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="1E048642" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0E1F8329" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="5844EF6B" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69F77A3C" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="67A1CC30" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56192E6E" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00606CAF" w:rsidP="00507929">
-[...316 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="12CEC58A" w14:textId="77777777" w:rsidR="000914F2" w:rsidRDefault="00507929" w:rsidP="000914F2">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>организует текущее и перспективное планирование деятельности педагогического коллектива;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7241ADF8" w14:textId="5CE686D0" w:rsidR="00507929" w:rsidRPr="00487083" w:rsidRDefault="00507929" w:rsidP="000914F2">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>координирует работу педагогов по выполнению типовых учебных планов и образовательных программ, а также разработку учебно-методической документации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CBBF4FC" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="000914F2">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>осуществляет контроль за качеством образовательного процесса и объективностью оценки результатов обучения обучающихся и воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31B244FC" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="000914F2">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оказывает помощь педагогам в освоении и разработке инновационных программ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F0D3E6E" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="000914F2">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>проводит работу по организации и проведению мероприятий;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A20D55B" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="000914F2">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обеспечивает условия обучающимся, воспитанникам и работникам, принимает меры по сохранению контингента обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38A5E444" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="000914F2">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организует просветительскую работу среди родителей;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> составляет расписание учебных занятий;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F32E73C" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="000914F2">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обеспечивает своевременное составление установленной отчетной документации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EDDBD2A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00487083" w:rsidRDefault="00507929" w:rsidP="000914F2">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вносит предложения по совершенствованию образовательного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BAEE254" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="000914F2">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>вносит предложения по оснащению учебных кабинетов, аудиторий современным оборудованием, наглядными пособиями и техническими средствами обучения, пополнению библиотеки учебно-методической и художественной литературой, периодическими изданиями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F2D83EA" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="000914F2">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обеспечивает подготовку и представление отчетности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="602A61DA" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00487083" w:rsidRDefault="00507929" w:rsidP="000914F2">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>создает условия для дополнительного образования детей с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54F8CABA" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="000914F2">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>санитарлық ережелер мен нормалар.</w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>прививает антикоррупционную культуру, принципы академической честности среди обучающихся, воспитанников, педагогов и других работников.</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="z3084"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w14:paraId="678615F0" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="009D772B" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:anchor="z63" w:history="1">
+              <w:r w:rsidRPr="00487083">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>Конституцию</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> Республики Казахстан, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:anchor="z205" w:history="1">
+              <w:r w:rsidRPr="00487083">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>Трудовой</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> кодекс Республики Казахстан, законы Республики Казахстан "</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:anchor="z2" w:history="1">
+              <w:r w:rsidRPr="00487083">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>Об образовании</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:anchor="z4" w:history="1">
+              <w:r w:rsidRPr="00487083">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>О статусе педагога</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:anchor="z33" w:history="1">
+              <w:r w:rsidRPr="00487083">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>О противодействии коррупции</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:anchor="z1" w:history="1">
+              <w:r w:rsidRPr="00487083">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>О языках</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> в Республике Казахстан" и иные нормативные правовые акты, определяющие направления и перспективы развития дополнительного образования детей, педагогику, психологию;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00487083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>правила безопасности и охраны труда, противопожарной защиты, санитарные правила и нормы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="002202C6" w14:paraId="6F0E6DFA" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="586D84A2" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3421B703" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="2E9F654C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C76BB1F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="33FDEDDA" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">еңбекке ақы төлеу мөлшері мен шарттары </w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41F53D3F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="000E3384" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="2F9A847C" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категори</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="783B816F" w14:textId="4DA32C96" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00D90C40" w:rsidP="00507929">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>й;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55D95D0A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее  образование ( min): </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00E7253C">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  150070 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="1DE18094" w14:textId="5B364429" w:rsidR="00606CAF" w:rsidRPr="00102959" w:rsidRDefault="00606CAF" w:rsidP="00D90C40">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ED33A3A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00720747">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00E7253C">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (mах): </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00720747">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  187942 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> теңге</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="5C3D616D" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="4C1AC93C" w14:textId="77777777" w:rsidTr="00507929">
+        <w:trPr>
+          <w:trHeight w:val="2988"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="179E0336" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="7C861237" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23EDFDF8" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="3E75C03E" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="7C34D447" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="465CD288" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
-[...6 lines deleted...]
-              <w:t>қойылатын біліктілік талаптары</w:t>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11C0A90C" w14:textId="3D66489E" w:rsidR="00606CAF" w:rsidRPr="00C67AF1" w:rsidRDefault="00606CAF" w:rsidP="00507929">
-            <w:pPr>
+          <w:p w14:paraId="7205743C" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00840849">
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое образование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00840849">
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>документ подтверждающий педагогическую переподготовку, стаж педагогической работы в организациях образования не менее 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="564910EA" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00702E6C" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="24"/>
-[...507 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="6F266537" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="1B95AFB5" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39CF8850" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="3AA6CFAD" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69AD263F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="2C79E143" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32A14024" w14:textId="18D474AE" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00507929" w:rsidP="002202C6">
+          <w:p w14:paraId="5AC390C5" w14:textId="259334FD" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="000914F2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="002202C6">
+            <w:r w:rsidR="000914F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00D90C40">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="002202C6">
+            <w:r w:rsidR="000914F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="00D90C40">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>.202</w:t>
+              <w:t>.2025 -</w:t>
+            </w:r>
+            <w:r w:rsidR="000914F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 09</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D90C40">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="000914F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002202C6">
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>09</w:t>
-[...59 lines deleted...]
-              <w:t>ж.</w:t>
+              <w:t>.2025гг.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606CAF" w:rsidRPr="002202C6" w14:paraId="6C6B1D98" w14:textId="77777777" w:rsidTr="00606CAF">
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="0AB0D475" w14:textId="77777777" w:rsidTr="00507929">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F05DB67" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="588279EF" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1804" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EBED1F7" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="208CB518" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9463B">
-[...6 lines deleted...]
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8212" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4989B883" w14:textId="7EAE53D7" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
-[...2565 lines deleted...]
-          <w:p w14:paraId="10EDB260" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00C67AF1" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+          <w:p w14:paraId="510C2971" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="09E0CC45" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00C67AF1" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A9EB814" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00C67AF1">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="100919CF" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1608C3EA" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00C67AF1">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="482FCA27" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00C67AF1" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6950AA04" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56975CA1" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019236A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07C96C07" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00C67AF1">
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5541EC5C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D155884" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16F1AAA7" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ОЗП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="502C9552" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00AD1BAB" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">13) </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1BAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD1BAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагоги, приступившие к педагогической деятельности в организации технического и  профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по существующей специальности или профилю не менее двух лет освобождаются от прохождения сертификаци; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59693DA9" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="356F5230" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00AD1BAB" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">жұмыс өтілі жоқ </w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>кандидат үшін ұзақтығы кемінде 15 минут, ең төмен</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> бейнепрезентация;</w:t>
+              <w:t>12) видеопрезентация для кандитата без стажа, продолжительностью не менее 15 минут, с минимальным разрешением – 720х480;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="00507929" w14:paraId="4D92701D" w14:textId="77777777" w:rsidTr="00606CAF">
+    </w:tbl>
+    <w:p w14:paraId="3CD337E3" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="00330CE7" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="177" w:type="dxa"/>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="645B51D8" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
+          <w:p w14:paraId="0E13DFD3" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57BA0955" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
+          <w:p w14:paraId="2B7E6BC2" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="1704F559" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BF8BD9B" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="3445074A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="008EABC5" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="57355EF3" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C604A7A" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="35886B8A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15162714" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00507929">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DE5F9EB" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4AB16312" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A08864E" w14:textId="1B6493E5" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C8A84B1" w14:textId="69116599" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B737C9E" w14:textId="788091A9" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7760FF8B" w14:textId="5F388123" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15BF0F7B" w14:textId="5DC1AD82" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A2A4D89" w14:textId="73ED5D87" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7429FF4C" w14:textId="0A33FF2C" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07D0F881" w14:textId="76DA2535" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29D252DF" w14:textId="04C20F28" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23CC125A" w14:textId="66E8CF99" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C7116AC" w14:textId="697F8226" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BB0D873" w14:textId="2A6C9C27" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23AF5EFC" w14:textId="19DBA2B8" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19FE3707" w14:textId="4891B446" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03369C28" w14:textId="3694CC9A" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="000914F2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="641552B3" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="123273F2" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3496CC8D" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18321B8F" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55580AB9" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DA049E1" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="793EFB13" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="05E3E05B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="4182BD47" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FA431F2" w14:textId="0579F927" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="691D0161" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...20 lines deleted...]
-        <w:t>______________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5814FF33" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="18CAD8BB" w14:textId="33581267" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38E94664" w14:textId="54C6CCF6" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="683E369A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00507929">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00507929">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">конкурс </w:t>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...39 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="388F3200" w14:textId="1E9E2D67" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="35C1AEB4" w14:textId="69B1E782" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00507929">
-[...6 lines deleted...]
-        <w:t>___________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="687E081C" w14:textId="35409BD0" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="6257F36C" w14:textId="690B66E0" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00507929">
-[...6 lines deleted...]
-        <w:t>___________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4609F968" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="632273BD" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BBEFD04" w14:textId="621FAA95" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28FD56C0" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00507929">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07B1DF74" w14:textId="0AA65AC6" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="19F5C47E" w14:textId="29928C52" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00507929">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>___________________________________________________________________________________</w:t>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="000914F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DD6225B" w14:textId="2AF51A19" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="047FC6DB" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00507929">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+    </w:p>
+    <w:p w14:paraId="34FC7210" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>___________________________________________________________________________________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF0E642" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="53B0939F" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="381C235D" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A857024" w14:textId="761DF9EE" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C2BE83F" w14:textId="770A1EFC" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B79AA8E" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00507929">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76BE4CB6" w14:textId="17F70574" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
-[...191 lines deleted...]
-    <w:p w14:paraId="0D4A2170" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="2590D21E" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FD99C25" w14:textId="621B8BBF" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="000914F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...20 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>В настоящее время работаю:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA88A1E" w14:textId="260BC36F" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="1A4809B7" w14:textId="5A53AFBE" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>___________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BC7575F" w14:textId="2C554D78" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="58A975E4" w14:textId="5789F226" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00507929">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>___________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="196FB360" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="781C7F72" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00507929">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D4137DF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="78522D86" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A096995" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="03A96A4A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00507929">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="562477D5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="155F4F0F" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="00507929" w14:paraId="1506EA47" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="69CC9013" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50160636" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
+          <w:p w14:paraId="0468B271" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00507929">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D0D2819" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
+          <w:p w14:paraId="3F92512C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6B40E0B2" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00507929">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00507929">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...29 lines deleted...]
-              <w:t>атауы</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC80CFD" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
+          <w:p w14:paraId="32F8F318" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00507929">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00507929">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-              <w:t>кезеңі</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51A731CE" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
+          <w:p w14:paraId="13929EE3" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="7AE622A8" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00507929">
+            <w:r w:rsidRPr="00A14D64">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00507929">
-[...49 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="00507929" w14:paraId="6933D29F" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="0F90E5E2" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45565B38" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
+          <w:p w14:paraId="67C00B48" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CF63A61" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
+          <w:p w14:paraId="4D7DB5F4" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D2A5635" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
+          <w:p w14:paraId="6ABA2196" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C3A0738" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
+          <w:p w14:paraId="01A7706E" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="04241174" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="44CFD23D" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76BE53FF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="73C149E8" w14:textId="55CD0676" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждения):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="593D4669" w14:textId="357DC22C" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EC3112C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FBE859E" w14:textId="64CE42E8" w:rsidR="000914F2" w:rsidRPr="000914F2" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стаж педагогической </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:r w:rsidR="000914F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="000914F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000914F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C50867E" w14:textId="247676F6" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28445336" w14:textId="678CEB42" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60390460" w14:textId="242A2429" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0669B4D7" w14:textId="7FBA02EC" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="204B470B" w14:textId="1E0F0342" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02F1278C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7886E253" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69A57A65" w14:textId="40FCC7A1" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C55695C" w14:textId="3C833E5C" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B79AC8" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75B9B282" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70022CD8" w14:textId="11FC2538" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E7F51FB" w14:textId="112C8800" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1578D93C" w14:textId="746A1361" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Біліктілік</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+    </w:p>
+    <w:p w14:paraId="58329E79" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28F67355" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11B34286" w14:textId="621CA557" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidR="000914F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000914F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="250BBC76" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E49D408" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>санатының</w:t>
-[...44 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EA109B7" w14:textId="57E99A24" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37CB4B71" w14:textId="0D1A0B44" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...40 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EA95B10" w14:textId="5F89CDC2" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="3B2EE1AE" w14:textId="1094AFF9" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...237 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00507929">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="08BF59A8" w14:textId="02A8FAB1" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="332F9C2E" w14:textId="44875771" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00507929">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="23D7AE16" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="173275E0" w14:textId="05E0D477" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...443 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20____</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D4394A7" w14:textId="44AA7FB8" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жылғы «____</w:t>
-[...55 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BF28065" w14:textId="013498A2" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қ</w:t>
-[...18 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C12DAF5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="59D02E94" w14:textId="2297D8A8" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:i/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="087C5548" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="00507929" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="365F71C2" w14:textId="069BF952" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:i/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D0BB080" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="00507929" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="28B86A19" w14:textId="45CB1A79" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:i/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25941895" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="00507929" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="1BC3622F" w14:textId="319A70D4" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:i/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B2834FC" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="00507929" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="0CE740FF" w14:textId="1EB53128" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:i/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F090A89" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="00507929" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="282BA00D" w14:textId="2CA7E85E" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:i/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="688792FA" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="408A293A" w14:textId="0F5C7010" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DD61C8F" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="6843CF0E" w14:textId="0C6B439A" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B004277" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="0A0D138F" w14:textId="32B419A9" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69CB9348" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="42493186" w14:textId="0CFDC650" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F753D80" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+    <w:p w14:paraId="7EAD9C5D" w14:textId="6554898E" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="357BF59A" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="001B5715">
+    <w:p w14:paraId="772DEA78" w14:textId="3788EE49" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F89E471" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="001B5715">
+    <w:p w14:paraId="1B2A478E" w14:textId="4007CEAE" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="180DB88B" w14:textId="16557A93" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="001B5715">
+    <w:p w14:paraId="0690B69E" w14:textId="78BA70DC" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="684C0E86" w14:textId="48D62291" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
+    <w:p w14:paraId="2388A13C" w14:textId="4B9E3145" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59F8E021" w14:textId="3BBB2875" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
+    <w:p w14:paraId="0ED4FFEF" w14:textId="1C6B1B77" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="160BDB83" w14:textId="5FF0DD3F" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
+    <w:p w14:paraId="54095B14" w14:textId="05F7E69C" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36649D9E" w14:textId="4CFF872C" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
+    <w:p w14:paraId="1256A812" w14:textId="217A7343" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01F1757C" w14:textId="2734C900" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
+    <w:p w14:paraId="71A49812" w14:textId="526AD65C" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F0FCC43" w14:textId="0C1BE6DB" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
+    <w:p w14:paraId="67AE6FF2" w14:textId="2A097FAA" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25742219" w14:textId="734CD7F2" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
+    <w:p w14:paraId="4973740D" w14:textId="6D37E1A6" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="660547F6" w14:textId="73A69BAE" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
+    <w:p w14:paraId="13D88FB9" w14:textId="760E6DC4" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59AF50F4" w14:textId="35C18C77" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
+    <w:p w14:paraId="2295F5EF" w14:textId="77777777" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D367351" w14:textId="0CF2CC36" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
+    <w:p w14:paraId="12FE9211" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...207 lines deleted...]
-          <w:i/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="64556083" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="0A6D497E" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A66D01B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+          <w:p w14:paraId="53160B64" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="354A7340" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0FBFE4FB" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0434371E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+          <w:p w14:paraId="4FC02901" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="62333DB5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19F1F191" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-          <w:p w14:paraId="62D3315A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71CD1839" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="5B193969" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="642726A9" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="71BC6AAD" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D030739" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0838E9C8" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C5036F8" w14:textId="77777777" w:rsidR="00271322" w:rsidRDefault="000D425F" w:rsidP="001B5715">
+    <w:p w14:paraId="69675514" w14:textId="77777777" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="000914F2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CDF29B8" w14:textId="32F12D65" w:rsidR="00507929" w:rsidRPr="005111AC" w:rsidRDefault="00507929" w:rsidP="000914F2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заведующего </w:t>
+      </w:r>
+      <w:r w:rsidR="000914F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отдела</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18506C96" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D425F">
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019236A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00A14D64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CC33169" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
-[...35 lines deleted...]
-    <w:p w14:paraId="074B4DEF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+    <w:p w14:paraId="606269F7" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="2FC290E4" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="3960E177" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EF9738F" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+          <w:p w14:paraId="3A8820C4" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="135DD898" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="124B0D72" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="644F9A2A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019236A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CDA2F99" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>№</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="745089C9" w14:textId="77777777" w:rsidTr="00507929">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54B666C0" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72D31574" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...18 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+          <w:p w14:paraId="7490A964" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26EB018C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...41 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="6CBF52C4" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20A71BD2" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...57 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="02D729B6" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рофессиональное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или педагогическое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1367CC04" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="100A5EF8" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>высшее заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78EA0C55" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45E31776" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...35 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="45E81A94" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="13A92B42" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="0A1AB4E7" w14:textId="77777777" w:rsidTr="00507929">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50C2E50C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5FD9CF1B" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41EB1F2B" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74177EB9" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="446571B3" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02C7A87D" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40976953" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB06B8D" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="7EC10D08" w14:textId="77777777" w:rsidTr="00507929">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D9AA9A1" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="716A69AA" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1A649958" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="205B7EBE" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7119F438" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BBB0733" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="210FF6F0" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C810CA2" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DCE8C92" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77F3C8A1" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E64B19C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57FEA7E1" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F7B4664" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17485A80" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DC490C1" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08F2150F" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A1E84DD" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FDBF6C4" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="049686F0" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DC34E7A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68A65504" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50186B38" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D62B58" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A49AD4D" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="578A571C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="713CBBD7" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41FF0BCF" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7074E2D5" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F2EEF07" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5694BDE0" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23452E84" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30164643" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="619236AE" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41488FD8" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17C33B1F" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37BFCC16" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="540527D5" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64D5E6ED" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D08F60C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BD43666" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7737D39F" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33BE8288" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EA27A57" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A3C3AC4" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63A73EE7" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22250B9F" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="023B953A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42D889F8" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0831B5E8" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="761C4258" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="352A2B98" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2DD7495A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3725C116" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6D3618" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="4070680C" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="563D3F16" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="4F1DF5B3" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="06AA1B0B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="4B67AF5D" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификация/Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63BF6CBB" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="46DC25A0" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...80 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="41BB3BFE" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46F954FE" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="069C408C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...147 lines deleted...]
-              <w:t>оғары сыртқы/қашықтан = минус 2 балл</w:t>
+          <w:p w14:paraId="663E6651" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02E82DA9" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="202C6604" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62527514" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10627801" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CA27BE2" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70774572" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25FDC632" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="2AB01708" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="1A5D2D3B" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="441F6E35" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
-          <w:trHeight w:val="586"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5BED3434" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="33545B8B" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="35F895B1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...32 lines deleted...]
-              <w:t>академиялық дәрежесі</w:t>
+          <w:p w14:paraId="4648AC67" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1C93893C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...23 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="6D0ABB24" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019236A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...51 lines deleted...]
-              <w:t xml:space="preserve"> дипломға қосымшаның көшірмелері</w:t>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="630485C8" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...101 lines deleted...]
-              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+          <w:p w14:paraId="4FBA381B" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36075088" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51A93A63" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6431BEA8" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="301114F1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="636C12F0" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="14573E25" w14:textId="77777777" w:rsidTr="00507929">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="2A8B3503" w14:textId="77777777" w:rsidTr="00507929">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="039CF572" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="04D3CC1C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="647A4E3A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...17 lines deleted...]
-              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+          <w:p w14:paraId="4C4A1461" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="43180699" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...15 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w14:paraId="50FCAEA5" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC1FB45" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="08C4CEE1" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0141468A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="403BC378" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FC6BA4C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BD137D2" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="15E5C38A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="13BA3F6A" w14:textId="77777777" w:rsidTr="00507929">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="282DF3BE" w14:textId="77777777" w:rsidTr="00507929">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="71F7D686" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="397D908D" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4BEDBEA7" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="211F509C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7AB7DCC3" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...25 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="49642CEA" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A9D2BB5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...40 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="231BE859" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D772B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...327 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00AD61EC" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16924812" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="173CD4BE" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="04E389E6" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="002202C6" w14:paraId="3BC5E6B1" w14:textId="77777777" w:rsidTr="00507929">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="27C2309C" w14:textId="77777777" w:rsidTr="00507929">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6B1F766F" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="05EC7E2E" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="310F719E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...17 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+          <w:p w14:paraId="5CB164BE" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="38868674" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...17 lines deleted...]
-              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+          <w:p w14:paraId="1C72ADCC" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="768221F4" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="795D8C57" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BE0D1A1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...59 lines deleted...]
-              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+          <w:p w14:paraId="14DDEBCE" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20ABFD9A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="012CC687" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DC8EAC2" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FE2D36C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BD58508" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0019236A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0019236A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0019236A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="065D139B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="195D34E0" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="0A87E017" w14:textId="77777777" w:rsidTr="00507929">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="592A6F0E" w14:textId="77777777" w:rsidTr="00507929">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="322FF5C9" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="5FCF877B" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="74F4DF8E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...17 lines deleted...]
-              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+          <w:p w14:paraId="378D61B9" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="71314BFC" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...72 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="45EAC4E2" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B3CF710" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...81 lines deleted...]
-              <w:t>«жақсы» = 0,5 балл</w:t>
+          <w:p w14:paraId="5A8FE14D" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CC32096" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44C5FD9F" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6889D39B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="7A9FA283" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="002202C6" w14:paraId="5003449D" w14:textId="77777777" w:rsidTr="00507929">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="306F9916" w14:textId="77777777" w:rsidTr="00507929">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="19AC92B9" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="4BF3427A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0C8577CF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...27 lines deleted...]
-              <w:t>ұсыныс хат</w:t>
+          <w:p w14:paraId="4E4A2CB8" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7752074E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0EA265FD" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="072F57E8" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20EF23A3" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...38 lines deleted...]
-              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+          <w:p w14:paraId="3E4C0D36" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06A3B7B9" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51CBE549" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1627FA63" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16BD6BC7" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BDC7387" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04D73B1C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="5348F1C3" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="002202C6" w14:paraId="66123D26" w14:textId="77777777" w:rsidTr="00507929">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="35E9EC9B" w14:textId="77777777" w:rsidTr="00507929">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="286C11A7" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="4450B343" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="54EE0C9B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...15 lines deleted...]
-              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
+          <w:p w14:paraId="66F9FC1C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4B668773" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1F49B828" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A2AA547" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01139154" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66BAF2A5" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CFB8773" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="001B5715">
-[...5 lines deleted...]
-              <w:t>дипломдар</w:t>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="001B5715">
-[...367 lines deleted...]
-              <w:t xml:space="preserve"> награда</w:t>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, обучение по программам«Основы программирования в Python», «Обучение работе с Microsoft»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD28B68" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...331 lines deleted...]
-              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+          <w:p w14:paraId="48880E1C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26921F04" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>курсы =0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45E10F3C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="4EBCA3EF" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="202B0509" w14:textId="77777777" w:rsidTr="00507929">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="000BC45D" w14:textId="77777777" w:rsidTr="00507929">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64C0B82A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...18 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w14:paraId="6A26B58C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50660989" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...15 lines deleted...]
-              <w:t>Әдістемелік қызметі</w:t>
+          <w:p w14:paraId="6A0FA163" w14:textId="3EFA3CA7" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Максимальный балл –</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7588A448" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
-[...2319 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="74AF3185" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7B8C066D" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="002202C6" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
+    <w:p w14:paraId="5E78DFCD" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E2EA845" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="574F2F83" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="001B5715" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="309AC3FC" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
-[...428 lines deleted...]
-    <w:sectPr w:rsidR="00507929" w:rsidSect="004B2EB7">
+    <w:sectPr w:rsidR="00507929" w:rsidRPr="001B5715" w:rsidSect="004B2EB7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -14089,58 +10695,50 @@
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SimSun">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -14796,50 +11394,51 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="000914F2"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C013E"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D425F"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F3960"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
@@ -14856,51 +11455,50 @@
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B5715"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
-    <w:rsid w:val="002202C6"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="00237E5A"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00257B52"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="0026328D"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00271322"/>
     <w:rsid w:val="0027231B"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
@@ -15493,51 +12091,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4672AF0D"/>
-  <w15:docId w15:val="{A22C0E83-3F94-43A4-8297-576761EC999E}"/>
+  <w15:docId w15:val="{03AAFE17-357C-4796-BE4F-2AF91B74763A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -16135,51 +12733,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1380398890">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z970000151_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16430,78 +13028,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{196478C4-C95A-4717-8A66-1004D73C23A3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84D628D2-565F-4995-9EA2-21A86972E3AB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>11967</Characters>
+  <Pages>9</Pages>
+  <Words>1916</Words>
+  <Characters>10925</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>99</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>91</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14038</CharactersWithSpaces>
+  <CharactersWithSpaces>12816</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>