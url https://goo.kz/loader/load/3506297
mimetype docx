--- v0 (2025-12-09)
+++ v1 (2025-12-30)
@@ -1,2763 +1,2386 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="73518C63" w14:textId="0F51BB6F" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="430FDE0A" w14:textId="7A5188F3" w:rsidR="00F810B3" w:rsidRDefault="00000000" w:rsidP="00093A87">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="74"/>
-        <w:ind w:left="1996" w:hanging="1397"/>
+        <w:spacing w:before="66"/>
+        <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:t>«Павлодар</w:t>
+        <w:t>КГУ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-12"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>қаласының</w:t>
+        <w:t>«Средняя</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-10"/>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001724F1">
+      <w:r>
+        <w:t>общеобразовательная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>школа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5C2A">
         <w:t>№25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-11"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>жалпы</w:t>
+        <w:t>города</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-11"/>
+          <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>орта</w:t>
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> лауазымына конкурс жариялайды</w:t>
+        <w:t xml:space="preserve">Павлодара» объявляет конкурс на должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00752FBB">
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00752FBB" w:rsidRPr="00752FBB">
+        <w:t>едагог-организатор начальной военной и технологической подготовки</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A83B3AB" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
+    <w:p w14:paraId="52C5FF8C" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
       <w:pPr>
+        <w:spacing w:before="3" w:after="1"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="37" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6911"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2838"/>
+        <w:gridCol w:w="7089"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F810B3" w14:paraId="1176BA6D" w14:textId="77777777">
+      <w:tr w:rsidR="00F810B3" w14:paraId="1C8C6D52" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2D453463" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="680466DA" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="251" w:lineRule="exact"/>
-              <w:ind w:left="10"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52F78C4F" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0BEA96EF" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="242" w:lineRule="auto"/>
-[...3 lines deleted...]
-              <w:t>Білім</w:t>
+              <w:ind w:left="109" w:right="103"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Наименование</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>беру</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">ұйымының </w:t>
+              <w:t xml:space="preserve">организации </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>атауы</w:t>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DCEA470" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="41AD0B37" w14:textId="6864E959" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="247" w:lineRule="exact"/>
-[...61 lines deleted...]
-                <w:spacing w:val="22"/>
+            </w:pPr>
+            <w:r>
+              <w:t>КГУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>«Средняя</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>общеобразовательная</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>школа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC5C2A">
+              <w:t>№25</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> города</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Павлодара»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>отдела</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>города</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Павлодара,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>білім</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7B87528C" w14:textId="3F922BAD" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+              <w:t>управления</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26942642" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="252" w:lineRule="exact"/>
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ</w:t>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Павлодарской</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F810B3" w14:paraId="04BCF3C9" w14:textId="77777777">
+      <w:tr w:rsidR="00F810B3" w14:paraId="28BE00DE" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="505"/>
+          <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12DA9AED" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
+          <w:p w14:paraId="524AB73C" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="677639D5" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="17644779" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="246" w:lineRule="exact"/>
-[...10 lines deleted...]
-            </w:r>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>жері,</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3D958203" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+              <w:t>местонахождения,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D16BC27" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="240" w:lineRule="exact"/>
-[...3 lines deleted...]
-              <w:t>пошталық</w:t>
+              <w:spacing w:before="1" w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>почтового</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мекенжайы</w:t>
+              <w:t>адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FCFDF79" w14:textId="3BB9512D" w:rsidR="00F810B3" w:rsidRDefault="008A725B">
+          <w:p w14:paraId="1011C7C1" w14:textId="77777777" w:rsidR="00F009D5" w:rsidRDefault="00F009D5" w:rsidP="00F009D5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="240" w:lineRule="exact"/>
-[...3 lines deleted...]
-              <w:t>140007, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Майра көшесі, 49/1</w:t>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">140007, Республика Казахстан, Павлодарская область,                               </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00A08293" w14:textId="1528FADA" w:rsidR="00F810B3" w:rsidRDefault="00F009D5" w:rsidP="00F009D5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="238" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> город  Павлодар, ул. Майры, 49/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F810B3" w14:paraId="1A48BC01" w14:textId="77777777">
+      <w:tr w:rsidR="00F810B3" w14:paraId="394EDAA5" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FE11CCA" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
+          <w:p w14:paraId="1C3418B9" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A1A691E" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="15A5288B" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="247" w:lineRule="exact"/>
-[...7 lines deleted...]
-                <w:spacing w:val="-3"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>номеров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>нөмірлері,</w:t>
+              <w:t>телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="423F87C7" w14:textId="5B527CC4" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7C112895" w14:textId="4844B2A2" w:rsidR="00F810B3" w:rsidRDefault="00F009D5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009D5">
+              <w:t>8 (7182) 65-18-37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F810B3" w14:paraId="014BED99" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2126CD93" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68A94DE0" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>адреса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>электронной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="421D8389" w14:textId="728DF179" w:rsidR="00F810B3" w:rsidRDefault="00F009D5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009D5">
+              <w:t>sosh25@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F810B3" w14:paraId="46A88B73" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E6BD5A" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26FB1D6F" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="319"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>вакантной или временно вакантной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AA4F44F" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>должности,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="753D2B06" w14:textId="37691614" w:rsidR="00F810B3" w:rsidRDefault="00752FBB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="247" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
-[...20 lines deleted...]
-              <w:t>65-18-37</w:t>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752FBB">
+              <w:t>едагог-организатор начальной военной и технологической подготовки</w:t>
+            </w:r>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="48"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F810B3" w14:paraId="2B7CEE42" w14:textId="77777777">
+      <w:tr w:rsidR="00F810B3" w14:paraId="54227B53" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1771"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AFAA7CC" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D0421F7" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="109" w:right="144"/>
+            </w:pPr>
+            <w:r>
+              <w:t>основные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">функциональные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0261028D" w14:textId="77777777" w:rsidR="00752FBB" w:rsidRDefault="00752FBB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="449"/>
+              </w:tabs>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00752FBB">
+              <w:t>организует работу по военно-патриотическому воспитанию обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="526A15F7" w14:textId="77777777" w:rsidR="00752FBB" w:rsidRDefault="00752FBB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="449"/>
+              </w:tabs>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00752FBB">
+              <w:t>разрабатывает учебные программы, учебно-методические комплексы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C38E23E" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00752FBB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="449"/>
+              </w:tabs>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00752FBB">
+              <w:t>соблюдает требования к оснащению и оборудованию учебного кабинета;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C4A9426" w14:textId="08980B20" w:rsidR="00752FBB" w:rsidRDefault="00752FBB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="449"/>
+              </w:tabs>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00752FBB">
+              <w:t>совместно с заместителем руководителя по воспитательной работе, классными руководителями (руководителями групп) разрабатывает план военно-патриотической работы на учебный год, обеспечивает его выполнение и координирует работу учебного полигона;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F810B3" w14:paraId="7F633B7A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1005"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49E2135E" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="010DCC6D" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="109" w:right="103"/>
+            </w:pPr>
+            <w:r>
+              <w:t>размер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>условия</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">оплаты </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09682BD2" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="101" w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">выплачивается в соответствии со стажем и квалификационной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C65CFEF" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="478" w:hanging="338"/>
+            </w:pPr>
+            <w:r>
+              <w:t>среднее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>специальное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>образование(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>129</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>258,89</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68E6F573" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="478" w:hanging="338"/>
+            </w:pPr>
+            <w:r>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>образование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>159</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>626,94</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F810B3" w14:paraId="6E1272A1" w14:textId="77777777" w:rsidTr="00B33804">
+        <w:trPr>
+          <w:trHeight w:val="3201"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CEDBD72" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67897748" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="319"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационные требования, </w:t>
+            </w:r>
+            <w:r>
+              <w:t>предъявляемые к</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FB20031" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="275"/>
+            </w:pPr>
+            <w:r>
+              <w:t>кандидату,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">утвержденные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Типовыми</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ABE1505" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="319"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4206A60A" w14:textId="77777777" w:rsidR="00752FBB" w:rsidRDefault="00752FBB" w:rsidP="00752FBB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:ind w:right="95" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00752FBB">
+              <w:t>высшее и (или) послевузовское образование по специальности "Преподаватель начального военного обучения и физического воспитания";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C1D1C7F" w14:textId="401A0A37" w:rsidR="00752FBB" w:rsidRDefault="00752FBB" w:rsidP="00752FBB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:ind w:right="95" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>при наличии "офицер запаса", военной службы на должностях офицерского состава, имеющие высшее (среднее) военное или педагогическое образование, или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50F8A659" w14:textId="73DAEE47" w:rsidR="00F810B3" w:rsidRDefault="00752FBB" w:rsidP="00752FBB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:ind w:right="95"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">      и (или) при наличии высшего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет, для педагога-мастера – 5 лет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F810B3" w14:paraId="6CEF75CB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73613C9D" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="54C48392" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="745F5376" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="11F86643" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="232" w:lineRule="exact"/>
-              <w:ind w:left="110"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>приема</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>пошта</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0811BC99" w14:textId="51D01D23" w:rsidR="00F810B3" w:rsidRDefault="008A725B">
+          <w:p w14:paraId="0177D33D" w14:textId="5E14D6C0" w:rsidR="00F810B3" w:rsidRDefault="00376F7A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="232" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
-[...2 lines deleted...]
-              <w:t>sosh25@goo.edu.kz</w:t>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC69AD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F009D5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC69AD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F009D5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">.2025 </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC69AD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC69AD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>09.10</w:t>
+            </w:r>
+            <w:r w:rsidR="00F009D5">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F810B3" w14:paraId="41F70849" w14:textId="77777777">
+      <w:tr w:rsidR="00F810B3" w14:paraId="50020FAF" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="757"/>
+          <w:trHeight w:val="4486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72CD280D" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3986D426" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="251" w:lineRule="exact"/>
-              <w:ind w:left="10"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43865EE7" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="04858E4D" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="242" w:lineRule="auto"/>
-[...38 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="109" w:right="483"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Перечень</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">необходимых </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>жүктемесі</w:t>
+              <w:t>документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="602336B8" w14:textId="4195BF33" w:rsidR="00F810B3" w:rsidRDefault="00A40742">
-[...83 lines deleted...]
-          <w:p w14:paraId="3ED01139" w14:textId="77777777" w:rsidR="00080EA6" w:rsidRDefault="00080EA6">
+          <w:p w14:paraId="12B0C0F2" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="366"/>
+              </w:tabs>
+              <w:ind w:right="100" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">заявление </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">об участии в конкурсе с указанием перечня прилагаемых документов по форме </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласно приложению 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:t>к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21E6B465" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="366"/>
+              </w:tabs>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">документ, удостоверяющий личность </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">либо электронный документ из сервиса цифровых документов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AA34E2D" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="385"/>
+              </w:tabs>
+              <w:ind w:right="100" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">заполненный </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">личный листок по учету кадров </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55FAD2C3" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="570"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">копии документов об образовании </w:t>
+            </w:r>
+            <w:r>
+              <w:t>в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12746872" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="393"/>
+              </w:tabs>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>копия документа</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, подтверждающую </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую деятельность </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(при </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16D79C95" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
-              <w:ind w:right="94" w:firstLine="0"/>
+              <w:ind w:right="95" w:firstLine="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00080EA6">
-[...3 lines deleted...]
-          <w:p w14:paraId="2F946872" w14:textId="77777777" w:rsidR="00080EA6" w:rsidRDefault="00080EA6">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>справка о состоянии здоровья по форме 075/у</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>октября</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>года</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>ДСМ-175/2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>"Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="689EB853" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="424"/>
+                <w:tab w:val="left" w:pos="441"/>
               </w:tabs>
-              <w:spacing w:line="252" w:lineRule="exact"/>
-              <w:ind w:right="99" w:firstLine="0"/>
+              <w:ind w:left="441" w:hanging="335"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00080EA6">
-[...3 lines deleted...]
-          <w:p w14:paraId="7A0AC373" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00080EA6">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>справка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="64"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="65"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>отсутствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>динамического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="58"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>наблюдения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>больных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C122AD6" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:numPr>
-[...7 lines deleted...]
-              <w:ind w:right="99" w:firstLine="0"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00080EA6">
-[...92 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>еңбек</w:t>
+              <w:t>психическими</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>өтілі</w:t>
+              <w:t>поведенческими</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-6"/>
-[...51 lines deleted...]
-                <w:spacing w:val="-4"/>
+                <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>төленеді</w:t>
+              <w:t>расстройствами</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>;</w:t>
-            </w:r>
-[...864 lines deleted...]
-              <w:t>анықтама;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="663F68F5" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
+    <w:p w14:paraId="7A209266" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
-        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:spacing w:line="238" w:lineRule="exact"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:sectPr w:rsidR="00F810B3">
-          <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="700" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="960" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="37" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6911"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2838"/>
+        <w:gridCol w:w="7089"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F810B3" w14:paraId="6C2B78F4" w14:textId="77777777">
+      <w:tr w:rsidR="00F810B3" w14:paraId="55FCE3DD" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="4762"/>
+          <w:trHeight w:val="4553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29AA63DC" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
+          <w:p w14:paraId="4E9D4D7D" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08C5B522" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
+          <w:p w14:paraId="03B286C3" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23C29466" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="72E88BDA" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="478"/>
+                <w:tab w:val="left" w:pos="681"/>
               </w:tabs>
-              <w:ind w:right="96" w:firstLine="0"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="681" w:hanging="575"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-            </w:pPr>
+              <w:t>справка</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">динамикалық бақылауда жоқтығы туралы </w:t>
+                <w:spacing w:val="76"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>анықтама;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7AC3C59F" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+              <w:t>об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="75"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>отсутствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="75"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:t>динамического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="74"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>наблюдения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E4A200E" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4" w:line="251" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>наркологических</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CBCAEA6" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="491"/>
+                <w:tab w:val="left" w:pos="500"/>
               </w:tabs>
-              <w:ind w:right="94" w:firstLine="55"/>
+              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...5 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">сертификат </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">немесе қолданыстағы </w:t>
+              <w:t xml:space="preserve">о результатах прохождения </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">біліктілік санатының болуы туралы куәлік </w:t>
-[...22 lines deleted...]
-          <w:p w14:paraId="43816A49" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+              <w:t xml:space="preserve">сертификации </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">или удостоверение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">о наличии действующей квалификационной категории </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при наличии</w:t>
+            </w:r>
+            <w:r>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D84EFEB" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="701"/>
+                <w:tab w:val="left" w:pos="475"/>
               </w:tabs>
-              <w:ind w:right="94" w:firstLine="0"/>
+              <w:ind w:left="106" w:right="95" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...46 lines deleted...]
-          <w:p w14:paraId="56D7405E" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            </w:pPr>
+            <w:r>
+              <w:t>для кандидатов на занятие должности педагогов английского языка сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>результатах</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>сертификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>предмету</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificatein English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FF4ED7F" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
-[...25 lines deleted...]
-                <w:numId w:val="6"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="552"/>
               </w:tabs>
-              <w:ind w:left="552" w:hanging="445"/>
+              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>жұмыс</w:t>
-[...56 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">заполненный Оценочный лист </w:t>
+            </w:r>
+            <w:r>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложениям 12, 13 к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72482D40" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="456"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>рекомендательное письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>места</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">педагога), </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>орнынан</w:t>
-[...30 lines deleted...]
-              <w:t>хат.</w:t>
+              <w:t>учебы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5ACB46C4" w14:textId="77777777" w:rsidR="009571B4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="1F78AF7C" w14:textId="77777777" w:rsidR="00B54697" w:rsidRDefault="00B54697"/>
+    <w:p w14:paraId="5A8C289B" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="3FDDDFC1" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="0275932B" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="2FF8DCAA" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="300D6F72" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="5C9F0CE8" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="25888932" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="6E44B5CC" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="491DD8E5" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="139BE58A" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="44A08B25" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="47B8A39D" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="1D6401FC" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="25342EFA" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="0094C615" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="4DC15718" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="16829C6E" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="4AB18399" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="348F7FFF" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="067CAC60" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="729E0982" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="29DA8E3A" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="4BA116D4" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="529DAE95" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="4B85D4C3" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="7E149E7B" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="3AB243F8" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="157AE8AC" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="6533DAA2" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="6386E2DC" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="22D80402" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="342B0936" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="00003767" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="5533951A" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="3ED6C304" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="6A8005A0" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="4F63B3C3" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="378F629B" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="6914107F" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="725E8E3F" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:p w14:paraId="1C0C2E56" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="75" w:line="244" w:lineRule="auto"/>
-        <w:ind w:right="1007"/>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4366B79A" w14:textId="77777777" w:rsidR="009571B4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="1A5A5E1B" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="75" w:line="244" w:lineRule="auto"/>
-        <w:ind w:right="1007"/>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="569E6616" w14:textId="77777777" w:rsidR="009571B4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="17D8E284" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="75" w:line="244" w:lineRule="auto"/>
-        <w:ind w:left="6647" w:right="1007" w:firstLine="2"/>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
           <w:sz w:val="16"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-      </w:pPr>
-[...382 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+        <w:t>к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>тағайындау,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>лауазымнан</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-10"/>
+        <w:t>должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="767697F9" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6591" w:right="1062" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>босату қағидаларына 3-қосымша</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Нысан</w:t>
+        <w:t>государственных организаций образования Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AD27082" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="008E6836" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="3EB12A3C" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09BB951D" wp14:editId="7C543759">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71AFD288" wp14:editId="012C9822">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>143301</wp:posOffset>
+                  <wp:posOffset>143216</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6352540" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="1" name="Graphic 1"/>
+                <wp:docPr id="22" name="Graphic 22"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6352540" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6352540">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -2766,80 +2389,772 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7257CE5C" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;FJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7oQ29JwXyWgECqbdNTq2D/+XK3&#10;AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRodZtYh8e3beqMjS9/Kxuszh5tB&#10;pkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5vxucnEBHH+AfDVJ+rQ8GdDvZI&#10;TRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="029D882A" id="Graphic 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;FJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7oQ29JwXyWgECqbdNTq2D/+XK3&#10;AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRodZtYh8e3beqMjS9/Kxuszh5tB&#10;pkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5vxucnEBHH+AfDVJ+rQ8GdDvZI&#10;TRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45DC4BEA" wp14:editId="2F593024">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26D4F30C" wp14:editId="527CCAA8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>310941</wp:posOffset>
+                  <wp:posOffset>310856</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6358890" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="23" name="Graphic 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6358890" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6358890">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6358697" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="0D3BA55A" id="Graphic 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6358890,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJAkYvFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRSYxkFFOU2Hbpp0&#10;up10THsOaUqrpXFmBwr/fk5Kgd3epvUhcuIv9md/Tpf3x9aKg0FqwBVyMhpLYZyGsnG7Qn7fPH6Y&#10;S0FBuVJZcKaQJ0PyfvX+3bLzuZlCDbY0KDiIo7zzhaxD8HmWka5Nq2gE3jh2VoCtCrzFXVai6jh6&#10;a7PpeDzLOsDSI2hDxKfr3ilXKX5VGR2+VRWZIGwhmVtIK6Z1G9dstVT5DpWvG32mof6BRasax0kv&#10;odYqKLHH5q9QbaMRCKow0tBmUFWNNqkGrmYyflPNa628SbVwc8hf2kT/L6x+Prz6F4zUyT+B/knc&#10;kazzlF88cUNnzLHCNmKZuDimLp4uXTTHIDQfzj5+ms8X3GzNvsn0LjU5U/lwV+8pfDGQ4qjDE4Ve&#10;g3KwVD1Y+ugGE1nJqKFNGgYpWEOUgjXc9hp6FeK9SC6aorsSiWctHMwGkje8Yc7Url7rblGxlNni&#10;ToqhSsb2CDZiGu5Vb6TUbN8WZ11kcbeYzdNoENimfGysjSwId9sHi+Kg4mCmL9bBEf6AeaSwVlT3&#10;uOQ6w6w769RLE0XaQnl6QdHxNBeSfu0VGinsV8fjEkd/MHAwtoOBwT5AeiCpQZxzc/yh0IuYvpCB&#10;lX2GYRhVPogWS79g400Hn/cBqiYqmmaoZ3Te8ASnAs+vLT6R231CXf8Jq98AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAeMgQ53QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJOm&#10;ohDiVAiJWwU08ABuvMRp7XUUOz/w9DincpzZT7MzxW62ho3Y+9aRgHSVAEOqnWqpEfD1+Xr3AMwH&#10;SUoaRyjgBz3syuurQubKTXTAsQoNiyHkcylAh9DlnPtao5V+5TqkePt2vZUhyr7hqpdTDLeGr5Pk&#10;nlvZUvygZYcvGutzNVgB22F+/9B7czpP+xMd3jJuf6tRiNub+fkJWMA5XGBY6sfqUMZORzeQ8sxE&#10;nWZZRAVsHuOmBUjTzRbYcXHWwMuC/59Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDJ&#10;AkYvFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAeMgQ53QAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6358697,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DAE2686" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D08BDA5" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="39"/>
+        <w:ind w:right="24"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>орган,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>объявивший</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23602A0D" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18777653" wp14:editId="3A02FD82">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>139061</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="24" name="Graphic 24"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5C3A16E4" id="Graphic 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.2pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA4C39+t8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiT&#10;FEEb4lQoElVBCIm0F25uvCQR8Tqy3Tb9e7YnOM7s0+xMsZrsII7oQ+9IQTpLQCA1zvTUKthtX+4W&#10;IELUZPTgCBWcMcCqvL4qdG7ciT7xWMdWcAiFXCvoYhxzKUPTodVh5kYkvn07b3Vk6VtpvD5xuB1k&#10;liQP0uqe+EOnR6w6bH7qg1Xgv97Xu3HzsV5W+Hb/6qrzuKlrpW5vpucnEBGn+AfDpT5Xh5I77d2B&#10;TBAD63Q+Z1RBli5BXAB2HkHs2clSkGUh/08ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDgLf363wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FC43646" wp14:editId="4562F14C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285365</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="25" name="Graphic 25"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="6DEBE52F" id="Graphic 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.2pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAq7H7R98AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Gn4a4lQoElWpEBKhF25uvCQR8dqK3TZ9e7YnOM7sp9mZYjnZQRxwDL0jBeksAYHUONNTq2D7+XLz&#10;CCJETUYPjlDBCQMsy8uLQufGHekDD3VsBYdQyLWCLkafSxmaDq0OM+eR+PbtRqsjy7GVZtRHDreD&#10;vE2Se2l1T/yh0x6rDpufem8VjF9vq61fv68WFW6yV1ed/Lqulbq+mp6fQESc4h8M5/pcHUrutHN7&#10;MkEMrNP5nFEFWbYAcQbYeQCxY+cuBVkW8v+E8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCrsftH3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B39F6A9" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39B8853D" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:right="24"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ИИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76DC58D0" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FCFD097" wp14:editId="628224D8">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>138934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="2" name="Graphic 2"/>
+                <wp:docPr id="26" name="Graphic 26"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="480AEB30" id="Graphic 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYwIY4eJYhFBsxg5/WIvYTPzevN&#10;PbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBOxYWfDNJt54NTiWTouQ7qSOHO&#10;8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8vpqbR2DJzOlshhM+oUNNTFu/&#10;Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35CC5334" wp14:editId="7AA0B878">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285238</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="27" name="Graphic 27"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3ADA7279" id="Graphic 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAM4FcDfeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;Y1IohDhVQPxIvZHCgZsbb5MIex3ZbhveHucEt53d0ew35Xqyhh3Rh8GRBLHIgCG1Tg/USfjYvlzd&#10;AQtRkVbGEUr4wQDr6vysVIV2J3rHYxM7lkIoFEpCH+NYcB7aHq0KCzcipdveeatikr7j2qtTCreG&#10;X2fZLbdqoPShVyM+9dh+NwcrofbbnOrm02T7x9fV89tGfa3ERsrLi6l+ABZxin9mmPETOlSJaecO&#10;pAMzSYs8T1YJy+U9sNkgxDzt0uZGAK9K/r9C9QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDOBXA33gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4813BA" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E29C3A1" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:right="27"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1342B11C" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02D1D7D9" wp14:editId="475243DF">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>138934</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="28" name="Graphic 28"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -2848,167 +3163,444 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="667366E7" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.8pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEA0v4fet8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;pqI0xKkC4kfqjZQeenPjbRJhr6PYbcPb45zKcWY/zc7k69EadsbBd44kiFkCDKl2uqNGwvf2/eEJ&#10;mA+KtDKOUMIvelgXtze5yrS70Beeq9CwGEI+UxLaEPqMc1+3aJWfuR4p3o5usCpEOTRcD+oSw63h&#10;8yR55FZ1FD+0qsfXFuuf6mQllMM2pbLameT48rF8+9yo/VJspLy/G8tnYAHHcIVhqh+rQxE7HdyJ&#10;tGcmapGmEZWwWMVNEyDEYgXsMDlz4EXO/08o/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDS/h963wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="0CBC8F55" id="Graphic 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76332A74" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="008E6836" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="00914CCD" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:right="33"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(конкурс</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>(фактическое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>жариялаған</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-9"/>
+        <w:t>место проживания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>мемлекеттік</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>адрес прописки,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>орган)</w:t>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E963B7A" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="008E6836" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="613C0ED7" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B98B0A5" wp14:editId="7BBD5C11">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A02AA04" wp14:editId="13412A6E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>139315</wp:posOffset>
+                  <wp:posOffset>138934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="3" name="Graphic 3"/>
+                <wp:docPr id="29" name="Graphic 29"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359650" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="61216628" id="Graphic 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58123B0D" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="215"/>
+        <w:ind w:right="29"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E704B12" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10495"/>
+        </w:tabs>
+        <w:spacing w:before="91" w:line="261" w:lineRule="auto"/>
+        <w:ind w:left="424" w:right="418" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной должности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="71"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44FCDA37" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="460582AC" wp14:editId="5C72C99D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>125585</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="30" name="Graphic 30"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3017,80 +3609,80 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4C694C59" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYwIY4eJYhFBsxg5/WIvYTPzevN&#10;PbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBOxYWfDNJt54NTiWTouQ7qSOHO&#10;8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8vpqbR2DJzOlshhM+oUNNTFu/&#10;Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="004CC45A" id="Graphic 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:9.9pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhACOeUHPeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;Y4IoDXGqgHhI3ZHSRXdu7CYR9jiy3Tb8PdNV2c3VHN1HuZycZUcT4uBRgphlwAy2Xg/YSfhev989&#10;AYtJoVbWo5HwayIsq+urUhXan/DLHJvUMTLBWCgJfUpjwXlse+NUnPnRIP32PjiVSIaO66BOZO4s&#10;v8+yR+7UgJTQq9G89qb9aQ5OQh3WOdbNxmb7l4/52+dKbediJeXtzVQ/A0tmShcYzvWpOlTUaecP&#10;qCOzpEWeE0rHgiacASEeFsB2EigYeFXy/xOqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAjnlBz3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
-          <w:sz w:val="17"/>
+          <w:sz w:val="15"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A81E5DF" wp14:editId="545C72DA">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AAD70AA" wp14:editId="2AC8016D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>285619</wp:posOffset>
+                  <wp:posOffset>271889</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="4" name="Graphic 4"/>
+                <wp:docPr id="31" name="Graphic 31"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3099,179 +3691,237 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="46D82445" id="Graphic 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAOTE+EXfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;46bQEuJUAQGVeiOlB25uvE0i7HUUu234e5wTHGf2aXYmX4/WsDMOvnMkQcwSYEi10x01Ej53b3cr&#10;YD4o0so4Qgk/6GFdXF/lKtPuQh94rkLDYgj5TEloQ+gzzn3dolV+5nqkeDu6waoQ5dBwPahLDLeG&#10;z5PkgVvVUfzQqh5fWqy/q5OVUA67lMpqb5Lj8/vydbNVX0uxlfL2ZiyfgAUcwx8MU/1YHYrY6eBO&#10;pD0zUYs0jaiExX3cNAFCLB6BHSZnDrzI+f8JxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA5MT4Rd8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="7ABC59B7" id="Graphic 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:21.4pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAJIPkX/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;7aaiEOJUAfEj9UbaHri5sZtExOvIdtvw9mxPcJzZT7MzxWpyAzvZEHuPCuRMALPYeNNjq2C7ebt7&#10;ABaTRqMHj1bBj42wKq+vCp0bf8ZPe6pTyygEY64VdCmNOeex6azTceZHi3Q7+OB0IhlaboI+U7gb&#10;+FyIe+50j/Sh06N96WzzXR+dgipsMqzq3SAOz+/L14+1/lrKtVK3N1P1BCzZKf3BcKlP1aGkTnt/&#10;RBPZQFpmGaEKFnOacAGkXDwC25OTCeBlwf9PKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAkg+Rf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4474A5C4" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="008E6836" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="334C404E" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="7"/>
+        <w:spacing w:before="4"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A082000" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="008E6836" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="0F4BBF63" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="5"/>
-        <w:ind w:left="24"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:right="25"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(кандидаттың</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+        <w:t>(наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Т.А.Ә.</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-6"/>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(бар</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>болса),</w:t>
-[...15 lines deleted...]
-        <w:t>ЖСН</w:t>
+        <w:t>город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C08B00" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="008E6836" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="67FA04A4" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10446"/>
+        </w:tabs>
+        <w:spacing w:before="115"/>
+        <w:ind w:left="1133"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D90F2F2" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79AF0309" wp14:editId="4A147B69">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55EB7A01" wp14:editId="45B4562C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140839</wp:posOffset>
+                  <wp:posOffset>141830</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="5" name="Graphic 5"/>
+                <wp:docPr id="32" name="Graphic 32"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3280,80 +3930,80 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0F5A3428" id="Graphic 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAEaG03/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;46SiNMSpAuIhdUcKi+7ceJpExOPIdtvw9zgrWN6Zoztnis1kBnZG53tLEsQiAYbUWN1TK+Fz93r3&#10;AMwHRVoNllDCD3rYlNdXhcq1vdAHnuvQslhCPlcSuhDGnHPfdGiUX9gRKe6O1hkVYnQt105dYrkZ&#10;eJok99yonuKFTo343GHzXZ+MhMrtMqrqryE5Pr2tXt63ar8SWylvb6bqEVjAKfzBMOtHdSij08Ge&#10;SHs2xCyyLKIS0jQFNgNCLNfADvNkCbws+P8Xyl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEARobTf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="05D3B6BF" id="Graphic 32" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT9mFwKEEsEmAaG9cO2En42rzd&#10;PAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1VWHhRo10OzhvVSTpO956daZw&#10;a3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU11dT9QQs6in+mWHGJ3QoiWnv&#10;jtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0ECF50D3" wp14:editId="425C74C9">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="325ABFB6" wp14:editId="5E7967E8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>285619</wp:posOffset>
+                  <wp:posOffset>288134</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="6" name="Graphic 6"/>
+                <wp:docPr id="33" name="Graphic 33"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3362,151 +4012,704 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="782EA4C5" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAOTE+EXfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;46bQEuJUAQGVeiOlB25uvE0i7HUUu234e5wTHGf2aXYmX4/WsDMOvnMkQcwSYEi10x01Ej53b3cr&#10;YD4o0so4Qgk/6GFdXF/lKtPuQh94rkLDYgj5TEloQ+gzzn3dolV+5nqkeDu6waoQ5dBwPahLDLeG&#10;z5PkgVvVUfzQqh5fWqy/q5OVUA67lMpqb5Lj8/vydbNVX0uxlfL2ZiyfgAUcwx8MU/1YHYrY6eBO&#10;pD0zUYs0jaiExX3cNAFCLB6BHSZnDrzI+f8JxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA5MT4Rd8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="37F2E7B9" id="Graphic 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;DS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj7x1JEIsEGFLjdE+thI/d6809&#10;MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/cANS3B3caFWIcWy5HtU5llvD&#10;b5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6aqoegQWcwh8Ms35UhzI67d2R&#10;tGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59A14129" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="008E6836" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="3CC53948" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7533534C" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
         <w:spacing w:before="5"/>
+        <w:ind w:left="2578"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D0F8A23" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="424"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Сообщаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>себе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6833408C" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="424"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>Образование:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>послевузовское,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>техническое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>профессиональное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="114020EA" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="5" w:after="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="430" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4112"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3545"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="6E425AFA" w14:textId="77777777" w:rsidTr="00A1240C">
+        <w:trPr>
+          <w:trHeight w:val="314"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="643B739E" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="233"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57CF6098" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="235"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B98C26" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="326"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="51"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="2976A2F1" w14:textId="77777777" w:rsidTr="00A1240C">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A92C79" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F1BD6FB" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A13176D" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4755B212" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1609"/>
+          <w:tab w:val="left" w:pos="3967"/>
+          <w:tab w:val="left" w:pos="5280"/>
+          <w:tab w:val="left" w:pos="6088"/>
+          <w:tab w:val="left" w:pos="9501"/>
+          <w:tab w:val="left" w:pos="10108"/>
+        </w:tabs>
+        <w:spacing w:before="115" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="424" w:right="451"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения/подтверждения)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">его </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>наличии):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D9D310F" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...60 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FF91D75" wp14:editId="42EBF48F">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7294115C" wp14:editId="356AEDB5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140458</wp:posOffset>
+                  <wp:posOffset>137934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="7" name="Graphic 7"/>
+                <wp:docPr id="34" name="Graphic 34"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3515,140 +4718,1035 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1A92ED8B" id="Graphic 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.05pt;width:500.8pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAG0yjG/eAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;4wRRGuJUAfGQuiOlC3bT2E0i4nFku234e5xVWd6ZoztnivVkBnbSzveWJIhFAkxTY1VPrYSv7dvd&#10;IzAfkBQOlrSEX+1hXV5fFZgre6ZPfapDy2IJ+RwldCGMOee+6bRBv7Cjprg7WGcwxOharhyeY7kZ&#10;eJokD9xgT/FCh6N+6XTzUx+NhMptM6rq3ZAcnt+Xrx8b/F6KjZS3N1P1BCzoKVxgmPWjOpTRaW+P&#10;pDwbYhZZFlEJaSqAzYAQ9ytg+3mSAS8L/v+F8g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBtMoxv3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="03A1F8EF" id="Graphic 34" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EBDEFB9" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="008E6836" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="526FE217" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="5"/>
-[...4 lines deleted...]
-          <w:sz w:val="18"/>
+        <w:spacing w:before="118" w:after="5"/>
+        <w:ind w:left="424"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="369" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1196"/>
+        <w:gridCol w:w="1731"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2521"/>
+        <w:gridCol w:w="3009"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="7F6AF06E" w14:textId="77777777" w:rsidTr="00A1240C">
+        <w:trPr>
+          <w:trHeight w:val="719"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29417DCC" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="21"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5083D519" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:ind w:left="278"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C92FFB0" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="21"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E67FA72" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:ind w:left="133"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55FFDCD3" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="27" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53C77CB1" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="27"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27077DAD" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="119" w:firstLine="62"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специальности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(для</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="656D147C" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="193" w:hanging="75"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специалистов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектов предпринимательства)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B7D38E" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>данной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B3BC7C0" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>том</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>числе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на занимаемой должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="30A42D0A" w14:textId="77777777" w:rsidTr="00A1240C">
+        <w:trPr>
+          <w:trHeight w:val="400"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4496AA71" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63157BE7" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A3F385D" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="766233C1" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30686980" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2560B4CC" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:ind w:left="424"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Имею</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>результаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...16 lines deleted...]
-        <w:t>жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37A27EA0" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="008E6836" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="0A04B9A0" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="5"/>
+        <w:spacing w:before="6"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7111F0E1" wp14:editId="5852ED42">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="622E192F" wp14:editId="1D891783">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140839</wp:posOffset>
+                  <wp:posOffset>141684</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="35" name="Graphic 35"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="518D670F" id="Graphic 35" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.2pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAZKVKWN8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;lJ8S4lQoElVBCIm0F25uvCQR8Tqy3TZ9ezYnOK1mdjT7bb4abS+O6EPnSMF8loBAqp3pqFGw277c&#10;LEGEqMno3hEqOGOAVXF5kevMuBN94rGKjeASCplW0MY4ZFKGukWrw8wNSLz7dt7qyNI30nh94nLb&#10;yzRJ7qXVHfGFVg9Ytlj/VAerwH+9r3fD5mP9WOLb7asrz8OmqpS6vhqfn0BEHONfGCZ8RoeCmfbu&#10;QCaInvV8seCogjTlOQXYeQCxn5w7kEUu/79Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBkpUpY3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F57C499" wp14:editId="551DEA69">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>286464</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="36" name="Graphic 36"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3320B087" id="Graphic 36" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.55pt;width:500.2pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAxudhYt4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Uv5CnApFoioIIRF64ebGSxIRryPbbdO3Z3OC48x+mp0pVpMdxAF96B0pSBcJCKTGmZ5aBdvP56t7&#10;ECFqMnpwhApOGGBVnp8VOjfuSB94qGMrOIRCrhV0MY65lKHp0OqwcCMS376dtzqy9K00Xh853A7y&#10;OklupdU98YdOj1h12PzUe6vAf72tt+Pmff1Q4evyxVWncVPXSl1eTE+PICJO8Q+GuT5Xh5I77dye&#10;TBAD6zTLGFWwvElBzAA7dyB2s5OBLAv5f0L5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AG5GVUYVAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAMbnYWLeAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77B6AD43" wp14:editId="3621CB7E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>433149</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="37" name="Graphic 37"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7D43AE76" id="Graphic 37" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:34.1pt;width:500.2pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAULng3N8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;H5U2xKlQJKqCEBJpL9zceEki4rUVu2369mxOcJzZT7Mz2WawnThjH1pHCqaTBARS5UxLtYLD/uVh&#10;BSJETUZ3jlDBFQNs8tubTKfGXegTz2WsBYdQSLWCJkafShmqBq0OE+eR+Pbteqsjy76WptcXDred&#10;nCXJUlrdEn9otMeiweqnPFkF/df79uB3H9t1gW+LV1dc/a4slbq/G56fQEQc4h8MY32uDjl3OroT&#10;mSA61tP5nFEFy9UMxAiw8wjiODoLkHkm/0/IfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBQueDc3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7251D57C" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4877F640" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D2EC6FF" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="424"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Награды,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звание,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="469504FF" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="498866D5" wp14:editId="10DDCCDA">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>137908</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="8" name="Graphic 8"/>
+                <wp:docPr id="38" name="Graphic 38"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3657,284 +5755,80 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7D93D240" id="Graphic 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAEaG03/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;46SiNMSpAuIhdUcKi+7ceJpExOPIdtvw9zgrWN6Zoztnis1kBnZG53tLEsQiAYbUWN1TK+Fz93r3&#10;AMwHRVoNllDCD3rYlNdXhcq1vdAHnuvQslhCPlcSuhDGnHPfdGiUX9gRKe6O1hkVYnQt105dYrkZ&#10;eJok99yonuKFTo343GHzXZ+MhMrtMqrqryE5Pr2tXt63ar8SWylvb6bqEVjAKfzBMOtHdSij08Ge&#10;SHs2xCyyLKIS0jQFNgNCLNfADvNkCbws+P8Xyl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEARobTf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="78C10482" id="Graphic 38" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...203 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0064F132" wp14:editId="3B85B413">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28088803" wp14:editId="6A569322">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>141775</wp:posOffset>
+                  <wp:posOffset>284212</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="9" name="Graphic 9"/>
+                <wp:docPr id="39" name="Graphic 39"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3943,80 +5837,80 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3F390FFE" id="Graphic 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT9mFwKEEsEmAaG9cO2En42rzd&#10;PAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1VWHhRo10OzhvVSTpO956daZw&#10;a3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU11dT9QQs6in+mWHGJ3QoiWnv&#10;jtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="55BB7A13" id="Graphic 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.4pt;width:500.8pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAImSYmDfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;HRIohDhVQPxIvZHCgZsbu0mEvY5stw1vz/YEx5n9NDtTrWZn2cGEOHqUkC0EMIOd1yP2Ej42L1d3&#10;wGJSqJX1aCT8mAir+vysUqX2R3w3hzb1jEIwlkrCkNJUch67wTgVF34ySLedD04lkqHnOqgjhTvL&#10;r4W45U6NSB8GNZmnwXTf7d5JaMImx6b9tGL3+Lp8flurr2W2lvLyYm4egCUzpz8YTvWpOtTUaev3&#10;qCOzpLM8J1RCUdCEE5BlxT2wLTk3Anhd8f8T6l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAiZJiYN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="135A1D7D" wp14:editId="032A0B72">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16577A76" wp14:editId="3501C50E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>288078</wp:posOffset>
+                  <wp:posOffset>430516</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="10" name="Graphic 10"/>
+                <wp:docPr id="40" name="Graphic 40"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -4025,15418 +5919,12512 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2BBAB00F" id="Graphic 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;DS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj7x1JEIsEGFLjdE+thI/d6809&#10;MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/cANS3B3caFWIcWy5HtU5llvD&#10;b5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6aqoegQWcwh8Ms35UhzI67d2R&#10;tGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="07B2DCCF" id="Graphic 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:33.9pt;width:500.8pt;height:.1pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGyCDeLfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;bYKaEuJUAfEj9UYKB25u7CYR9jqK3Ta8PdsTHGf20+xMuZ69Y0c7xSGgArkQwCy2wQzYKfjYvtys&#10;gMWk0WgX0Cr4sRHW1eVFqQsTTvhuj03qGIVgLLSCPqWx4Dy2vfU6LsJokW77MHmdSE4dN5M+Ubh3&#10;/FaIJfd6QPrQ69E+9bb9bg5eQT1tM6ybTyf2j6/589tGf+Vyo9T11Vw/AEt2Tn8wnOtTdaio0y4c&#10;0ETmSMssI1TBMqcJZ0DKu3tgO3JWAnhV8v8Tql8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAbIIN4t8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B196151" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="008E6836" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="5DED74BD" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57B74248" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="008E6836" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="79A46926" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="6"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3362C5A0" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="424" w:right="454"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(білім</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-14"/>
+        <w:t>В соответствии с пунктом 1 статьи 8 Закона РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>беру</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-13"/>
+        <w:t>даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации. или без использования таких средств).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F445779" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10400"/>
+        </w:tabs>
+        <w:spacing w:before="114"/>
+        <w:ind w:left="424"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Я согласен (-а) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BDCC0AF" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="3980"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ұйымының</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-12"/>
+        <w:t>(Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>атауы,</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-13"/>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>мекен-жайы</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-13"/>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(облыс,</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-11"/>
+        <w:t>наличии))</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>аудан,қала/ауыл)</w:t>
+        <w:t>(подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C76A68A" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="008E6836" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="4ED8B9A3" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="118"/>
-[...242 lines deleted...]
-          <w:sz w:val="17"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="051640B3" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="008E6836" w:rsidRDefault="009571B4" w:rsidP="009571B4">
-[...2202 lines deleted...]
-    <w:p w14:paraId="240A6D23" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="008E6836" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="6B5687AA" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="10393"/>
+          <w:tab w:val="left" w:pos="1221"/>
+          <w:tab w:val="left" w:pos="2933"/>
+          <w:tab w:val="left" w:pos="3545"/>
         </w:tabs>
-        <w:spacing w:before="189"/>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:ind w:left="487"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
-[...9 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3F09ABEF" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="008E6836" w:rsidRDefault="009571B4" w:rsidP="009571B4">
-[...156 lines deleted...]
-    <w:p w14:paraId="2CC32451" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="008E6836" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="719F82B6" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="7773"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BDCCC08" wp14:editId="208C14AB">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1FF168CE" wp14:editId="0B4E5B97">
                 <wp:extent cx="1708785" cy="8890"/>
                 <wp:effectExtent l="9525" t="0" r="0" b="635"/>
-                <wp:docPr id="20" name="Group 20"/>
+                <wp:docPr id="41" name="Group 41"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1708785" cy="8890"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="1708785" cy="8890"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="21" name="Graphic 21"/>
+                        <wps:cNvPr id="42" name="Graphic 42"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="4416"/>
                             <a:ext cx="1708785" cy="1270"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="1708785">
                                 <a:moveTo>
                                   <a:pt x="0" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="1708659" y="0"/>
+                                  <a:pt x="1708396" y="0"/>
                                 </a:lnTo>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="8833">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="1FE8D2B2" id="Group 20" o:spid="_x0000_s1026" style="width:134.55pt;height:.7pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="17087,88" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHPslBcAIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2jAUfZ+0/2D5fYTQFtKIUE1lRZOq&#10;rlKZ9mwc50NzbO/aEPj3u3YSoLTaQ5eH6Nj3+n6ce+z53b6RZCfA1lplNB6NKRGK67xWZUZ/rh++&#10;JJRYx1TOpFYiowdh6d3i86d5a1Ix0ZWWuQCCQZRNW5PRyjmTRpHllWiYHWkjFBoLDQ1zuIQyyoG1&#10;GL2R0WQ8nkathtyA5sJa3F12RroI8YtCcPejKKxwRGYUa3PhD+G/8f9oMWdpCcxUNe/LYB+oomG1&#10;wqTHUEvmGNlC/SZUU3PQVhduxHUT6aKouQg9YDfx+KKbFeitCb2UaVuaI01I7QVPHw7Ln3YrMC/m&#10;GbrqET5q/tsiL1FryvTc7tflyXlfQOMPYRNkHxg9HBkVe0c4bsazcTJLbijhaEuS255wXuFU3hzi&#10;1bd/HYtY2qUMhR0LaQ0qx57Isf9HzkvFjAicW9/8M5A6z+gkpkSxBgW86rWCO8iRT45enr9+ZXsq&#10;32Xn+jqedpJ7l6B4MgsEHTtlKd9atxI6EM12j9Z1gs0HxKoB8b0aIKDsveBlELyjBAUPlKDgN112&#10;w5w/56fnIWlPk/J7jd6JtQ5WdzElLO1klercy896enNLySAD9O08EPg0KKkOhNSIz5uTyleRJFdX&#10;4R5ZLev8oZbSV2Gh3NxLIDvmb3H4fB8Y4ZWbAeuWzFadXzD1blIFOdu0m46f2kbnBxxui+PMqP2z&#10;ZSAokd8Vyse/EwOAAWwGAE7e6/CaBIIw53r/i4EhPn1GHU72SQ8qYukwNN/60defVPrr1umi9hNF&#10;RQ8V9QtUdEDh4iN69bKcr4PX6Sld/AUAAP//AwBQSwMEFAAGAAgAAAAhAIaSY7raAAAAAwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdpGrRmE0pRT0VwVYQb9PsNAnNzobsNkn/&#10;vaMXvTwY3uO9b/Ll5Fo1UB8azwbSWQKKuPS24crAx+7l5gFUiMgWW89k4EwBlsXlRY6Z9SO/07CN&#10;lZISDhkaqGPsMq1DWZPDMPMdsXgH3zuMcvaVtj2OUu5aPU+ShXbYsCzU2NG6pvK4PTkDryOOq9v0&#10;edgcD+vz1+7+7XOTkjHXV9PqCVSkKf6F4Qdf0KEQpr0/sQ2qNSCPxF8Vb754TEHtJXQHusj1f/bi&#10;GwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMc+yUFwAgAAkgUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIaSY7raAAAAAwEAAA8AAAAAAAAAAAAA&#10;AAAAygQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
-                <v:shape id="Graphic 21" o:spid="_x0000_s1027" style="position:absolute;top:44;width:17087;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1708785,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAnCV9IwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeEJv3axLu5StUYog7dGqeH5unsnSzcu6ibr+eyMIHoeZ+YaZzgfXijP1ofGsYJLlIIhr&#10;rxs2Crab5dsniBCRNbaeScGVAsxno5cpVtpf+I/O62hEgnCoUIGNsaukDLUlhyHzHXHyDr53GJPs&#10;jdQ9XhLctbLI81I6bDgtWOxoYan+X5+cgqa97g8/e7ezR/Nh/Oq9PJXFUanX8fD9BSLSEJ/hR/tX&#10;KygmcP+SfoCc3QAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnCV9IwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l1708659,e" filled="f" strokeweight=".24536mm">
+              <v:group w14:anchorId="23E08036" id="Group 41" o:spid="_x0000_s1026" style="width:134.55pt;height:.7pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="17087,88" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCz6U6KcAIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMlu2zAQvRfoPxC81/JWWxEsB0XcGAWC&#10;JEBc9ExT1IJSJDukLfvvO6Qk23GCHlIdhEfOcJY3j1zcHmpJ9gJspVVKR4MhJUJxnVWqSOnPzf2X&#10;mBLrmMqY1Eqk9CgsvV1+/rRoTCLGutQyE0AwiLJJY1JaOmeSKLK8FDWzA22EQmOuoWYOl1BEGbAG&#10;o9cyGg+Hs6jRkBnQXFiLu6vWSJchfp4L7p7y3ApHZEqxNhf+EP5b/4+WC5YUwExZ8a4M9oEqalYp&#10;THoKtWKOkR1Ub0LVFQdtde4GXNeRzvOKi9ADdjMaXnWzBr0zoZciaQpzogmpveLpw2H5434N5sU8&#10;Q1s9wgfNf1vkJWpMkVza/bo4Ox9yqP0hbIIcAqPHE6Pi4AjHzdF8GM/jr5RwtMXxTUc4L3Eqbw7x&#10;8vu/jkUsaVOGwk6FNAaVY8/k2P8j56VkRgTOrW/+GUiVpXQ6pkSxGgW87rSCO8iRT45enr9uZTsq&#10;32VnOh3NWsm9S9BoPA8EnTplCd9ZtxY6EM32D9a1gs16xMoe8YPqIaDsveBlELyjBAUPlKDgt212&#10;w5w/56fnIWnOk/J7td6LjQ5WdzUlLO1slerSy896cjOjpJcB+rYeCHwalFQLQmrEl81J5auI48kk&#10;3COrZZXdV1L6KiwU2zsJZM/8LQ6f7wMjvHIzYN2K2bL1C6bOTaogZ5u00/FT2+rsiMNtcJwptX92&#10;DAQl8odC+fh3ogfQg20PwMk7HV6TQBDm3Bx+MTDEp0+pw8k+6l5FLOmH5ls/+fqTSn/bOZ1XfqKo&#10;6L6iboGKDihcfESvXpbLdfA6P6XLvwAAAP//AwBQSwMEFAAGAAgAAAAhAIaSY7raAAAAAwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdpGrRmE0pRT0VwVYQb9PsNAnNzobsNkn/&#10;vaMXvTwY3uO9b/Ll5Fo1UB8azwbSWQKKuPS24crAx+7l5gFUiMgWW89k4EwBlsXlRY6Z9SO/07CN&#10;lZISDhkaqGPsMq1DWZPDMPMdsXgH3zuMcvaVtj2OUu5aPU+ShXbYsCzU2NG6pvK4PTkDryOOq9v0&#10;edgcD+vz1+7+7XOTkjHXV9PqCVSkKf6F4Qdf0KEQpr0/sQ2qNSCPxF8Vb754TEHtJXQHusj1f/bi&#10;GwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALPpTopwAgAAkgUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIaSY7raAAAAAwEAAA8AAAAAAAAAAAAA&#10;AAAAygQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
+                <v:shape id="Graphic 42" o:spid="_x0000_s1027" style="position:absolute;top:44;width:17087;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1708785,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAKBCSfwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8ITeulkXu5StUaQg9mhVPD83z2Rx87Juoq7/3hQKHoeZ+YaZzgfXiiv1ofGsYJzlIIhr&#10;rxs2Cnbb5fsniBCRNbaeScGdAsxnry9TrLS/8S9dN9GIBOFQoQIbY1dJGWpLDkPmO+LkHX3vMCbZ&#10;G6l7vCW4a2WR56V02HBasNjRt6X6tLk4BU17PxxXB7e3Z/Nh/HpSXsrirNTbaFh8gYg0xGf4v/2j&#10;FUwK+PuSfoCcPQAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAKBCSfwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l1708396,e" filled="f" strokeweight=".24536mm">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55550CC5" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="008E6836" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="0F6666FF" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:ind w:left="8927"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+        <w:ind w:left="8538"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(қолы)</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AD7B723" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="668A073F" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="68" w:line="244" w:lineRule="auto"/>
-        <w:ind w:left="6735" w:right="918" w:firstLine="2"/>
+        <w:ind w:left="8538"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5844E815" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="6551" w:right="590"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6688528E" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6553" w:right="590"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>тағайындау,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>лауазымнан</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+        <w:t>назначения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>босату қағидаларына 12-қосымша</w:t>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>должности, освобождения от должностей</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00997DD4" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="16D40521" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:line="179" w:lineRule="exact"/>
-        <w:ind w:left="6481" w:right="665"/>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6829" w:right="823" w:hanging="42"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Нысан</w:t>
+        <w:t>государственных организаций образования Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B7CE5C4" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="5ED579E9" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="221"/>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21874914" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="3EB2BEF4" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="18"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A547247" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="144"/>
-        <w:outlineLvl w:val="1"/>
+        <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-7"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стажем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...50 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
-        </w:rPr>
-        <w:t>парағы</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E0B3E12" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="44B0ED40" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="8"/>
+        <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39019BB8" wp14:editId="0DBFB325">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="581C5E89" wp14:editId="53638DD4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>541019</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>166807</wp:posOffset>
+                  <wp:posOffset>164926</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6571615" cy="1270"/>
+                <wp:extent cx="6282055" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="43" name="Graphic 43"/>
+                <wp:docPr id="44" name="Graphic 44"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6571615" cy="1270"/>
+                          <a:ext cx="6282055" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="6571615">
+                            <a:path w="6282055">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="6571244" y="0"/>
+                                <a:pt x="6281593" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7C80C334" id="Graphic 43" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.6pt;margin-top:13.15pt;width:517.45pt;height:.1pt;z-index:-251637760;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6571615,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSK5H2FAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06CNmmNOMXQoMOA&#10;oivQDDsrshwbk0WNVOLk70fJcZJ1t2E+CJT4RD7yUV48HFor9gapAVfIyWgshXEaysZtC/l9/fTp&#10;TgoKypXKgjOFPBqSD8uPHxadz80UarClQcFBHOWdL2Qdgs+zjHRtWkUj8MaxswJsVeAtbrMSVcfR&#10;W5tNx+NZ1gGWHkEbIj5d9U65TPGryujwrarIBGELydxCWjGtm7hmy4XKt6h83egTDfUPLFrVOE56&#10;DrVSQYkdNn+FahuNQFCFkYY2g6pqtEk1cDWT8btq3mrlTaqFm0P+3Cb6f2H1y/7Nv2KkTv4Z9E/i&#10;jmSdp/zsiRs6YQ4VthHLxMUhdfF47qI5BKH5cHY7n8wmt1Jo9k2m89TkTOXDXb2j8MVAiqP2zxR6&#10;DcrBUvVg6YMbTGQlo4Y2aRikYA1RCtZw02voVYj3Irloiu5CJJ61sDdrSN7wjjlTu3itu0bFUqY3&#10;N1IMVTK2R7AR03CveiOlZvu6OOsii/n97C6NBoFtyqfG2siCcLt5tCj2Kg5m+mIdHOEPmEcKK0V1&#10;j0uuE8y6k069NFGkDZTHVxQdT3Mh6ddOoZHCfnU8LnH0BwMHYzMYGOwjpAeSGsQ514cfCr2I6QsZ&#10;WNkXGIZR5YNosfQzNt508HkXoGqiommGekanDU9wKvD02uITud4n1OWfsPwNAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDwVyQZ3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8uQWU&#10;DUHKxhg9eITdGL3N0hGIdMrSsov/3nLS45v38t43xW4xgzjT5HrLCuJNBIK4sbrnVsFh/3qXgXAe&#10;WeNgmRT8kINdeX1VYK7thSs6174VoYRdjgo678dcStd0ZNBt7EgcvC87GfRBTq3UE15CuRlkEkVb&#10;abDnsNDhSM8dNd/1bBS8fKT0tq8+R/OQDfMJ64pP74tStzfL0yMIT4v/C8OKH9ChDExHO7N2YlCQ&#10;pUlIKki29yBWP06iGMRxvaQgy0L+/6D8BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJIr&#10;kfYUAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APBXJBncAAAACQEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" path="m,l6571244,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="09EFDA5C" id="Graphic 44" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.6pt;margin-top:13pt;width:494.65pt;height:.1pt;z-index:-251637760;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6282055,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlk5OyFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04yJG2NOMXQoMOA&#10;oivQFDsrshwbk0WNVOLk70fJcZJ1t2E+CJT4RD7yUV7cH1or9gapAVfIyWgshXEaysZtC/m2fvx0&#10;KwUF5UplwZlCHg3J++XHD4vO52YKNdjSoOAgjvLOF7IOwedZRro2raIReOPYWQG2KvAWt1mJquPo&#10;rc2m4/E86wBLj6ANEZ+ueqdcpvhVZXT4XlVkgrCFZG4hrZjWTVyz5ULlW1S+bvSJhvoHFq1qHCc9&#10;h1qpoMQOm79CtY1GIKjCSEObQVU12qQauJrJ+F01r7XyJtXCzSF/bhP9v7D6ef/qXzBSJ/8E+idx&#10;R7LOU372xA2dMIcK24hl4uKQung8d9EcgtB8OJ/eTsezmRSafZPpTWpypvLhrt5R+GogxVH7Jwq9&#10;BuVgqXqw9MENJrKSUUObNAxSsIYoBWu46TX0KsR7kVw0RXchEs9a2Js1JG94x5ypXbzWXaO4lMns&#10;7rMUQ5WM7RFsxDTcq95Iqdm+Ls66yOLmbn6bRoPANuVjY21kQbjdPFgUexUHM32xDo7wB8wjhZWi&#10;uscl1wlm3UmnXpoo0gbK4wuKjqe5kPRrp9BIYb85Hpc4+oOBg7EZDAz2AdIDSQ3inOvDD4VexPSF&#10;DKzsMwzDqPJBtFj6GRtvOviyC1A1UdE0Qz2j04YnOBV4em3xiVzvE+ryT1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAEqSccNwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/EMAyE70j8h8hI3NiE&#10;wj4oTVcrJOCIWBBwTBvTVjRO1aQP+PW4Jzh6ZjT+JtvPrhUj9qHxpOFypUAgld42VGl4fbm/2IEI&#10;0ZA1rSfU8I0B9vnpSWZS6yd6xvEYK8ElFFKjoY6xS6UMZY3OhJXvkNj79L0zkc++krY3E5e7ViZK&#10;baQzDfGH2nR4V2P5dRychp/to7VxOEzh4enm7WosPtQ7eq3Pz+bDLYiIc/wLw4LP6JAzU+EHskG0&#10;GnbrhJMakg1PWny1vV6DKBYlAZln8v+C/BcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDl&#10;k5OyFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQASpJxw3AAAAAkBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6281593,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70592AC4" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="528A99D3" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="41"/>
-        <w:ind w:right="250"/>
+        <w:spacing w:before="36"/>
+        <w:ind w:right="247"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>(Т.Ә.А.</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-3"/>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>(бар</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-3"/>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>болса))</w:t>
+        <w:t>наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27CA8ADB" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="2A3C0ADF" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="39" w:after="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C79D0F8" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="34"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3687"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="4254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="0C33A60F" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="2D467425" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="410"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="203DAB88" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="4852B0A1" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="167"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78EA4E2E" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...2 lines deleted...]
-              <w:ind w:left="410"/>
+          <w:p w14:paraId="274EF7F7" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="695"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FC62961" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...2 lines deleted...]
-              <w:ind w:left="1187"/>
+          <w:p w14:paraId="1B8B92A7" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="410"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...19 lines deleted...]
-              <w:t>құжат</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="002E5305" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...2 lines deleted...]
-              <w:ind w:left="284"/>
+          <w:p w14:paraId="5485D4ED" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="1341"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-7"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-8"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:spacing w:val="11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-6"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-7"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-              <w:t>дейін)</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>30)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="63FEA2D3" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="7C18FAA5" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="779"/>
+          <w:trHeight w:val="844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34764C9E" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="02E28670" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39660FF9" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="474C25BE" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>деңгейі</w:t>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B7F9219" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="4F50C690" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...4 lines deleted...]
-              <w:t>дипломға қосымшаның көшірмелері</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08148195" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...55 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="68DE594D" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="268" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техническое и профессиональное – 1 балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Высшее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-21"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жоғары </w:t>
-[...4 lines deleted...]
-                <w:w w:val="160"/>
+              <w:t>2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3514DAC1" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>отличием</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...33 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="7"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл</w:t>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="4C4BE28E" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="701A47DE" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="1123"/>
+          <w:trHeight w:val="1243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AB95FFB" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="655498A8" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74A3E62A" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...43 lines deleted...]
-              <w:t>ғылыми дәрежесі/ дәрежесі</w:t>
+          <w:p w14:paraId="797143AA" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ученое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>звание/ученая степень/степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC1CC1F" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="093DBA69" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Копии диплома об образовании и приложения к диплому/аттестат о </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>қосымшаның</w:t>
-[...107 lines deleted...]
-              <w:t>аттестат</w:t>
+              <w:t>присвоении ученого звания/ученой степени/степени</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BC0ACA1" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...40 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="2025061E" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="32"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...72 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47687AAD" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>наук,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>PhD,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>профилю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="26"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...2 lines deleted...]
-                <w:spacing w:val="-29"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-27"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...39 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E370728" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагогическому</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>направлению</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...28 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="67B41DB8" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="7D546699" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="2433"/>
+          <w:trHeight w:val="2687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="163F4146" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="3B4414A6" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13B7CC2F" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="3DD8E7AA" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Біліктілік</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve">Квалификационная </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>санаты</w:t>
+              <w:t>категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D20F1EE" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...30 lines deleted...]
-              <w:t>құжат</w:t>
+          <w:p w14:paraId="453C49E9" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Удостоверение,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43EDFC8B" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="34EC51BA" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...32 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69081D7E" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="266" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="1136"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Педагог-сарапшы</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="145"/>
+                <w:w w:val="140"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-19"/>
+                <w:w w:val="140"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла педагог-эксперт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="155"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-25"/>
+                <w:w w:val="155"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">балл </w:t>
-[...10 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Педагог-шебер</w:t>
-[...4 lines deleted...]
-                <w:spacing w:val="-14"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve">баллов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-исследователь – 7 баллов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог-мастер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...2 lines deleted...]
-                <w:spacing w:val="-29"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-28"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...2 lines deleted...]
-                <w:spacing w:val="-14"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...74 lines deleted...]
-                <w:w w:val="160"/>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77604B34" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>третьей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44320154" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...11 lines deleted...]
-                <w:w w:val="110"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов, заместитель руководителя второй</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D69BBAC" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="198" w:lineRule="exact"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-1"/>
-                <w:w w:val="110"/>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Басшының</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve"> баллов,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C518C40" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>екінші</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>біліктілік</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">санатты </w:t>
-[...12 lines deleted...]
-                <w:w w:val="160"/>
+              <w:t>первой</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F7E5A21" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-1"/>
-                <w:w w:val="110"/>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Басшының бірінші</w:t>
-[...94 lines deleted...]
-              <w:t>балл</w:t>
+              <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="1800300D" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="5EBF89B3" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="3088"/>
+          <w:trHeight w:val="2851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03E513CF" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="29F0E7C8" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06359843" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="19F8A239" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="143"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>және</w:t>
-[...40 lines deleted...]
-              <w:t>жұмыс тәжірибесі</w:t>
+              <w:t>Опыт</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="727431E1" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>административной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA9B188" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="6EAA8863" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="858"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Еңбек</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>Трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>кітапшасы/</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заменяющий трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...22 lines deleted...]
-              <w:t>алмастыратын басқа да құжат</w:t>
+              <w:t>деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B0C7DE8" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="1F3F1D5A" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Методист,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>двух</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...39 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5355C203" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="17" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Методист,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">четырех </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>кемінде</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C00CF66" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Заместитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">менее двух лет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-14"/>
-                <w:w w:val="110"/>
-[...40 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балла;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66213B84" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Заместитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">должности </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">более двух лет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...2 lines deleted...]
-                <w:spacing w:val="-29"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...71 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23F53163" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>двух</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1074752A" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="7"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...55 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>четырех</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>–</w:t>
-[...164 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...435 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="6E01ABCE" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="3DE8DC64" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="969"/>
+          <w:trHeight w:val="984"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A402DE0" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="75126FC4" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B2CCB54" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="5F56A6F1" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="119"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>лауазымы</w:t>
-[...22 lines deleted...]
-              <w:t>ұсыным хат</w:t>
+              <w:t xml:space="preserve">Рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>предыдущего места работы (по должности педагога)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3081575E" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="1A4F4564" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (по должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагога</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...19 lines deleted...]
-              <w:t>бойынша соңғы жұмыс орнынан)</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>предыдущего места работы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D0182BE" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...70 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="6E25DEFF" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...28 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-17"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="35F3AD66" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="69C6134B" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="2651"/>
+          <w:trHeight w:val="2812"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5128F68B" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="295BB6A1" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="124"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B872450" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...60 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="3E7A1136" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>жетістіктерінің</w:t>
-[...17 lines deleted...]
-              <w:t>көрсеткіштері</w:t>
+              <w:t xml:space="preserve">Показатели профессиональных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>достижений (за последние 3 года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71271768" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...226 lines deleted...]
-          <w:p w14:paraId="7D027471" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
+          <w:p w14:paraId="6BF30C79" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="253"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
-[...249 lines deleted...]
-          <w:p w14:paraId="623A0829" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="327" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66325F36" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="253"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:line="244" w:lineRule="auto"/>
-[...161 lines deleted...]
-          <w:p w14:paraId="37714FF6" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="327" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="357B9221" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="252"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:line="244" w:lineRule="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:spacing w:before="20"/>
+              <w:ind w:left="205" w:hanging="114"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>«Үздік</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>педагог»</w:t>
-[...50 lines deleted...]
-          <w:p w14:paraId="11156FC1" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
+              <w:t>награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60A1CAF6" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="13"/>
+                <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="252"/>
+                <w:tab w:val="left" w:pos="244"/>
               </w:tabs>
-              <w:spacing w:line="213" w:lineRule="exact"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="313" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>призеры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>городских/районных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39F42A71" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="17" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>областных -1 балл, республиканских</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>международных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="120"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="120"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="670CFA2E" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="244"/>
+              </w:tabs>
+              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="272" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>проектов:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>«Үздік педагог»</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>городской/районный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>областной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77E69B56" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>республиканский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– 2 балла, международный – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64E23045" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="244"/>
+              </w:tabs>
+              <w:spacing w:before="15" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="404" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5462B4FC" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="244"/>
+              </w:tabs>
+              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="565" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...32 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>балл;</w:t>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="57136197" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="546149AA" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="904"/>
+          <w:trHeight w:val="784"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="604FE5B7" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="6EDF05BA" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="742C7824" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="7CEB9678" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>қызметі</w:t>
+              <w:t xml:space="preserve">Общественно- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогическая </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6909F509" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...32 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="74F87AFE" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="661"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документ, подтверждающий </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>растайтын</w:t>
-[...31 lines deleted...]
-              <w:t>жұмыс)</w:t>
+              <w:t>общественно-педагогическую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E0A5321" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="7B9356C9" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Наставник</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл;</w:t>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E75483E" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Руководитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>методического</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>объединения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл;</w:t>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D93D418" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="3353E21D" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
         <w:spacing w:line="244" w:lineRule="auto"/>
         <w:ind w:left="32"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:sectPr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidSect="009571B4">
+        <w:sectPr w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidSect="00F460A1">
+          <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="920" w:right="283" w:bottom="709" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="580" w:right="283" w:bottom="713" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="10493" w:type="dxa"/>
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3687"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="4254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="60AE4908" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="34B36249" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="9644"/>
+          <w:trHeight w:val="11473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B3C6852" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="341646D5" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:right="145"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="677AF631" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="55A81A1E" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Курсқа</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>дайындық</w:t>
+              <w:t>подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73439EEC" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...49 lines deleted...]
-          <w:p w14:paraId="0434BDDF" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
+          <w:p w14:paraId="2CFEC857" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="199"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="3"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="890" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>цифрлық</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>сауаттылық сертификаты,</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7664CA7B" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
+              <w:t>предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45588A78" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="4"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="910" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">цифровую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>ҚАЗТЕСТ</w:t>
-[...34 lines deleted...]
-          <w:p w14:paraId="13B8D2E9" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
+              <w:t>грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70C507C4" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="3"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="522" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>QAZAQ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>RESMI- TEST;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>IELTS;</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...46 lines deleted...]
-          <w:p w14:paraId="348002CC" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51C7D2CD" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="4"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="634" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по программам «Основы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79EEF230" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>программирования в Python»,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ECE14F8" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microsoft» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23075FE9" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CF7441C" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64FCD789" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52E59C3A" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CELT-P (Certificate in English Language Teaching </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Primary) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">English </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to Speakers of Other Languages) CELT-S (Certificate in English Language Teaching </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-18"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DA747C5" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«TKT Teaching Knowledge Test» Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25791D38" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3262C037" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«TESOL» Certificate in teaching English for young learners International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1174D3C7" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="797"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>IHCYLT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49ED2BF2" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="67"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Becoming</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Better</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teacher:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exploring Professional Development Assessment for Learning: Formative Assessment in Science and Maths </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ABBB4AA" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="661"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Online</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educators: Development and Delivery Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E0E97C0" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Key</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ideas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mentoring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematics </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>тілінде</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10E09138" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="122FDD8D" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="858"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">бағдарламалау негіздері» бағдарламалары </w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="20ACF14B" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
+              <w:t>Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51531348" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Special</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B179FAC" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
             <w:pPr>
               <w:spacing w:line="244" w:lineRule="auto"/>
-              <w:ind w:left="32" w:right="985"/>
-[...128 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Developing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>expertise</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...1231 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">teaching </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D6B4385" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...76 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="5455869D" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>повышения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по программам, согласованным с уполномоченным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>органом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-          <w:p w14:paraId="670A06A7" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>области</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="701A1C0F" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
             <w:pPr>
               <w:spacing w:line="244" w:lineRule="auto"/>
-              <w:ind w:left="32" w:right="451"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>образования, реализуемым организациями повышения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(каждый </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>арттыру</w:t>
-[...117 lines deleted...]
-              <w:t>жеке)</w:t>
+              <w:t>отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="0B2CB6A2" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="58B7784C" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="467"/>
+          <w:trHeight w:val="309"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:tcW w:w="2770" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1934A514" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...1 lines deleted...]
-              <w:spacing w:before="13"/>
+          <w:p w14:paraId="60CE67A7" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="42"/>
+              <w:ind w:right="292"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Барлығы:</w:t>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7657" w:type="dxa"/>
+            <w:tcW w:w="7656" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="13ADBCB2" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
+          <w:p w14:paraId="696B6967" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4D6720A5" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="118EDA52" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="18"/>
+        <w:spacing w:before="164"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="085C31D6" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="305A460B" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
+        <w:spacing w:before="1" w:line="207" w:lineRule="exact"/>
         <w:ind w:left="144"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>ЕСКЕРТПЕ:</w:t>
+        <w:t>ПРИМЕЧАНИЕ:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53F094B1" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="123DEE10" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="5"/>
+        <w:spacing w:line="207" w:lineRule="exact"/>
         <w:ind w:left="144"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
-          <w:spacing w:val="-11"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
-          <w:spacing w:val="-8"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...104 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="19"/>
-[...1 lines deleted...]
-        <w:t>жылдағы</w:t>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>пункте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>учитывается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>призеры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>последние</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(три)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>каждому</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>уровню</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F851BBF" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="6CE29C06" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="283"/>
+          <w:tab w:val="left" w:pos="270"/>
         </w:tabs>
-        <w:spacing w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="394" w:firstLine="0"/>
+        <w:spacing w:before="7" w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="391" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(городской/районный) олимпиад и конкурсов – 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов – 1 балла, республиканских</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="40"/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...4 lines deleted...]
-        <w:t>– 2 балл, халықаралық – 3 балл;</w:t>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>– 2 балла, международных – 3 балла;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4086593C" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="4C888592" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="283"/>
+          <w:tab w:val="left" w:pos="268"/>
         </w:tabs>
-        <w:spacing w:line="244" w:lineRule="auto"/>
-        <w:ind w:right="394" w:firstLine="0"/>
+        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="392" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">научных проектов: городской/районный – 1 балл, областной – 1 балл, республиканский – 2 балла, международный – 3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балла</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-14"/>
-          <w:w w:val="105"/>
-          <w:sz w:val="19"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...215 lines deleted...]
-        <w:t>тиісінше 3 балл;</w:t>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>соответственно;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D1A2D62" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="2C790164" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="258"/>
+          <w:tab w:val="left" w:pos="253"/>
         </w:tabs>
-        <w:spacing w:line="212" w:lineRule="exact"/>
-        <w:ind w:left="258" w:hanging="114"/>
+        <w:spacing w:before="2" w:line="201" w:lineRule="exact"/>
+        <w:ind w:left="253" w:hanging="109"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
-[...10 lines deleted...]
-          <w:sz w:val="19"/>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>призеры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...10 lines deleted...]
-          <w:sz w:val="19"/>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>республиканских</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...10 lines deleted...]
-          <w:sz w:val="19"/>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>олимпиад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...10 lines deleted...]
-          <w:sz w:val="19"/>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...10 lines deleted...]
-          <w:sz w:val="19"/>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>конкурсов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="42"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...2 lines deleted...]
-          <w:sz w:val="19"/>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...3 lines deleted...]
-          <w:sz w:val="19"/>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...2 lines deleted...]
-          <w:sz w:val="19"/>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...3 lines deleted...]
-          <w:sz w:val="19"/>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...5 lines deleted...]
-        <w:t>балл.</w:t>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балла</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="704BF997" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="39371A84" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:line="244" w:lineRule="auto"/>
-        <w:ind w:left="144" w:right="393"/>
+        <w:ind w:left="144" w:right="391"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
           <w:w w:val="105"/>
-          <w:sz w:val="19"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">** В 8 пункте учитываются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:w w:val="105"/>
-          <w:sz w:val="19"/>
-[...12 lines deleted...]
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сертификаты организаций курсов повышения квалификации, согласованные с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>уполномоченным</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>органом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>реализуемым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организациями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>повышения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">квалификации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">последние </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(три)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-26"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>0,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="19"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>каждый</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="19"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...10 lines deleted...]
-          <w:sz w:val="19"/>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>отдельно).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="120114D8" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1"/>
+    <w:p w14:paraId="4E89629B" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1"/>
+    <w:p w14:paraId="0798C0BC" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1"/>
+    <w:p w14:paraId="0A269968" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1" w:rsidP="00F460A1"/>
+    <w:p w14:paraId="05D7EB99" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1" w:rsidP="00F460A1"/>
+    <w:p w14:paraId="477604A1" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1"/>
+    <w:p w14:paraId="159C693C" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="84"/>
+        <w:ind w:left="6481" w:right="664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C7DE6FC" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="6481" w:right="662"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>назначения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>должности, освобождения от должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75131042" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
+      <w:pPr>
+        <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6757" w:right="895" w:hanging="47"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="19"/>
-[...122 lines deleted...]
-        <w:t>жеке).</w:t>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>государственных организаций образования Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DB312C3" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="7763B573" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="66"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49E394E3" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="4734F82F" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="66"/>
+        <w:spacing w:before="168"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AD39E55" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="56220335" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...153 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+        <w:ind w:left="405"/>
+        <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>без</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стажа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...50 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
-        </w:rPr>
-        <w:t>парағы</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61076B42" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="71E1E3D0" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="11"/>
+        <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251679744" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E4848FE" wp14:editId="0624F4BF">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251679744" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D44D29C" wp14:editId="44508749">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>690372</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>168663</wp:posOffset>
+                  <wp:posOffset>164974</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6290310" cy="1270"/>
+                <wp:extent cx="6282055" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="45" name="Graphic 45"/>
+                <wp:docPr id="46" name="Graphic 46"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6290310" cy="1270"/>
+                          <a:ext cx="6282055" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="6290310">
+                            <a:path w="6282055">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="6289773" y="0"/>
+                                <a:pt x="6281593" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="32EFA580" id="Graphic 45" o:spid="_x0000_s1026" style="position:absolute;margin-left:54.35pt;margin-top:13.3pt;width:495.3pt;height:.1pt;z-index:-251636736;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6290310,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDm3BAyFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRQ4CbiKcpoO3TTp&#10;dDvpmPYc0pRWS+PMDhT+/ZyUAru9TetD5MRf7M/+nC4fjq0VB4PUgCvkZDSWwjgNZeN2hfy+efq0&#10;kIKCcqWy4EwhT4bkw+rjh2XnczOFGmxpUHAQR3nnC1mH4PMsI12bVtEIvHHsrABbFXiLu6xE1XH0&#10;1mbT8XiWdYClR9CGiE/XvVOuUvyqMjp8qyoyQdhCMreQVkzrNq7ZaqnyHSpfN/pMQ/0Di1Y1jpNe&#10;Qq1VUGKPzV+h2kYjEFRhpKHNoKoabVINXM1k/K6at1p5k2rh5pC/tIn+X1j9cnjzrxipk38G/ZO4&#10;I1nnKb944obOmGOFbcQycXFMXTxdumiOQWg+nE3vx3cTbrZm32Q6T03OVD7c1XsKXwykOOrwTKHX&#10;oBwsVQ+WPrrBRFYyamiThkEK1hClYA23vYZehXgvkoum6K5E4lkLB7OB5A3vmDO1q9e6W9Rsurif&#10;z++kGKpkbI9gI6bhXvVGSs32bXHWRRbz+9kijQaBbcqnxtrIgnC3fbQoDioOZvpiHRzhD5hHCmtF&#10;dY9LrjPMurNOvTRRpC2Up1cUHU9zIenXXqGRwn51PC5x9AcDB2M7GBjsI6QHkhrEOTfHHwq9iOkL&#10;GVjZFxiGUeWDaLH0CzbedPB5H6BqoqJphnpG5w1PcCrw/NriE7ndJ9T1n7D6DQAA//8DAFBLAwQU&#10;AAYACAAAACEAGE5Ucd4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG70j8h8hI3FjC&#10;kLquNJ3Q+JC4sTEJjllj2mqNUzVZW/j1uCc4vvaj14/zzeRaMWAfGk8abhcKBFLpbUOVhsP7800K&#10;IkRD1rSeUMM3BtgUlxe5yawfaYfDPlaCSyhkRkMdY5dJGcoanQkL3yHx7sv3zkSOfSVtb0Yud61c&#10;KpVIZxriC7XpcFtjedqfnYan1/FnZd/wcyt35VA9vhw+rD1pfX01PdyDiDjFPxhmfVaHgp2O/kw2&#10;iJazSleMalgmCYgZUOv1HYjjPElBFrn8/0LxCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AObcEDIVAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhABhOVHHeAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6289773,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="24593959" id="Graphic 46" o:spid="_x0000_s1026" style="position:absolute;margin-left:54.35pt;margin-top:13pt;width:494.65pt;height:.1pt;z-index:-251636736;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6282055,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlk5OyFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04yJG2NOMXQoMOA&#10;oivQFDsrshwbk0WNVOLk70fJcZJ1t2E+CJT4RD7yUV7cH1or9gapAVfIyWgshXEaysZtC/m2fvx0&#10;KwUF5UplwZlCHg3J++XHD4vO52YKNdjSoOAgjvLOF7IOwedZRro2raIReOPYWQG2KvAWt1mJquPo&#10;rc2m4/E86wBLj6ANEZ+ueqdcpvhVZXT4XlVkgrCFZG4hrZjWTVyz5ULlW1S+bvSJhvoHFq1qHCc9&#10;h1qpoMQOm79CtY1GIKjCSEObQVU12qQauJrJ+F01r7XyJtXCzSF/bhP9v7D6ef/qXzBSJ/8E+idx&#10;R7LOU372xA2dMIcK24hl4uKQung8d9EcgtB8OJ/eTsezmRSafZPpTWpypvLhrt5R+GogxVH7Jwq9&#10;BuVgqXqw9MENJrKSUUObNAxSsIYoBWu46TX0KsR7kVw0RXchEs9a2Js1JG94x5ypXbzWXaO4lMns&#10;7rMUQ5WM7RFsxDTcq95Iqdm+Ls66yOLmbn6bRoPANuVjY21kQbjdPFgUexUHM32xDo7wB8wjhZWi&#10;uscl1wlm3UmnXpoo0gbK4wuKjqe5kPRrp9BIYb85Hpc4+oOBg7EZDAz2AdIDSQ3inOvDD4VexPSF&#10;DKzsMwzDqPJBtFj6GRtvOviyC1A1UdE0Qz2j04YnOBV4em3xiVzvE+ryT1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAHw65JtwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7EMAyE70i8Q2QkbmxC&#10;kXa7pelqhQQcEQsCjmlj2orGqZr0B54e9wQ3jz0af5MfFteJCYfQetJwvVEgkCpvW6o1vL7cX6Ug&#10;QjRkTecJNXxjgENxfpabzPqZnnE6xVpwCIXMaGhi7DMpQ9WgM2HjeyS+ffrBmchyqKUdzMzhrpOJ&#10;UlvpTEv8oTE93jVYfZ1Gp+Fn92htHI9zeHjav91M5Yd6R6/15cVyvAURcYl/ZljxGR0KZir9SDaI&#10;jrVKd2zVkGy502pQ+5Snct0kIItc/q9Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDl&#10;k5OyFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAfDrkm3AAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6281593,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74AABB89" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="01EDA16C" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="40"/>
-        <w:ind w:right="247"/>
+        <w:spacing w:before="39"/>
+        <w:ind w:right="249"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>болса))</w:t>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54E95A93" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="14564D48" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="72"/>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:spacing w:before="2" w:after="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="10"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="3688"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="53B6E7FB" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="45901BC3" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="412"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17449125" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="4DDF7A9B" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:right="174"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C8106D1" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...2 lines deleted...]
-              <w:ind w:left="1086"/>
+          <w:p w14:paraId="116F66AD" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Өлшемшарттар</w:t>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CEF599E" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...2 lines deleted...]
-              <w:ind w:left="520"/>
+          <w:p w14:paraId="79C2B091" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="129"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Растайтын</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-10"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:spacing w:val="24"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-4"/>
-[...2 lines deleted...]
-              <w:t>құжат</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="454DC622" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...2 lines deleted...]
-              <w:ind w:left="509"/>
+          <w:p w14:paraId="3CFCB3F2" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="1058"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Балл</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> дейін)</w:t>
+              <w:t>20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="74B9CD3E" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="2441B178" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="856"/>
+          <w:trHeight w:val="1122"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AEE7C06" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="4485E14E" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:ind w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A18C4FA" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="5F214287" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>деңгейі</w:t>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="434979A5" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="1A02230A" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="45" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="93" w:right="293"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>приложения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>және</w:t>
-[...31 lines deleted...]
-              <w:t>қосымшаның көшірмелері</w:t>
+              <w:t>диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74CC8C13" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...90 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="5F0702FC" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="45" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техническое и профессиональное – 1 балл Техническое и профессиональное с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жоғары </w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve">отличием </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-21"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...47 lines deleted...]
-              <w:t>балл</w:t>
+              <w:t>2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B0A5AE9" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="474E5C8F" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>отличием</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="6C449440" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="2F0972BB" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="1065"/>
+          <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1703B02C" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="07420211" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="038A4A26" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...60 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="0A5605DE" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>дәрежесі</w:t>
+              <w:t>Ученое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>звание/ученая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>степень/степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B4B5630" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="212BD843" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="93" w:right="293"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>приложения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>к диплому/аттестат о присвоении ученого</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A14482D" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="201" w:lineRule="exact"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>көшірмелері/</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>звания/ученой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>ғылыми</w:t>
-[...86 lines deleted...]
-              <w:t>аттестат</w:t>
+              <w:t>степени/степени</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7703FCB8" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...63 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="6721A4E9" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10C07230" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="6" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>наук,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PhD,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...103 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по профилю - 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41E9525C" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="63"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>педагогическому</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">направлению </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="1CB81E05" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="65B2707D" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="738"/>
+          <w:trHeight w:val="712"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF856D0" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="18834B93" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B27194A" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...38 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="7FF6FF7E" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="1024"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>нәтижелері</w:t>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="060220C6" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="41B494B6" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AB00D32" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="47B9E169" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>50%</w:t>
-[...13 lines deleted...]
-                <w:w w:val="160"/>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="155"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-26"/>
+                <w:w w:val="155"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41094413" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>60-80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...2 lines deleted...]
-                <w:spacing w:val="-4"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...33 lines deleted...]
-              </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...2 lines deleted...]
-                <w:spacing w:val="-4"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B8558F5" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="5"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>80-100%</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="14"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...20 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="53FA6A8C" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="02E9871F" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="693"/>
+          <w:trHeight w:val="782"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E64565E" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="0992622D" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A5248F6" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="4FCD0800" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="1024"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогической/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Педагогикалық/</w:t>
-[...31 lines deleted...]
-              <w:t>практика нәтижелері</w:t>
+              <w:t>профессиональной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>практики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51C5E606" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="07B8D5EC" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">об </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
+              <w:t>образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30165A29" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="58F3841E" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>«3»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11205462" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«4»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-14"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-24"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...2 lines deleted...]
-                <w:spacing w:val="-4"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2051F325" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>«5»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-14"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-24"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...76 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="236C78D2" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="03778E73" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="419"/>
+          <w:trHeight w:val="527"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48D64D8F" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="53F157F9" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="606A327A" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...59 lines deleted...]
-              <w:t>хат</w:t>
+          <w:p w14:paraId="6CC8CFA3" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="486"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">места </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="651F4FC1" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...30 lines deleted...]
-              <w:t>хат</w:t>
+          <w:p w14:paraId="6ED28B6F" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D438C5B" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...104 lines deleted...]
-              <w:t>балл</w:t>
+          <w:p w14:paraId="1E3C1ED5" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>письма – 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="0D163752" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="738E3BC6" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="282"/>
+          <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1363CA36" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="1CA086AE" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:right="224"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76513CC0" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="555B7DD4" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Участие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>волонтерской</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Волонтерлік</w:t>
-[...31 lines deleted...]
-              <w:t>қатысу</w:t>
+              <w:t>работе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2594885D" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="31F705D5" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Қатысу</w:t>
-[...15 lines deleted...]
-              <w:t>құжаты</w:t>
+              <w:t>участия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E401FF1" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="6CA791B8" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="6C2D0F9A" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="7D3C1B7E" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="1156"/>
+          <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2855054E" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="3298058E" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:right="224"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60B943DF" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="0D19DE59" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ведение странички интернета, социальных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...46 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>сетей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>публикацией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>о педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3473B3EE" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="486"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>әлеуметтік</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>(публикации авторских</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>желіде</w:t>
-[...46 lines deleted...]
-              <w:t>семинарлар)</w:t>
+              <w:t xml:space="preserve">научных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>проектов, уроки, семинары))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FB5B837" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="55CA82C2" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Сілтемелер</w:t>
+              <w:t>Ссылки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4968BC6B" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...10 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="55072963" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...39 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="125"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="521135AD" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...10 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="0ECB9DCC" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...24 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...39 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="125"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-15"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...27 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="347164FD" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="5"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...39 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="140"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-18"/>
+                <w:w w:val="140"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...13 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="3902FD20" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="77E80326" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="563"/>
+          <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17BC782A" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="05F7ABF6" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:right="224"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="345AA86B" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="098CA129" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Участие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Жазғы</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>летних</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>лагерьлердің</w:t>
-[...31 lines deleted...]
-              <w:t>қатысу</w:t>
+              <w:t>лагерей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14FBDD73" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="730F5C7C" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Қатысу</w:t>
-[...15 lines deleted...]
-              <w:t>құжаты</w:t>
+              <w:t>участия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D6B50AF" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="2F5C02E6" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="798E0EAB" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="0F41EDCE" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="671"/>
+          <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42B58D44" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="1ACDC197" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:right="198"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49F93EF9" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="62889033" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Участие в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсах</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по месту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>орындары</w:t>
-[...87 lines deleted...]
-              <w:t>т.б.)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>учебы (научных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>проектов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>творческих</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>др.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4655F8AE" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="2C10E645" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Қатысу</w:t>
-[...15 lines deleted...]
-              <w:t>құжаты</w:t>
+              <w:t>участия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B3208F2" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...53 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="1F5EB491" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>За</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>каждое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>участие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...44 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>но</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>аспайды</w:t>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="24ABED8B" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="2BEE401D" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="4576"/>
+          <w:trHeight w:val="4437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59D59F8B" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="6F4CA41E" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:right="168"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73568736" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...113 lines deleted...]
-              <w:ind w:left="33"/>
+          <w:p w14:paraId="6A40FA26" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="71"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>сертификаттары,</w:t>
-[...41 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve"> сертификатов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59C96955" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="8"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>QAZAQ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>RESMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEST;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EDAC071" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Goe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat, обучение по программам «Основы программирования в Python»,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49156B5E" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="2" w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«Обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>негіздері»,</w:t>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55C4D774" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="71"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD40D4">
-[...51 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>бағдарламалары</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-15"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...30 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B8A62F7" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>TEFL</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Cambridge</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>«CELTA</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Certificate</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">in Teaching English to Speakers of Other </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Languages)»</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05F4D57D" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="0703982B" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>CELT-P</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Certificate</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Language </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Teaching </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Primary)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CAEC6D2" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="2FF1559B" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DELTA</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Diploma</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>to Speakers of Other Languages)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="780E38C8" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="586DE6AF" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>CELT-S</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Certificate</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Language </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-26"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Secondary)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54A55055" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="0B37BD71" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="2" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="71" w:right="486"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TKT «Teaching Knowledge Test Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>EMI</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Skills</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(English</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>as</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a Medium of Instruction)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="746B40CF" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...145 lines deleted...]
-              <w:t>«TESOL»</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other Languages (TESOL)»TESOL»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39EDF2CD" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="51A23E35" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78886C34" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="58395E94" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>плюс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(за</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>каждый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>бөлек)</w:t>
+              <w:t>отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009571B4" w:rsidRPr="00FD40D4" w14:paraId="63C21DDB" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="00F460A1" w:rsidRPr="0020727E" w14:paraId="4ED799B6" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="285"/>
+          <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4112" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="72C4C1A3" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
-[...2 lines deleted...]
-              <w:ind w:left="33"/>
+          <w:p w14:paraId="6E1E6509" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="926"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Барлығы:</w:t>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:tcW w:w="6523" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="014589BF" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="00FD40D4" w:rsidRDefault="009571B4" w:rsidP="00A1240C">
+          <w:p w14:paraId="1F16F592" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00A1240C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2900409D" w14:textId="77777777" w:rsidR="009571B4" w:rsidRPr="008E6836" w:rsidRDefault="009571B4" w:rsidP="009571B4">
+    <w:p w14:paraId="4030B362" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRPr="0020727E" w:rsidRDefault="00F460A1" w:rsidP="00F460A1">
       <w:pPr>
-        <w:spacing w:before="84"/>
-        <w:ind w:right="664"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F78AF7C" w14:textId="77777777" w:rsidR="00B54697" w:rsidRDefault="00B54697" w:rsidP="009049B5">
-[...5 lines deleted...]
-    <w:sectPr w:rsidR="00B54697" w:rsidSect="009049B5">
+    <w:p w14:paraId="275E8F65" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1" w:rsidP="00F460A1"/>
+    <w:p w14:paraId="53E890E9" w14:textId="77777777" w:rsidR="00F460A1" w:rsidRDefault="00F460A1"/>
+    <w:sectPr w:rsidR="00F460A1">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="960" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="760" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Microsoft Sans Serif">
     <w:altName w:val="Microsoft Sans Serif"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
@@ -19450,165 +18438,163 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="033A774E"/>
+    <w:nsid w:val="005A1F4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="66D0A8C8"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+    <w:tmpl w:val="4C583BA6"/>
+    <w:lvl w:ilvl="0" w:tplc="D81653A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="32" w:hanging="222"/>
-        <w:jc w:val="left"/>
+        <w:ind w:left="91" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="ECA29C7A">
+    <w:lvl w:ilvl="1" w:tplc="8B40C18A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="403" w:hanging="222"/>
+        <w:ind w:left="429" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="769CAA14">
+    <w:lvl w:ilvl="2" w:tplc="6D585576">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="767" w:hanging="222"/>
+        <w:ind w:left="758" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57D4B11A">
+    <w:lvl w:ilvl="3" w:tplc="E0862450">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1131" w:hanging="222"/>
+        <w:ind w:left="1087" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="E67A7176">
+    <w:lvl w:ilvl="4" w:tplc="91A4AEA0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1494" w:hanging="222"/>
+        <w:ind w:left="1416" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5380D808">
+    <w:lvl w:ilvl="5" w:tplc="AE6862AA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1858" w:hanging="222"/>
+        <w:ind w:left="1746" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="594AF7E4">
+    <w:lvl w:ilvl="6" w:tplc="A710814E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2222" w:hanging="222"/>
+        <w:ind w:left="2075" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="6928AC90">
+    <w:lvl w:ilvl="7" w:tplc="1D988F94">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2585" w:hanging="222"/>
+        <w:ind w:left="2404" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9F4A69FC">
+    <w:lvl w:ilvl="8" w:tplc="B0822134">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2949" w:hanging="222"/>
+        <w:ind w:left="2733" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13CF2AB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1CBA5C4E"/>
     <w:lvl w:ilvl="0" w:tplc="920E8A2E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="424" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
@@ -19934,50 +18920,173 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5159" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C948584C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5799" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1828770E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="70FE2394"/>
+    <w:lvl w:ilvl="0" w:tplc="569E7A78">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="23" w:hanging="222"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E948ED96">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="442" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4F5CCC8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E9227E3E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B7560904">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1709" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2BDC15DE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2132" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="35149BC8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2554" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BE86D634">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2976" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3A867C4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3399" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B553DBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A49C890A"/>
     <w:lvl w:ilvl="0" w:tplc="BDA4EF32">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="144" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1818B246">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1217" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
@@ -20048,51 +19157,51 @@
     <w:lvl w:ilvl="7" w:tplc="7D0817BE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7682" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1BDC3500">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8760" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="231B7DA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76529BD6"/>
     <w:lvl w:ilvl="0" w:tplc="E594022C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="140" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="974A5798">
       <w:numFmt w:val="bullet"/>
@@ -20162,171 +19271,50 @@
         <w:ind w:left="4303" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="5338F434">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4997" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="31F4CF36">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5691" w:hanging="425"/>
-      </w:pPr>
-[...119 lines deleted...]
-        <w:ind w:left="3176" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34513436"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6FA0BB10"/>
     <w:lvl w:ilvl="0" w:tplc="DA6C0B3C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="140" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
@@ -20412,50 +19400,171 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4997" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="53D22B70">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5691" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="397F7F10"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9AFE690A"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFCED32">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="91" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="372606EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="429" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="192AE7AA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="758" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0CA4553E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1087" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9CE6A03A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1416" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="55B6B7C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1746" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5E8ECF2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2075" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="36104F7C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2404" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A6AECF28">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2733" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40D27567"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="60D41FE4"/>
     <w:lvl w:ilvl="0" w:tplc="BEF431DC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="140" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4762CA9A">
       <w:numFmt w:val="bullet"/>
@@ -20525,171 +19634,50 @@
         <w:ind w:left="4303" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="8D2A17E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4997" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A622E782">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5691" w:hanging="339"/>
-      </w:pPr>
-[...119 lines deleted...]
-        <w:ind w:left="3208" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67A60A10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7EC25238"/>
     <w:lvl w:ilvl="0" w:tplc="7D688246">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="141" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
@@ -21148,131 +20136,131 @@
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C80FC44">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5548" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2125076402">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="399913202">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="415908948">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="255790023">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="223837600">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2077897230">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1233390794">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="233006941">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2131589113">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1876455287">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="286546980">
+  <w:num w:numId="11" w16cid:durableId="173230444">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="780994182">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="800224819">
-[...2 lines deleted...]
-  <w:num w:numId="13" w16cid:durableId="1852840021">
+  <w:num w:numId="13" w16cid:durableId="895622268">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="2018997476">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="14" w16cid:durableId="286546980">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F810B3"/>
-    <w:rsid w:val="00080EA6"/>
+    <w:rsid w:val="00093A87"/>
     <w:rsid w:val="001724F1"/>
+    <w:rsid w:val="001F267B"/>
     <w:rsid w:val="00305825"/>
-    <w:rsid w:val="00395A2C"/>
-    <w:rsid w:val="00483BF3"/>
+    <w:rsid w:val="003563EC"/>
+    <w:rsid w:val="00376F7A"/>
     <w:rsid w:val="004F1A3F"/>
     <w:rsid w:val="005900DE"/>
     <w:rsid w:val="00596670"/>
-    <w:rsid w:val="00672D4C"/>
-    <w:rsid w:val="006F44C7"/>
+    <w:rsid w:val="006E1AF8"/>
     <w:rsid w:val="007214D8"/>
+    <w:rsid w:val="00752FBB"/>
+    <w:rsid w:val="00856CBD"/>
     <w:rsid w:val="008A725B"/>
-    <w:rsid w:val="009049B5"/>
     <w:rsid w:val="0093094C"/>
-    <w:rsid w:val="009571B4"/>
     <w:rsid w:val="00A32B12"/>
-    <w:rsid w:val="00A40742"/>
     <w:rsid w:val="00A5182B"/>
     <w:rsid w:val="00AE4A06"/>
+    <w:rsid w:val="00B12D4D"/>
+    <w:rsid w:val="00B33804"/>
     <w:rsid w:val="00B54697"/>
-    <w:rsid w:val="00D7391C"/>
-    <w:rsid w:val="00DA3042"/>
     <w:rsid w:val="00DC5C2A"/>
     <w:rsid w:val="00E07DC9"/>
     <w:rsid w:val="00F009D5"/>
+    <w:rsid w:val="00F460A1"/>
     <w:rsid w:val="00F810B3"/>
-    <w:rsid w:val="00FA080D"/>
     <w:rsid w:val="00FB4CC3"/>
+    <w:rsid w:val="00FC69AD"/>
     <w:rsid w:val="00FE7ADB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -22031,60 +21019,60 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1893</Words>
-  <Characters>10791</Characters>
+  <Words>1974</Words>
+  <Characters>11258</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>89</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>93</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12659</CharactersWithSpaces>
+  <CharactersWithSpaces>13206</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar;Асаинова Шынар Бакибаевна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-05-28T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">