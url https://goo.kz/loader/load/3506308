--- v0 (2025-12-06)
+++ v1 (2026-02-28)
@@ -1,9028 +1,11473 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0C79FAB7" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="66EA75BE" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Павлодар қаласының Кенжекөл жалпы орта білім беру мектебі» КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BB3F4E8" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7C28">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  тілінде оқытатын орыс тілі және әдебиет мұғалімі лауазымына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51C73DEC" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639F782D" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="6627"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006E4EF3" w:rsidRPr="00062F76" w14:paraId="61164CF1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="77D23055" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="559532DA" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57CCA657" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының Кенжекөл жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w:rsidRPr="00062F76" w14:paraId="692C4B30" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2F92A4A0" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27C25742" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="659A3D3D" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Кенжекөл ауылы, Ата Заң алаңы көшесі, 1/7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="22877CED" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="634D5E35" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A23F511" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="407D5089" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 353461</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="59FCDBC6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="42D04BD1" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BF961D9" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="392BA244" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>sosh@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w:rsidRPr="00062F76" w14:paraId="2F1C6302" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5488294C" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06A537CF" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B5AA298" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E" w:rsidP="005B7C28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орыс  тілде оқытатын орыс тілі және әдебиет мұғалімі, 1</w:t>
+            </w:r>
+            <w:r w:rsidR="005B7C28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w:rsidRPr="00062F76" w14:paraId="775D56A1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0F09A2" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EF177C0" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="008BC9CF" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DC9C180" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="101100EE" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="72BCBA44" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="52D14E78" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42BC2A16" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47A75553" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="798127FE" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">85653 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AE8291E" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 181394  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="677E48D3" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w:rsidRPr="00062F76" w14:paraId="53CD1D2D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D42A6F5" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="110BE058" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FAA538F" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14544249" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F7F99DF" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D3EF86C" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="2E5214E5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE52E4C" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="392E097A" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="362E6E81" w14:textId="072F37C6" w:rsidR="006E4EF3" w:rsidRDefault="00062F76" w:rsidP="005B7C28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="005B7C28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="005B7C28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+            <w:r w:rsidR="00552E3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00552E3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00552E3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00552E3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w:rsidRPr="00062F76" w14:paraId="7AD69A96" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DF85A5A" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BAEFB45" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62EA7855" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қағидалардың 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58172ECB" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C6AFA64" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F147D3B" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50153565" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58AE525C" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>075</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысаны бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="329A7820" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>психикалық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мінез- құлықтық бұзылушылықтары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар аурудың динамикалық бақылауда жоқтығы туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> анықтама</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AFF4242" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наркологиялық </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аурудың </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>динамикалық бақылауда жоқтығы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D9DC7A0" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>) сертификаттаудан өту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">немесе </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-модератордан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>төмен емес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қолданыстағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> куәлік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09002377" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10)орыс тілі және әдебиет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="655D33A4" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) 12,13-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4393093F" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс орнынан (педагог лауазымы бойынша), оқу орнынан ұсыным хат.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="15F5717E" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E93EB10" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="040FB223" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BADA193" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
+    <w:p w14:paraId="6931A781" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2063 lines deleted...]
-          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C5B0D3B" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...1979 lines deleted...]
-    <w:p w14:paraId="55954026" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="30F3E1F2" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59CAE305" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8337"/>
+        <w:gridCol w:w="5043"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006E4EF3" w:rsidRPr="00062F76" w14:paraId="2091DF2D" w14:textId="77777777">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="3420" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="172FD1D7" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымнан босату</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="0B45705B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="172B926C" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7D9D013D" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="6A954C63" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="01F41BD1" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0CDBE2B7" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>конкурс жариялаған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>мемлекеттік орган</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>/ Кандидаттың Т. А. Ә,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(лауазымы, жұмыс орны)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Нақты тұрғылықты жері,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>тіркелген мекенжайы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>байланыс телефоны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7CA074DA" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32AFCCA0" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Мені _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D49F2AA" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      (білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38EF23BF" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="493B34DF" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      бос/уақытша бос лауазымына орналасуға арналған конкурсқа жіберуіңізді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F682AB8" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Қазіргі кезде _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A3BE1A2" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                  (лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="464BE961" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      жұмыс істеймін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69450CCC" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1908D0CB" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4460"/>
+        <w:gridCol w:w="2748"/>
+        <w:gridCol w:w="6172"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="66F5ADA1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="023EB7B1" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3B19C0C4" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6604F346" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="7D508E7B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7A12D439" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3F648DA3" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F9A74AB" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="337A7E6B" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жүктеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="16770D0E" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Біліктілік санатының болуы (болған жағдайда берілген (расталған) күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="703C9C0A" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="603B102F" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Жұмыс өтілі:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="761"/>
+        <w:gridCol w:w="1737"/>
+        <w:gridCol w:w="2212"/>
+        <w:gridCol w:w="2311"/>
+        <w:gridCol w:w="6359"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="1EBC3569" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="54E8D249" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="02D813FD" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="36837FBE" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет өтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6DC863A8" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мамандығы бойынша (кәсіпкерлік субъектілерінің мамандары үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6359" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3BA40763" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Осы білім беру ұйымында, оның ішінде атқаратын лауазымында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="3E1DEFEB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3559CBD2" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="50ED067D" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="301EC307" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="272CA050" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6359" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="760EDC73" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="332C1B3E" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жүктеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1D89CE69" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Мынадай жұмыс нәтижелерім бар: ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC042EC" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтер (бар болса) __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD43B17" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z19" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>1-тармағына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> сәйкес менің дербес деректерімді дербес деректерді өңдеу мақсаттарына сәйкес келетін кез келген заңды тәсілдермен (фото, видео, оның ішінде автоматтандыру құралдарын пайдалана отырып немесе мұндай құралдарды пайдаланбай дербес деректердің ақпараттық жүйелерінде пайдалану үшін) өңдеуге келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04EBB5A7" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Мен келісемін ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A48867" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      (ТАӘ (бар болса)) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0011D53A" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      "____"______________20___жыл __________ /қолы/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472DC492" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57742243" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="41DAFF37" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D535050" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="097DB0DC" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35F68D2A" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E92424C" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C0646BB" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77D46E10" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a6"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="9147" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00982C5F" w14:paraId="0C998D40" w14:textId="77777777">
+      <w:tr w:rsidR="006E4EF3" w:rsidRPr="00062F76" w14:paraId="4D30BA64" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="781"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="727" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5920" w:type="dxa"/>
-[...67 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+            <w:tcW w:w="8420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B8F5EDD" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36371249" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79C557BA" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22C37947" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40105243" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымнан босату</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>12-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w:rsidRPr="00062F76" w14:paraId="31B5A38D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="616B774D" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="72CCB12B" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="79CC7B2E" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="2050257A" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:sz w:val="10"/>
-[...52 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фамилия, имя, отчество</w:t>
+        <w:t>Педагог бос немесе уақытша бос лауазымына өтілі бар кандидатты бағалау парағы</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="3DBA7736" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>      _________________________________________________________</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="357C2DCE" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(при его наличии))</w:t>
+        <w:t>      (Тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5067671E" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="77F613D8" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="395"/>
+        <w:gridCol w:w="1661"/>
+        <w:gridCol w:w="2533"/>
+        <w:gridCol w:w="12"/>
+        <w:gridCol w:w="4546"/>
+        <w:gridCol w:w="1276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00982C5F" w14:paraId="7BCE084C" w14:textId="77777777">
-[...5 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="5415CDDC" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="29EBC77C" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="366447C5" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5550B4DD" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="4022259C" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...9 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="143773CE" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="7909B1BA" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...9 lines deleted...]
-            <w:tcW w:w="4253" w:type="dxa"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="2E62606E" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="03F42788" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(1-ден 30-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="489D42BB" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...21 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982C5F" w14:paraId="15A6460E" w14:textId="77777777">
-[...5 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="1CE0D406" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A213D6D" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="6387472A" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...20 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="583E5524" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...24 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+          <w:p w14:paraId="57C1F2B8" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6A55180C" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...21 lines deleted...]
-            <w:tcW w:w="4253" w:type="dxa"/>
+          <w:p w14:paraId="46895C3A" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="5D88799F" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...97 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+          <w:p w14:paraId="1EA3FFAE" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік = 1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жоғары = 2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жоғары үздік = 3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="7C63A462" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="14946B30" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982C5F" w14:paraId="670B7C31" w14:textId="77777777">
-[...2 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="25126920" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="26DA43B4" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="7832BDDF" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...20 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1E642835" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...43 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+          <w:p w14:paraId="4DAB1018" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="03674E9A" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...21 lines deleted...]
-            <w:tcW w:w="4253" w:type="dxa"/>
+          <w:p w14:paraId="36953AC4" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері/ ғылыми атағын/ ғылыми дәрежесін/дәрежесін беру туралы аттестат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15FC4713" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="2D3F1927" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...142 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+          <w:p w14:paraId="0A3F5D87" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>PhD докторы – 15 балл                                                    Ғылым докторы, Ғылым кандидаты, профиль бойынша докторы – 10 балл                                                  Педагогикалық бағыты бойынша магистр – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BF3AB4E" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="7F61D3E9" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="0DFFB012" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982C5F" w14:paraId="42FE32F4" w14:textId="77777777">
-[...5 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="2A401607" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3EA84908" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="4E57A825" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...21 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="59067A97" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...24 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+          <w:p w14:paraId="13DA8423" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6899E605" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...32 lines deleted...]
-            <w:tcW w:w="4253" w:type="dxa"/>
+          <w:p w14:paraId="410BED62" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Куәлік, басқа құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="4E7B7DAD" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...92 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+          <w:p w14:paraId="019EAB10" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог- 2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-модератор -  3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-сарапшы - 5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-зерттеуші - 7 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-шебер - 10 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Басшының үшінші біліктілік санатындағы орынбасары - 5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Басшының екінші біліктілік санатындағы орынбасары- 6 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Басшының бірінші біліктілік санатындағы орынбасары-7 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="2D08BB17" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="3F152BDA" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982C5F" w14:paraId="19F589BE" w14:textId="77777777">
-[...5 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="2E4CCD35" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2CF58D10" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="7799C296" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...21 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="63317128" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...23 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+          <w:p w14:paraId="60CAEF99" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әкімшілік және әдістемелік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7ACEFD45" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...22 lines deleted...]
-            <w:tcW w:w="4253" w:type="dxa"/>
+          <w:p w14:paraId="6456AB34" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Еңбек кітапшасы/еңбек қызметін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>алмастыратын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="71D735ED" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...95 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+          <w:p w14:paraId="6BF2D5EF" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Әдіскер, лауазымдағы жұмыс өтілі 2 жылға дейін - 2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Әдіскер, лауазымдағы жұмыс өтілі екі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>жылдан көп - 3  балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Директордың орынбасары, лауазымдағы жұмыс өтілі 2 жылға дейін - 3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Директордың орынбасары, лауазымдағы жұмыс өтілі екі жылдан көп - 4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Директор, лауазымдағы жұмыс өтілі 2 жылға дейін - 4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Директор, лауазымдағы жұмыс өтілі 4 жылдан коп – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="03C0E3F3" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="5E062F2E" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982C5F" w14:paraId="19E7F28F" w14:textId="77777777">
-[...5 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="7323860E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7BB1F4CB" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="53692765" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...21 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7509077B" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...24 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+          <w:p w14:paraId="04192FED" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) ұсыным хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7670DDB6" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...28 lines deleted...]
-            <w:tcW w:w="4253" w:type="dxa"/>
+          <w:p w14:paraId="55504F98" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыным хат (педагог лауазымы бойынша соңғы жұмыс орнынан)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="62F67BD6" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...22 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+          <w:p w14:paraId="050A526A" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оң ұсыным хаттың болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="24F9B02A" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="780857F7" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982C5F" w14:paraId="3E6F01CE" w14:textId="77777777">
-[...2 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="11B8A496" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="72510D5F" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="34DAB382" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...21 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A7AE2E9" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...26 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+          <w:p w14:paraId="452555C6" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Соңғы 5 жылдағы кәсіби жетістіктерінің көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="475FBF9D" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...59 lines deleted...]
-            <w:tcW w:w="4253" w:type="dxa"/>
+          <w:p w14:paraId="445854B6" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- олимпиадалар мен конкурстар жеңімпаздарының дипломдары, грамоталары, білім алушылардың ғылыми жобалары;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- олимпиадалар мен байқаулар жеңімпаздарының дипломдары, грамоталары;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- мемлекеттік награда;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="0240607D" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...67 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+          <w:p w14:paraId="0BB6A469" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) қалалық/аудандық олимпиадалар мен конкурстардың жеңімпаздары - 0,5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>облыстық - 1 балл, республикалық -  2 балл, халықаралық - 3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) ғылыми жобалар: қалалық/аудандық -0,5 балл,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>облыстық - 1 балл, республикалық - 2 балл, халықаралық -3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) "Үздік педагог" конкурсына қатысушы - 1 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4) "Үздік педагог" конкурсының жеңімпазы - 5 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="095FE208" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="78CDFEE6" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982C5F" w14:paraId="68D3904C" w14:textId="77777777">
-[...2 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="7297DF9A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="43A51ED1" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="738EB8AD" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...21 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="309C0FBE" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...24 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+          <w:p w14:paraId="454FA8CD" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6E14C15D" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...21 lines deleted...]
-            <w:tcW w:w="4253" w:type="dxa"/>
+          <w:p w14:paraId="1C0BA64D" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="2D4B08B8" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...81 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+          <w:p w14:paraId="05F7AC0C" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәлімгер = 0,5 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ӘБ басшылығы = 2 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>екі тілде сабақ беру, орыс/қазақ = 2 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>үш тілде сабақ беру (қазақ, орыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="2FBC609F" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="098FF432" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982C5F" w14:paraId="4131A245" w14:textId="77777777">
-[...2 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="006E4EF3" w:rsidRPr="00062F76" w14:paraId="60D8D12C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="175399F7" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="476A150D" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...21 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D4650D9" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...24 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+          <w:p w14:paraId="4BB6622C" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсқа дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D9896E9" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
-[...6 lines deleted...]
-                <w:szCs w:val="17"/>
+          <w:p w14:paraId="2EE112A5" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>даярлық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>сертификаты</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">DELF </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Goethe Zertifikat, "Python </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>предметной</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>подготовки</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">; - </w:t>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "Microsoft"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"CELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TKT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate In </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>на</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>цифровую</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B95038F" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>грамотность</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">, - </w:t>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>или</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> QAZAQ RESMI- TEST; IELTS; TOEFL; DELF; - GoetheZertifikat, </w:t>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>по</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>программам</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «</w:t>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>программирования</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>в</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Python», «</w:t>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>работе</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>с</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Microsoft» </w:t>
-[...5 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...7 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">: TEFL Cambridge «CELTA (Certificate in Teaching English to Speakers of Other Languages) CELT-P (Certificate in English Language Teaching – Primary) DELTA (Diploma in Teaching English to Speakers of Other Languages) CELT-S (Certificate in English Language Teaching – Secondary) «TKT Teaching Knowledge Test» Certificate in EMI Skills (English as a Medium of Instruction) Teacher </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> - 0,5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EB64097" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...72 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982C5F" w14:paraId="00F38809" w14:textId="77777777">
+      <w:tr w:rsidR="006E4EF3" w14:paraId="0B70CAAA" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="185"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1276" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:tcW w:w="2056" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="282B1300" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
+          <w:p w14:paraId="78DD699C" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2533" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="612983B3" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...22 lines deleted...]
-            <w:tcW w:w="6521" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4558" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="10AE57F3" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="011B96E1" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>ЕСКЕРТПЕ: * 6-тармақта жеңімпаздар санына қарамастан, соңғы 3 (үш) жылдағы - олимпиадалар мен конкурстардың әрбір деңгейі (қалалық/аудандық) бойынша – 0,5 балл ескеріледі, облыстық олимпиадалар мен конкурстардың жүлдегерлері – 1 балл, республикалық – 2 балл, халықаралық – 3 балл; - ғылыми жобалар: қалалық/аудандық – 1 балл, облыстық – 1 балл, республикалық – 2 балл, халықаралық – тиісінше 3 балл; - республикалық олимпиадалар мен конкурстардың жүлдегерлері – 3 балл. ** 8-тармақта соңғы 3 (үш) жылдағы біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары – 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A77F548" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="4960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="69C46E77" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1784A9FD" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+          <w:p w14:paraId="07097FD6" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...11 lines deleted...]
-            <w:tcW w:w="850" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          </w:tcPr>
-          <w:p w14:paraId="577A1138" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1279E7F5" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...5 lines deleted...]
-            </w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z235"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="19B669F5" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="2FCEC63A" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="060BA7B0" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
+    <w:p w14:paraId="2A976BF3" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-      <w:r>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...37 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...275 lines deleted...]
-    <w:p w14:paraId="08C6A7AD" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
+    <w:p w14:paraId="0E150AB1" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...23 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="481B4CAC" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="5847F1BB" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a6"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="533"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="954"/>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00982C5F" w14:paraId="51455621" w14:textId="77777777">
-[...4 lines deleted...]
-          <w:p w14:paraId="5A593E7F" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="0074442E">
+      <w:tr w:rsidR="006E4EF3" w:rsidRPr="00062F76" w14:paraId="46923916" w14:textId="77777777">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="3420" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5B116D12" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымдарға тағайындау,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымдардан босату</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>13-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w:rsidRPr="00062F76" w14:paraId="229523D3" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="72A4C9E5" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="36E24C47" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4E8C1BEF" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогтің бос немесе уақытша бос лауазымына өтілі жоқ кандидатты бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10565" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="517"/>
+        <w:gridCol w:w="2110"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="851"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="44AE8D21" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="70188832" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="782DE756" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1410D424" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64A73355" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(1-ден 30-ға дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D691DF0" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ба</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="5F60068F" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7768F816" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="110260AD" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="234389EB" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="710EB145" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Техникалық және кәсіптік –1 балл Техникалық және кәсіптік үздік –2 балл Жоғары –3 балл                                                     Жоғары үздік–4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BB3870C" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1150AF41" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="38BBA480" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="01E893C3" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="52796453" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="160A9EBF" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері/ ғылыми атағын/ ғылыми дәрежесін/дәрежесін беру туралы аттестат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3078C0A8" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2383BA82" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>PhD докторы–15 балл                                       Ғылым докторы, ғылым кандидаты, профиль бойынша докторы– 10 балл                            Педагогикалық бағыты бойынша магистрі –5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F96E007" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A1D1502" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="00B50D20" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="11A293E0" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="250FB5E5" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификаттаудан өту нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="66C1CA89" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3383DA63" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50 % - 2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-80 % - 4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-100% – 6 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="645DE207" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="3B63A4FD" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3CC52B4A" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="731A853B" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық/ кәсіби практика нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5B761B72" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломға қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5D07DDB9" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"3" – 2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"4" – 3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"5" – 4 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11D1DEF9" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="77BE9697" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="78BD5007" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="11B41FBF" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу орнынан ұсыным хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="463297F6" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыным хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1DFC8D57" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оң ұсыным хаттың болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CC6F554" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="7BB6EE43" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65A42174" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64A4500E" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Волонтерлік жұмысқа қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0EA01F07" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қатысу құжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2FD2FF46" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C97EEF4" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="7F25AF69" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="33DF8890" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2186B87B" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогикалық қызмет туралы жарияланымы бар </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>интернет бетін, әлеуметтік желіде парақшаларын жүргізу (авторлық ғылыми жобалар, сабақтар, семинарлар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="48601B0D" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сілтемелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="29FAAFCB" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 жылға дейін -1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1 жылдан 3 жылға дейін -2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3 жылдан жоғары -3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1136D212" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="68C3D9CA" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="63C75C28" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="72276509" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жазғы лагерьлердің жұмысына қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6C5C09CC" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қатысу құжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="21F0B6F2" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AA721AE" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="35499200" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3C870275" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="227627CF" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу орындары бойынша конкурстарға қатысу (ғылыми жобалар, шығармашылык және т.б.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="29E1F9DB" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қатысу құжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5D3B0F3D" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әрбір қатысқаны үшін 1 балл, бірақ 4 балдан аспайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DC47858" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="45ECA4DF" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6272CF28" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="69822478" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, IELTS; TOEFL; DELF; Goethe Zertifikat </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, "Python </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...1232 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>", "Microsoft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>та</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>істеуге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үйрету</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TEFL Cambridge "CELTA (Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">DELTA (Diploma </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">работе с Microsoft" </w:t>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:t>in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...13 lines deleted...]
-              <w:rPr>
+              <w:br/>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...10 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:br/>
+              <w:t>TKT"Teaching Knowledge Test</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:br/>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)" Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...170 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:br/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="40BE01DC" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="255D21CD" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="545A2ED6" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл (әрқайсына бөлек)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22C3A062" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E4EF3" w14:paraId="5903C971" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2627" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="227DCD9D" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F45C844" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="27BE859E" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4320B670" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...72 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="770B362F" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="0153DD54" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="00552E3E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="095E9ADD" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="042A9427" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="0D67BE5F" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70823F02" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="5FFEF653" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FB81B53" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="533CAC00" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64FD12B2" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="599F5610" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BC324CF" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="50B58A63" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6867F37C" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="5F8AEB5A" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76F4D787" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="6F73D168" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29FD3D12" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="49356A55" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="731CAC16" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="213D19EB" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E02ABF3" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="40181A72" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="378B48BE" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="77BB6B97" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75727517" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="6C1B7A70" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4302EBEA" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="7534FAD1" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="622153E3" w14:textId="77777777" w:rsidR="00982C5F" w:rsidRDefault="00982C5F">
+    <w:p w14:paraId="0C8725EE" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00982C5F">
+    <w:p w14:paraId="37C6D4A2" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61D81507" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39ABA701" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="093295B4" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74A5C0AD" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15DDA616" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73394992" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77C84CFD" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A3E75ED" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="293EF438" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F2BCA21" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DF64042" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B0C0FF2" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48CCAD60" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F241C74" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57649383" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="487BEEB8" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5581D26C" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7072614F" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F0BF900" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="395C6505" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="289C3993" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C597E31" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="604AE3B5" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="340E82A7" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BB709BA" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27FCDBDF" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A8BAF70" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BD622B8" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70FECE2C" w14:textId="77777777" w:rsidR="006E4EF3" w:rsidRDefault="006E4EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006E4EF3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6B20A818" w14:textId="77777777" w:rsidR="005B429E" w:rsidRDefault="005B429E">
+    <w:p w14:paraId="594CBBD7" w14:textId="77777777" w:rsidR="004B063B" w:rsidRDefault="004B063B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73C19A1A" w14:textId="77777777" w:rsidR="005B429E" w:rsidRDefault="005B429E">
+    <w:p w14:paraId="74B18695" w14:textId="77777777" w:rsidR="004B063B" w:rsidRDefault="004B063B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
@@ -9035,841 +11480,946 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="677331EB" w14:textId="77777777" w:rsidR="005B429E" w:rsidRDefault="005B429E">
+    <w:p w14:paraId="2798B7CE" w14:textId="77777777" w:rsidR="004B063B" w:rsidRDefault="004B063B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72DD61B5" w14:textId="77777777" w:rsidR="005B429E" w:rsidRDefault="005B429E">
+    <w:p w14:paraId="55CB8BFC" w14:textId="77777777" w:rsidR="004B063B" w:rsidRDefault="004B063B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E3E7F85"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6E3E7F85"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1925919908">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00034D7D"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
+    <w:rsid w:val="00062F76"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A2B82"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000B74EC"/>
-    <w:rsid w:val="000B7A17"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="00154B3B"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
-    <w:rsid w:val="001828DC"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
-    <w:rsid w:val="001A386F"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D387C"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
-    <w:rsid w:val="002107BC"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217179"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="00235479"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00260194"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00274DFC"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00286A2F"/>
+    <w:rsid w:val="002918EB"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B3FF7"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D0A49"/>
     <w:rsid w:val="002D5996"/>
-    <w:rsid w:val="002D7B29"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E729A"/>
     <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F0038"/>
+    <w:rsid w:val="002F3553"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="003143FA"/>
     <w:rsid w:val="003153C2"/>
-    <w:rsid w:val="0031728D"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
-    <w:rsid w:val="003259A1"/>
     <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="0038586E"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
-    <w:rsid w:val="003B65BE"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003E662D"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="004640DF"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
-    <w:rsid w:val="004767B0"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B063B"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B754D"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
-    <w:rsid w:val="004D3977"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004E6483"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="00502CDA"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
-    <w:rsid w:val="005166D3"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="005272CC"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
-    <w:rsid w:val="005354D3"/>
     <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552E3E"/>
     <w:rsid w:val="00552FDD"/>
-    <w:rsid w:val="0055526E"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
-    <w:rsid w:val="005B429E"/>
+    <w:rsid w:val="005B7C28"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D3B95"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661339"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E4EF3"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="007078F2"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
-    <w:rsid w:val="0074442E"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="00763811"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
-    <w:rsid w:val="00780A27"/>
-    <w:rsid w:val="00781391"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007C2163"/>
+    <w:rsid w:val="007D3CD4"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00816949"/>
     <w:rsid w:val="00821210"/>
-    <w:rsid w:val="00821DF7"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
-    <w:rsid w:val="00860716"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00872C2F"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008A64B8"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008C6FBA"/>
     <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
-    <w:rsid w:val="00907F7B"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00951FA8"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
-    <w:rsid w:val="00982C5F"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B32EA"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009B7E74"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009D7D51"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
-    <w:rsid w:val="009F55EE"/>
     <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A02C16"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A25A42"/>
+    <w:rsid w:val="00A27C55"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
-    <w:rsid w:val="00A5710B"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
-    <w:rsid w:val="00A74D26"/>
+    <w:rsid w:val="00A73785"/>
     <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A76561"/>
     <w:rsid w:val="00A7718F"/>
-    <w:rsid w:val="00A8114F"/>
     <w:rsid w:val="00A86EE1"/>
-    <w:rsid w:val="00A872D3"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00AF1F42"/>
     <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00B00E9A"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
-    <w:rsid w:val="00B57AE1"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B83E4F"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
-    <w:rsid w:val="00B97888"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BB0061"/>
     <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BC15F2"/>
     <w:rsid w:val="00BC18D5"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
-    <w:rsid w:val="00BD2C62"/>
     <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4029"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD6754"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
-    <w:rsid w:val="00BF0E89"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C75125"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
-    <w:rsid w:val="00C91DC4"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CA3BFF"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CD39EE"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
-    <w:rsid w:val="00D15D60"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
-    <w:rsid w:val="00D522D7"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
-    <w:rsid w:val="00D93CEA"/>
-    <w:rsid w:val="00D9619F"/>
+    <w:rsid w:val="00D9255C"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB2E41"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
-    <w:rsid w:val="00DD217A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
-    <w:rsid w:val="00DF55DB"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E3627D"/>
     <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E41FA4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
-    <w:rsid w:val="00E8343F"/>
+    <w:rsid w:val="00E85754"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EC2D0B"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF02EF"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
-    <w:rsid w:val="00EF6369"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
-    <w:rsid w:val="00F17DA2"/>
+    <w:rsid w:val="00F16E36"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F523E7"/>
     <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
-    <w:rsid w:val="00F655AB"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA3FB3"/>
     <w:rsid w:val="00FA78E4"/>
-    <w:rsid w:val="00FB1C66"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
-    <w:rsid w:val="00FD1AF7"/>
-    <w:rsid w:val="00FD61C1"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
-    <w:rsid w:val="7C022D90"/>
+    <w:rsid w:val="0A365136"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="219572C0"/>
-  <w15:docId w15:val="{83BA0121-B981-4D75-964A-11405636DBA6}"/>
+  <w14:docId w14:val="488E31EE"/>
+  <w15:docId w15:val="{1B5E2EDF-1B0D-406A-AE2C-1388B913B747}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9946,102 +12496,102 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="Light Shading"/>
     <w:lsdException w:name="Light List"/>
     <w:lsdException w:name="Light Grid"/>
     <w:lsdException w:name="Medium Shading 1"/>
     <w:lsdException w:name="Medium Shading 2"/>
     <w:lsdException w:name="Medium List 1"/>
     <w:lsdException w:name="Medium List 2"/>
     <w:lsdException w:name="Medium Grid 1"/>
     <w:lsdException w:name="Medium Grid 2"/>
     <w:lsdException w:name="Medium Grid 3"/>
     <w:lsdException w:name="Dark List"/>
     <w:lsdException w:name="Colorful Shading"/>
     <w:lsdException w:name="Colorful List"/>
     <w:lsdException w:name="Colorful Grid"/>
     <w:lsdException w:name="Light Shading Accent 1"/>
     <w:lsdException w:name="Light List Accent 1"/>
     <w:lsdException w:name="Light Grid Accent 1"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1"/>
     <w:lsdException w:name="Medium List 1 Accent 1"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1"/>
@@ -10270,159 +12820,155 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Основ_Текст"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="645"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:line="228" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:qFormat/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Сильное выделение1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10673,74 +13219,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C54D3A53-4F17-45BB-9151-7ED38D0C84C9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{251120BA-F3C4-4712-8155-9697932481D0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>13785</Characters>
+  <Pages>11</Pages>
+  <Words>2067</Words>
+  <Characters>11784</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>114</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>98</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16171</CharactersWithSpaces>
+  <CharactersWithSpaces>13824</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1049-12.2.0.21931</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
-    <vt:lpwstr>7789A233294B4C009A9AE975C4C38F74_12</vt:lpwstr>
+    <vt:lpwstr>FBC67B006E254C91900A1DADD61D4E11_13</vt:lpwstr>
   </property>
 </Properties>
 </file>