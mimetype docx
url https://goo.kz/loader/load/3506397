--- v0 (2025-12-05)
+++ v1 (2026-02-28)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="6360634E" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03CE8872" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -55,58 +55,69 @@
     </w:p>
     <w:p w14:paraId="2555407A" w14:textId="4D967234" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>КГУ «</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BC18D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Кенжекольская с</w:t>
+        <w:t>Кенжекольская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BC18D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с</w:t>
       </w:r>
       <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">редняя общеобразовательная </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>школа  города</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -759,52 +770,50 @@
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="003143FA" w:rsidRPr="00E8343F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>часов</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="46F549AA" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6BF0EE16" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
@@ -1325,167 +1334,126 @@
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA66FEB" w14:textId="328CF114" w:rsidR="00BF0E89" w:rsidRPr="003143FA" w:rsidRDefault="00D81B4D" w:rsidP="004767B0">
+          <w:p w14:paraId="2AA66FEB" w14:textId="0CFFDC7C" w:rsidR="00BF0E89" w:rsidRPr="003143FA" w:rsidRDefault="008C3B56" w:rsidP="008C3B56">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="001A386F">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t>.10-17</w:t>
+            </w:r>
+            <w:r w:rsidR="00215B67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00215B67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.2025 </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="003143FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> г</w:t>
+              <w:t>г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BF0E89" w:rsidRPr="001F4BA9" w14:paraId="5554FB61" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C0D3926" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="001F4BA9" w:rsidRDefault="00BF0E89" w:rsidP="008D234C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2161,175 +2129,331 @@
             <w:r w:rsidR="003259A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A386F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>по предмету</w:t>
             </w:r>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. </w:t>
-            </w:r>
+              <w:t xml:space="preserve"> или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
             </w:r>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>или</w:t>
             </w:r>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>айелтс</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
             </w:r>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>баллов</w:t>
             </w:r>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>или</w:t>
             </w:r>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>тойфл</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (TOEFL) (</w:t>
             </w:r>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>nternet Based Test (</w:t>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
             </w:r>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
             </w:r>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -3523,131 +3647,203 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="794D423B" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Наименование </w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23F2D48F" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного заведения</w:t>
-[...9 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Специальность </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0838B77A" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35D146FE" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>по диплому</w:t>
-            </w:r>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="389D5E55" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0838B77A" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B97888" w:rsidRPr="00790B31" w14:paraId="4355D1BA" w14:textId="77777777" w:rsidTr="00350F2D">
         <w:trPr>
           <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BBB9CFE" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -5478,153 +5674,183 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E38292E" w14:textId="17AD2C83" w:rsidR="00B97888" w:rsidRPr="004D03FA" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D03FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-т</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004D03FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ехническое и профессиональное </w:t>
+              <w:t>ехническое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное </w:t>
             </w:r>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="004D03FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B90AB0B" w14:textId="1736E86B" w:rsidR="00B97888" w:rsidRPr="004D03FA" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D03FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- в</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ысшее </w:t>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004D03FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="004D03FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2 баллов</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57FEA86D" w14:textId="2E7CFF74" w:rsidR="00B97888" w:rsidRPr="004D03FA" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D03FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- в</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ысшее </w:t>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004D03FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> с отличием </w:t>
             </w:r>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="004D03FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3 балла</w:t>
             </w:r>
@@ -6154,269 +6380,215 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C1B8E0B" w14:textId="4C8D01FE" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00F523E7" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="z613"/>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>П</w:t>
             </w:r>
             <w:r w:rsidR="00B97888" w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>едагог</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidR="00B97888" w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> балла</w:t>
+              <w:t xml:space="preserve"> 2 балла</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="2"/>
           <w:p w14:paraId="1824FA0A" w14:textId="6CD9FB51" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">педагог-модератор </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 3</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> балла</w:t>
+              <w:t xml:space="preserve"> 3 балла</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D991464" w14:textId="0A361AA4" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">педагог-эксперт </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 5</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+              <w:t xml:space="preserve"> 5 баллов</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54B03A76" w14:textId="290034AB" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">педагог-исследователь </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 7</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+              <w:t xml:space="preserve"> 7 баллов</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07BF9D8F" w14:textId="64EF28F2" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">педагог-мастер </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 10</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+              <w:t xml:space="preserve"> 10 баллов</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D0C1E83" w14:textId="76960F13" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"заместитель ру</w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ководителя третьей квалификационной категории" </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 5</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> баллов, "заместитель руководителя второй квалификационной категории" </w:t>
+              <w:t xml:space="preserve"> 5 баллов, "заместитель руководителя второй квалификационной категории" </w:t>
             </w:r>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 6 баллов, "заместитель руководителя первой квалификационной категории" </w:t>
             </w:r>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -6548,263 +6720,218 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19396456" w14:textId="0F7F812B" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="z623"/>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Методист, стаж в должности до двух лет </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> балла</w:t>
+              <w:t xml:space="preserve"> 2 балла</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="3"/>
           <w:p w14:paraId="49CAE4B9" w14:textId="2A258F15" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Методист, стаж в должности более двух лет</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 3</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> балла</w:t>
+              <w:t xml:space="preserve"> 3 балла</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07B570DE" w14:textId="1AE47E5B" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора стаж в должности до двух </w:t>
             </w:r>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>лет</w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 3</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> балла; </w:t>
+              <w:t xml:space="preserve"> 3 балла; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56B79817" w14:textId="415D9D61" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора стаж в должности более двух лет </w:t>
             </w:r>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балла</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C5280F9" w14:textId="74828DD0" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Директор стаж в должности до двух лет </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 4</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> балла</w:t>
+              <w:t xml:space="preserve"> 4 балла</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="642AA965" w14:textId="531E8794" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Директор стаж в должности более двух лет </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 5</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+              <w:t xml:space="preserve"> 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53B178D5" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="30A138A6" w14:textId="77777777" w:rsidTr="00350F2D">
         <w:trPr>
           <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
@@ -6928,72 +7055,63 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62DE67D0" w14:textId="471D66AC" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Наличие положительного рекомендательного письма </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 3</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> балла</w:t>
+              <w:t xml:space="preserve"> 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09417E91" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="7F6C1856" w14:textId="77777777" w:rsidTr="00350F2D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:tcMar>
@@ -7002,50 +7120,51 @@
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="34070615" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0C811BF0" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
@@ -7722,51 +7841,65 @@
             <w:r>
               <w:t>грамотность</w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, - </w:t>
             </w:r>
             <w:r>
               <w:t>КАЗТЕСТ</w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>или</w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> QAZAQ RESMI- TEST; IELTS; TOEFL; DELF; - GoetheZertifikat, </w:t>
+              <w:t xml:space="preserve"> QAZAQ RESMI- TEST; IELTS; TOEFL; DELF; - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:t>обучение</w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>по</w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>программам</w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
@@ -7805,120 +7938,164 @@
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>работе</w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>с</w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Microsoft» </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Курсера</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Международные</w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>курсы</w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: TEFL Cambridge «CELTA (Certificate in Teaching English to Speakers of Other Languages) CELT-P (Certificate in English Language Teaching – Primary) DELTA (Diploma in Teaching English to Speakers of Other Languages) CELT-S (Certificate in English Language Teaching – Secondary) «TKT Teaching Knowledge Test» Certificate in EMI Skills (English as a Medium of Instruction) Teacher </w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">of English to Speakers of Other Languages (TESOL) «TESOL» Certificate in teaching English for young learners International House Certificate in Teaching English as a Foreign Language (IHC) IHCYLT - International House Certificate In Teaching Young Learners and Teenagers Becoming a Better Teacher: Exploring Professional Development Assessment for Learning: Formative Assessment in Science and Maths Teaching Online Teaching for Educators: Development and Delivery Educational Management Key Ideas in Mentoring Mathematics Teachers </w:t>
+              <w:t xml:space="preserve">of English to Speakers of Other Languages (TESOL) «TESOL» Certificate in teaching English for young learners International House Certificate in Teaching English as a Foreign Language (IHC) IHCYLT - International House Certificate In Teaching Young Learners and Teenagers Becoming a Better Teacher: Exploring Professional Development Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Online Teaching for Educators: Development and Delivery Educational Management Key Ideas in Mentoring Mathematics Teachers </w:t>
             </w:r>
             <w:r>
               <w:t>Курсы</w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>на</w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>платформе</w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Coursera, Futute learn Teaching Mathematics with Technology Special Educational Needs «Developing expertise in teaching chemistry»</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn Teaching Mathematics with Technology Special Educational Needs «Developing expertise in teaching chemistry»</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FCC9EA6" w14:textId="7D10CAB5" w:rsidR="00763811" w:rsidRPr="00B672D9" w:rsidRDefault="00763811" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17EF3A39" w14:textId="576721C8" w:rsidR="00B97888" w:rsidRPr="0020641A" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7989,50 +8166,51 @@
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="437834C7" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="001235A7" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="758D8484" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="001235A7" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8887,51 +9065,67 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F523E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Доктор наук – 15 баллов </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                    </w:t>
             </w:r>
             <w:r w:rsidRPr="00F523E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Кандидат наук, доктор PhD, доктор по профилю - 10 баллов </w:t>
+              <w:t xml:space="preserve">Кандидат наук, доктор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F523E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PhD</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F523E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, доктор по профилю - 10 баллов </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                     </w:t>
             </w:r>
             <w:r w:rsidRPr="00F523E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Магистр по педагогическому направлению</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>- 5 баллов</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78B97AB1" w14:textId="5F242ED9" w:rsidR="00F523E7" w:rsidRPr="000A7922" w:rsidRDefault="00F523E7" w:rsidP="00350F2D">
             <w:pPr>
@@ -9864,195 +10058,187 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>TOEFL</w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>DELF</w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>GoetheZertifikat</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Python</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">", "Обучение </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">работе с </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Microsoft</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">" </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15FA0491" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Курсера</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="338DE959" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Международныекурсы</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F6793B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="663DB76C" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F6793B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">TEFL Cambridge </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68B29DFF" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F6793B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>"</w:t>
-[...17 lines deleted...]
-              <w:t>Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+              <w:t>"CELTA(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="276431D4" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F6793B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49D864F6" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10444,119 +10630,120 @@
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FA51B8F" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0038586E" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10625,51 +10812,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="0BB01178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87CC0636"/>
     <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10738,51 +10925,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="0DE65FDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B88C5C10"/>
     <w:lvl w:ilvl="0" w:tplc="67A82808">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -10829,51 +11016,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="524C7E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9241E8C"/>
     <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10942,51 +11129,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11055,51 +11242,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11170,59 +11357,58 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-  <w:proofState w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="95"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
@@ -11262,50 +11448,51 @@
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001A386F"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="002107BC"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00215B67"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00260194"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
@@ -11531,89 +11718,91 @@
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00763811"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="00780A27"/>
     <w:rsid w:val="00781391"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C2163"/>
     <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007D5C8E"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00821DF7"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00872C2F"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008C3B56"/>
     <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E411B"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00907F7B"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
@@ -11921,67 +12110,67 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="79532E2B"/>
   <w15:docId w15:val="{E8F52649-640B-409B-AEDA-48D385F41252}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -12309,54 +12498,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F655AB"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -12438,87 +12623,94 @@
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003E0EB1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00E41FA4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12818,78 +13010,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96D1583C-A8D2-40F2-A959-47DFEF84826E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A527356C-0FF6-4F83-B340-30DF90D27ABB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-  <Words>2411</Words>
+  <Pages>1</Pages>
+  <Words>2410</Words>
   <Characters>13743</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>114</Lines>
   <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16122</CharactersWithSpaces>
+  <CharactersWithSpaces>16121</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>