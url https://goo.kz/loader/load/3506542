--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,17684 +1,17547 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="3A689656" w14:textId="77777777" w:rsidR="00C80D74" w:rsidRDefault="00C80D74">
+    <w:p w14:paraId="52A28DC5" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00C60E41">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:ind w:left="1996" w:hanging="1397"/>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="66"/>
+        <w:ind w:left="2001" w:hanging="1400"/>
+        <w:jc w:val="center"/>
       </w:pPr>
+      <w:r>
+        <w:t>КГУ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>«Средняя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>общеобразовательная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>школа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">№11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>города</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Павлодара» объявляет конкурс</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4738BBDE" w14:textId="140261A4" w:rsidR="005D75EB" w:rsidRDefault="00000000">
+    <w:p w14:paraId="41258F57" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00C60E41">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:ind w:left="1996" w:hanging="1397"/>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="66"/>
+        <w:ind w:left="2001" w:hanging="1400"/>
+        <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:t>«Павлодар</w:t>
-[...71 lines deleted...]
-        <w:t>КММ бастауыш сынып мұғалімі лауазымына конкурс жариялайды</w:t>
+        <w:t>на должность учителя начальных классов</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="668C11E8" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="005D75EB">
+    <w:p w14:paraId="58F8CF1A" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00C60E41">
       <w:pPr>
+        <w:spacing w:before="3" w:after="1"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="37" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6911"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2838"/>
+        <w:gridCol w:w="7089"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005D75EB" w14:paraId="0EF74E98" w14:textId="77777777">
+      <w:tr w:rsidR="00C60E41" w14:paraId="5F8EB9CD" w14:textId="77777777" w:rsidTr="00D66EE3">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5F4A3F85" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0F70CD9C" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="251" w:lineRule="exact"/>
-              <w:ind w:left="10"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E73A95C" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="00000000">
-[...6 lines deleted...]
-              <w:t>Білім</w:t>
+          <w:p w14:paraId="758C97B6" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="103"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Наименование</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>беру</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">ұйымының </w:t>
+              <w:t xml:space="preserve">организации </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>атауы</w:t>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7634F24E" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="00000000">
-[...64 lines deleted...]
-                <w:spacing w:val="22"/>
+          <w:p w14:paraId="2DA50A3E" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>КГУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>«Средняя</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>общеобразовательная</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>школа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>№11 города</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Павлодара»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>отдела</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>города</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Павлодара,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>білім</w:t>
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ</w:t>
+              <w:t>управления</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F86C05F" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Павлодарской</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D75EB" w14:paraId="196A3BF4" w14:textId="77777777">
+      <w:tr w:rsidR="00C60E41" w14:paraId="5DE46575" w14:textId="77777777" w:rsidTr="00D66EE3">
         <w:trPr>
-          <w:trHeight w:val="505"/>
+          <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="408ED15E" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="005D75EB">
+          <w:p w14:paraId="017ADDA5" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4202ED2C" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="00000000">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6195B332" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>жері,</w:t>
-[...9 lines deleted...]
-              <w:t>пошталық</w:t>
+              <w:t>местонахождения,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47085E1B" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>почтового</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мекенжайы</w:t>
+              <w:t>адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="246730E7" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="00000000">
-[...3 lines deleted...]
-              <w:ind w:left="107"/>
+          <w:p w14:paraId="270F080E" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
             </w:pPr>
             <w:r>
               <w:t>140008,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-6"/>
-[...26 lines deleted...]
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Республика</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Павлодарская</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>облысы,</w:t>
-[...54 lines deleted...]
-              <w:t>/1</w:t>
+              <w:t>область,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06B4B730" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="238" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:t>город</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Павлодар,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>улица</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Площадь победы 3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D75EB" w14:paraId="61A41BDE" w14:textId="77777777">
+      <w:tr w:rsidR="00C60E41" w14:paraId="771C040A" w14:textId="77777777" w:rsidTr="00D66EE3">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B8ACB05" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="005D75EB">
+          <w:p w14:paraId="1E151C1D" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="369B4E51" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="00000000">
-[...10 lines deleted...]
-                <w:spacing w:val="-3"/>
+          <w:p w14:paraId="2AE43983" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>номеров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>нөмірлері,</w:t>
+              <w:t>телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F18488C" w14:textId="2D23705F" w:rsidR="005D75EB" w:rsidRDefault="00000000">
-[...3 lines deleted...]
-              <w:ind w:left="107"/>
+          <w:p w14:paraId="107F1A2E" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
             </w:pPr>
             <w:r>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>(7182)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00194B17">
-[...15 lines deleted...]
-              <w:t>69</w:t>
+            <w:r>
+              <w:t>32-49-69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D75EB" w14:paraId="5271AB48" w14:textId="77777777">
+      <w:tr w:rsidR="00C60E41" w14:paraId="64CCF3A0" w14:textId="77777777" w:rsidTr="00D66EE3">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08D3EFB8" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45A01187" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>адреса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>электронной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28CD3DEA" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00000000" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidR="00C60E41" w:rsidRPr="007F13F2">
+                <w:rPr>
+                  <w:rStyle w:val="af2"/>
+                  <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:t>sosh11@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C60E41" w14:paraId="44844F21" w14:textId="77777777" w:rsidTr="00D66EE3">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="25AB351E" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34217A45" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="319"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>вакантной или временно вакантной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="035C6FA7" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>должности,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C341131" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>учитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>начальных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>классов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>русским</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>языком</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>обучения,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="48"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C60E41" w14:paraId="40CB628D" w14:textId="77777777" w:rsidTr="00D66EE3">
+        <w:trPr>
+          <w:trHeight w:val="1771"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22DC8606" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="010E5047" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="109" w:right="144"/>
+            </w:pPr>
+            <w:r>
+              <w:t>основные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">функциональные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2A5AD5" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="449"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CEB6934" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="449"/>
+              </w:tabs>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>содействие социализации обучающихся, формированию у них</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E2FF4B3" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="449"/>
+              </w:tabs>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C60E41" w14:paraId="5C3FB548" w14:textId="77777777" w:rsidTr="00D66EE3">
+        <w:trPr>
+          <w:trHeight w:val="1005"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="559087E0" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B96F3F" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="109" w:right="103"/>
+            </w:pPr>
+            <w:r>
+              <w:t>размер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>условия</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">оплаты </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78ED99AD" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="101" w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">выплачивается в соответствии со стажем и квалификационной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E2D813A" w14:textId="43D94150" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="478" w:hanging="338"/>
+            </w:pPr>
+            <w:r>
+              <w:t>среднее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>специальное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>образование(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F42DC0">
+              <w:t>129 258</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42C35FD1" w14:textId="3004EBFC" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="478" w:hanging="338"/>
+            </w:pPr>
+            <w:r>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>образование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F42DC0">
+              <w:t>137 045</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="51"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">теңге </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C60E41" w14:paraId="5670D140" w14:textId="77777777" w:rsidTr="00D66EE3">
+        <w:trPr>
+          <w:trHeight w:val="3542"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="131A7BA0" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A057540" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="319"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационные требования, </w:t>
+            </w:r>
+            <w:r>
+              <w:t>предъявляемые к</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E700712" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="275"/>
+            </w:pPr>
+            <w:r>
+              <w:t>кандидату,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">утвержденные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Типовыми</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ACC09E4" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="319"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A44D31" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A3210DE" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:ind w:right="95" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>и (или) при наличии высшего и среднего уровня квалификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DBDD3BD" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="101" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C60E41" w14:paraId="0425EB51" w14:textId="77777777" w:rsidTr="00D66EE3">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FCDFAF9" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="005D75EB">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="41186B0D" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C220ECE" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="00000000">
+          <w:p w14:paraId="60CFB3A7" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="232" w:lineRule="exact"/>
-              <w:ind w:left="110"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>приема</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>пошта</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="519EC17D" w14:textId="483798B5" w:rsidR="005D75EB" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1B2BF705" w14:textId="4DC65E6B" w:rsidR="00C60E41" w:rsidRDefault="00177AAE" w:rsidP="00D66EE3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="232" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidR="00C60E41">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00C60E41">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.2025 -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+            <w:r w:rsidR="00C60E41">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00C60E41">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00B03D22" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D75EB" w14:paraId="49DEAC1B" w14:textId="77777777">
+      <w:tr w:rsidR="00C60E41" w14:paraId="5269035A" w14:textId="77777777" w:rsidTr="00D66EE3">
         <w:trPr>
-          <w:trHeight w:val="757"/>
+          <w:trHeight w:val="4486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DC4BEF2" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="00000000">
-[...3 lines deleted...]
-              <w:ind w:left="10"/>
+          <w:p w14:paraId="3DC12B1D" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FDE494B" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="00000000">
-[...41 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="369FCEB6" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="483"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Перечень</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">необходимых </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>жүктемесі</w:t>
+              <w:t>документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D7057A2" w14:textId="5AA2E70C" w:rsidR="005D75EB" w:rsidRDefault="00194B17">
-[...139 lines deleted...]
-          <w:p w14:paraId="1B0B03F6" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2BC9E82C" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="366"/>
+              </w:tabs>
+              <w:ind w:right="100" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">заявление </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">об участии в конкурсе с указанием перечня прилагаемых документов по форме </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласно приложению 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:t>к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BDCA178" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="366"/>
+              </w:tabs>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">документ, удостоверяющий личность </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">либо электронный документ из сервиса цифровых документов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A2B6F5B" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="385"/>
+              </w:tabs>
+              <w:ind w:right="100" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">заполненный </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">личный листок по учету кадров </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F5BCC27" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="570"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">копии документов об образовании </w:t>
+            </w:r>
+            <w:r>
+              <w:t>в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FB3C2B2" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="393"/>
+              </w:tabs>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>копия документа</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, подтверждающую </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую деятельность </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(при </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E40E7EC" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
-              <w:ind w:right="98" w:firstLine="0"/>
+              <w:ind w:right="95" w:firstLine="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="10A3A453" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="00000000">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>справка о состоянии здоровья по форме 075/у</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>октября</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>года</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>ДСМ-175/2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>"Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B0E50F5" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="424"/>
+                <w:tab w:val="left" w:pos="441"/>
               </w:tabs>
-              <w:ind w:right="94" w:firstLine="0"/>
+              <w:ind w:left="441" w:hanging="335"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу;</w:t>
-[...13 lines deleted...]
-              <w:ind w:right="99" w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>справка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="64"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="65"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>отсутствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>динамического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="58"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>наблюдения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>больных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F44832D" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
-[...74 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>еңбек</w:t>
+              <w:t>психическими</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>өтілі</w:t>
+              <w:t>поведенческими</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-6"/>
-[...51 lines deleted...]
-                <w:spacing w:val="-4"/>
+                <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>төленеді</w:t>
+              <w:t>расстройствами</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>;</w:t>
-            </w:r>
-[...941 lines deleted...]
-              <w:t>анықтама;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32559C77" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="005D75EB">
+    <w:p w14:paraId="21B281C4" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00C60E41">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
-        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:spacing w:line="238" w:lineRule="exact"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:type w:val="continuous"/>
+        <w:sectPr w:rsidR="00C60E41" w:rsidSect="00C60E41">
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="700" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="960" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="37" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6911"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2838"/>
+        <w:gridCol w:w="7089"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005D75EB" w14:paraId="7ECE4CAC" w14:textId="77777777">
+      <w:tr w:rsidR="00C60E41" w14:paraId="41BBD0EE" w14:textId="77777777" w:rsidTr="00D66EE3">
         <w:trPr>
-          <w:trHeight w:val="4762"/>
+          <w:trHeight w:val="4553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19604DA9" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="005D75EB">
+          <w:p w14:paraId="58290F86" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E900A5D" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="005D75EB">
+          <w:p w14:paraId="3A4560EC" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16EA4D95" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="00000000">
+          <w:p w14:paraId="12A3FE07" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="478"/>
+                <w:tab w:val="left" w:pos="681"/>
               </w:tabs>
-              <w:ind w:right="96" w:firstLine="0"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="681" w:hanging="575"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-            </w:pPr>
+              <w:t>справка</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">динамикалық бақылауда жоқтығы туралы </w:t>
+                <w:spacing w:val="76"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>анықтама;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="35AEFEA8" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="00000000">
+              <w:t>об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="75"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>отсутствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="75"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:t>динамического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="74"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>наблюдения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3855002D" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4" w:line="251" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>наркологических</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FF48994" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="491"/>
+                <w:tab w:val="left" w:pos="500"/>
               </w:tabs>
-              <w:ind w:right="94" w:firstLine="55"/>
+              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...5 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">сертификат </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">немесе қолданыстағы </w:t>
+              <w:t xml:space="preserve">о результатах прохождения </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">біліктілік санатының болуы туралы куәлік </w:t>
-[...22 lines deleted...]
-          <w:p w14:paraId="156C4F59" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="00000000">
+              <w:t xml:space="preserve">сертификации </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">или удостоверение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">о наличии действующей квалификационной категории </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при наличии</w:t>
+            </w:r>
+            <w:r>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="534EB454" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="701"/>
+                <w:tab w:val="left" w:pos="475"/>
               </w:tabs>
-              <w:ind w:right="94" w:firstLine="0"/>
+              <w:ind w:left="106" w:right="95" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...46 lines deleted...]
-          <w:p w14:paraId="772CB46A" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="00000000">
+            </w:pPr>
+            <w:r>
+              <w:t>для кандидатов на занятие должности педагогов английского языка сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>результатах</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>сертификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>предмету</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificatein English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D68D1E3" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
-[...25 lines deleted...]
-                <w:numId w:val="6"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="552"/>
               </w:tabs>
-              <w:ind w:left="552" w:hanging="445"/>
+              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>жұмыс</w:t>
-[...56 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">заполненный Оценочный лист </w:t>
+            </w:r>
+            <w:r>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложениям 12, 13 к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09489D00" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="456"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>рекомендательное письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>места</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">педагога), </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>орнынан</w:t>
-[...30 lines deleted...]
-              <w:t>хат.</w:t>
+              <w:t>учебы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D75EB" w14:paraId="2ACD29B9" w14:textId="77777777">
+      <w:tr w:rsidR="00C60E41" w:rsidRPr="00177AAE" w14:paraId="2133F00A" w14:textId="77777777" w:rsidTr="00D66EE3">
         <w:trPr>
-          <w:trHeight w:val="506"/>
+          <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B605726" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="00000000">
-[...3 lines deleted...]
-              <w:ind w:left="10"/>
+          <w:p w14:paraId="5D4B22AF" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRPr="00177AAE" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...4 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177AAE">
+              <w:rPr>
+                <w:bCs/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49FC1F9A" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="00000000">
-[...37 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="267E86D1" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRPr="00177AAE" w:rsidRDefault="00C60E41" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109" w:right="103"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177AAE">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AAE">
+              <w:rPr>
+                <w:bCs/>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AAE">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>временно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AAE">
+              <w:rPr>
+                <w:bCs/>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AAE">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">вакантной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AAE">
+              <w:rPr>
+                <w:bCs/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>мерзімі</w:t>
+              <w:t>должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="264471C4" w14:textId="56A09BD6" w:rsidR="005D75EB" w:rsidRPr="008F3DB6" w:rsidRDefault="008F3DB6">
-[...9 lines deleted...]
-              <w:t>а дейін</w:t>
+          <w:p w14:paraId="5F06C156" w14:textId="5DE0BB8D" w:rsidR="00C60E41" w:rsidRPr="00177AAE" w:rsidRDefault="00177AAE" w:rsidP="00D66EE3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="129"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00177AAE">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Временно,  на</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00177AAE">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> период отпуска по уходу за ребенком основного работника до 01.10.2026 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1BC6568E" w14:textId="77777777" w:rsidR="005D75EB" w:rsidRDefault="005D75EB">
+    <w:p w14:paraId="608C6368" w14:textId="77777777" w:rsidR="00C60E41" w:rsidRPr="00177AAE" w:rsidRDefault="00C60E41" w:rsidP="00C60E41">
       <w:pPr>
-        <w:pStyle w:val="TableParagraph"/>
-[...6 lines deleted...]
-        </w:sectPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76DAF96D" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="4390D5D5" w14:textId="77777777" w:rsidR="00046CD5" w:rsidRDefault="00046CD5"/>
+    <w:p w14:paraId="6AC03C40" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3"/>
+    <w:p w14:paraId="4CFB3631" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3"/>
+    <w:p w14:paraId="256BFAC4" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3"/>
+    <w:p w14:paraId="5A4ED808" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3"/>
+    <w:p w14:paraId="4E763680" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3"/>
+    <w:p w14:paraId="636CD453" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3"/>
+    <w:p w14:paraId="57D1E76E" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="1468E309" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="5872E2C1" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="1104DEA6" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="219AE7FF" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="2487B5ED" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="1123CCDE" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="63C7A73E" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="17E336E7" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="4AC6D0AD" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="65B258FA" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="2054ECAE" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="665E9F82" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="212AFE0E" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="6D59A13D" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="603ECF9A" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="2F8C198B" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="5F3CFBD2" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="20AFB357" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="38E1CE21" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="262BA7EC" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="6ADB8731" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="24671EB4" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="784428E4" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="13B1FF3E" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="55F0781D" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="073281CD" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="1CA8EDD6" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="2DC11305" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="180CA2F9" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="7F63A830" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="5F16D0C6" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="79751C81" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="26C2A6E1" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
       <w:pPr>
-        <w:spacing w:before="75" w:line="244" w:lineRule="auto"/>
-        <w:ind w:left="6363" w:right="724" w:firstLine="2"/>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="5FE51A3B" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03A79430" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06D9F1FB" w14:textId="4EEC96A1" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>к Правилам назначения на должности, освобождения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>тағайындау,</w:t>
+        <w:t>от</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>лауазымнан</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-10"/>
+        <w:t>должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7224D869" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6307" w:right="779" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>босату қағидаларына 3-қосымша</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Нысан</w:t>
+        <w:t>государственных организаций образования Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E64FA4" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="0A8F371F" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="af0"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64E04073" wp14:editId="0A1575C4">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06647B8F" wp14:editId="57E4DB4A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>143301</wp:posOffset>
+                  <wp:posOffset>143216</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6352540" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="693897009" name="Graphic 1"/>
+                <wp:docPr id="22" name="Graphic 22"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6352540" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6352540">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6351922" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
-              <v:shape w14:anchorId="36181D04" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;FJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7oQ29JwXyWgECqbdNTq2D/+XK3&#10;AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRodZtYh8e3beqMjS9/Kxuszh5tB&#10;pkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5vxucnEBHH+AfDVJ+rQ8GdDvZI&#10;TRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="166F4533" id="Graphic 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;FJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7oQ29JwXyWgECqbdNTq2D/+XK3&#10;AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRodZtYh8e3beqMjS9/Kxuszh5tB&#10;pkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5vxucnEBHH+AfDVJ+rQ8GdDvZI&#10;TRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74538896" wp14:editId="43ABDF06">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01BD8485" wp14:editId="5E91A59A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>310941</wp:posOffset>
+                  <wp:posOffset>310856</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6358890" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="23" name="Graphic 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6358890" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6358890">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6358697" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+            <w:pict>
+              <v:shape w14:anchorId="14264618" id="Graphic 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.7pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6358890,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJAkYvFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRSYxkFFOU2Hbpp0&#10;up10THsOaUqrpXFmBwr/fk5Kgd3epvUhcuIv9md/Tpf3x9aKg0FqwBVyMhpLYZyGsnG7Qn7fPH6Y&#10;S0FBuVJZcKaQJ0PyfvX+3bLzuZlCDbY0KDiIo7zzhaxD8HmWka5Nq2gE3jh2VoCtCrzFXVai6jh6&#10;a7PpeDzLOsDSI2hDxKfr3ilXKX5VGR2+VRWZIGwhmVtIK6Z1G9dstVT5DpWvG32mof6BRasax0kv&#10;odYqKLHH5q9QbaMRCKow0tBmUFWNNqkGrmYyflPNa628SbVwc8hf2kT/L6x+Prz6F4zUyT+B/knc&#10;kazzlF88cUNnzLHCNmKZuDimLp4uXTTHIDQfzj5+ms8X3GzNvsn0LjU5U/lwV+8pfDGQ4qjDE4Ve&#10;g3KwVD1Y+ugGE1nJqKFNGgYpWEOUgjXc9hp6FeK9SC6aorsSiWctHMwGkje8Yc7Url7rblGxlNni&#10;ToqhSsb2CDZiGu5Vb6TUbN8WZ11kcbeYzdNoENimfGysjSwId9sHi+Kg4mCmL9bBEf6AeaSwVlT3&#10;uOQ6w6w769RLE0XaQnl6QdHxNBeSfu0VGinsV8fjEkd/MHAwtoOBwT5AeiCpQZxzc/yh0IuYvpCB&#10;lX2GYRhVPogWS79g400Hn/cBqiYqmmaoZ3Te8ASnAs+vLT6R231CXf8Jq98AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAeMgQ53QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJOm&#10;ohDiVAiJWwU08ABuvMRp7XUUOz/w9DincpzZT7MzxW62ho3Y+9aRgHSVAEOqnWqpEfD1+Xr3AMwH&#10;SUoaRyjgBz3syuurQubKTXTAsQoNiyHkcylAh9DlnPtao5V+5TqkePt2vZUhyr7hqpdTDLeGr5Pk&#10;nlvZUvygZYcvGutzNVgB22F+/9B7czpP+xMd3jJuf6tRiNub+fkJWMA5XGBY6sfqUMZORzeQ8sxE&#10;nWZZRAVsHuOmBUjTzRbYcXHWwMuC/59Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDJ&#10;AkYvFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAeMgQ53QAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6358697,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33426738" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="157EA9B6" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:spacing w:before="39"/>
+        <w:ind w:left="23" w:right="49"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>орган,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>объявивший</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="374160D7" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="148AE323" wp14:editId="2F386632">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>139061</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="24" name="Graphic 24"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+            <w:pict>
+              <v:shape w14:anchorId="5AF5CFA5" id="Graphic 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.2pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA4C39+t8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiT&#10;FEEb4lQoElVBCIm0F25uvCQR8Tqy3Tb9e7YnOM7s0+xMsZrsII7oQ+9IQTpLQCA1zvTUKthtX+4W&#10;IELUZPTgCBWcMcCqvL4qdG7ciT7xWMdWcAiFXCvoYhxzKUPTodVh5kYkvn07b3Vk6VtpvD5xuB1k&#10;liQP0uqe+EOnR6w6bH7qg1Xgv97Xu3HzsV5W+Hb/6qrzuKlrpW5vpucnEBGn+AfDpT5Xh5I77d2B&#10;TBAD63Q+Z1RBli5BXAB2HkHs2clSkGUh/08ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDgLf363wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21B553A6" wp14:editId="4456C5B8">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285365</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="25" name="Graphic 25"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+            <w:pict>
+              <v:shape w14:anchorId="43A4618D" id="Graphic 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.2pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAq7H7R98AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Gn4a4lQoElWpEBKhF25uvCQR8dqK3TZ9e7YnOM7sp9mZYjnZQRxwDL0jBeksAYHUONNTq2D7+XLz&#10;CCJETUYPjlDBCQMsy8uLQufGHekDD3VsBYdQyLWCLkafSxmaDq0OM+eR+PbtRqsjy7GVZtRHDreD&#10;vE2Se2l1T/yh0x6rDpufem8VjF9vq61fv68WFW6yV1ed/Lqulbq+mp6fQESc4h8M5/pcHUrutHN7&#10;MkEMrNP5nFEFWbYAcQbYeQCxY+cuBVkW8v+E8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCrsftH3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="622CFB02" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72A672EF" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="23" w:right="49"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ИИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76943AA6" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FEC0972" wp14:editId="2D333FF2">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>138934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="2" name="Graphic 2"/>
+                <wp:docPr id="26" name="Graphic 26"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+            <w:pict>
+              <v:shape w14:anchorId="14627825" id="Graphic 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYwIY4eJYhFBsxg5/WIvYTPzevN&#10;PbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBOxYWfDNJt54NTiWTouQ7qSOHO&#10;8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8vpqbR2DJzOlshhM+oUNNTFu/&#10;Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2228DF1D" wp14:editId="150417DB">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285238</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="27" name="Graphic 27"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+            <w:pict>
+              <v:shape w14:anchorId="7214A834" id="Graphic 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.8pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAM4FcDfeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;Y1IohDhVQPxIvZHCgZsbb5MIex3ZbhveHucEt53d0ew35Xqyhh3Rh8GRBLHIgCG1Tg/USfjYvlzd&#10;AQtRkVbGEUr4wQDr6vysVIV2J3rHYxM7lkIoFEpCH+NYcB7aHq0KCzcipdveeatikr7j2qtTCreG&#10;X2fZLbdqoPShVyM+9dh+NwcrofbbnOrm02T7x9fV89tGfa3ERsrLi6l+ABZxin9mmPETOlSJaecO&#10;pAMzSYs8T1YJy+U9sNkgxDzt0uZGAK9K/r9C9QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDOBXA33gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F9AEE03" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65A9BEBB" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="23" w:right="52"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C06FD60" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5913E880" wp14:editId="6BCB5C53">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>138934</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="28" name="Graphic 28"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359650" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
-              <v:shape w14:anchorId="4FAD4465" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.8pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEA0v4fet8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;pqI0xKkC4kfqjZQeenPjbRJhr6PYbcPb45zKcWY/zc7k69EadsbBd44kiFkCDKl2uqNGwvf2/eEJ&#10;mA+KtDKOUMIvelgXtze5yrS70Beeq9CwGEI+UxLaEPqMc1+3aJWfuR4p3o5usCpEOTRcD+oSw63h&#10;8yR55FZ1FD+0qsfXFuuf6mQllMM2pbLameT48rF8+9yo/VJspLy/G8tnYAHHcIVhqh+rQxE7HdyJ&#10;tGcmapGmEZWwWMVNEyDEYgXsMDlz4EXO/08o/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDS/h963wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="688C2BF3" id="Graphic 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B89F5C8" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="733325DC" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...5 lines deleted...]
-        <w:ind w:left="23" w:right="52"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="23" w:right="58"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(конкурс</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>(фактическое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>жариялаған</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-9"/>
+        <w:t>место проживания,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>мемлекеттік</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>адрес прописки,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>орган)</w:t>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B8AA419" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="0C406EE6" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="af0"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3397BED3" wp14:editId="5F806FBB">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73A1D695" wp14:editId="22B20AD7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>139315</wp:posOffset>
+                  <wp:posOffset>138934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="3" name="Graphic 3"/>
+                <wp:docPr id="29" name="Graphic 29"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359650" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+            <w:pict>
+              <v:shape w14:anchorId="0B09DB47" id="Graphic 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EEB1857" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRPr="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C63FA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C119095" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10211"/>
+        </w:tabs>
+        <w:spacing w:before="91" w:line="261" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="135" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной должности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="71"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E468D8" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2356A58F" wp14:editId="4E1A356A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>125585</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="30" name="Graphic 30"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
-              <v:shape w14:anchorId="24C114A5" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYwIY4eJYhFBsxg5/WIvYTPzevN&#10;PbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBOxYWfDNJt54NTiWTouQ7qSOHO&#10;8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8vpqbR2DJzOlshhM+oUNNTFu/&#10;Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="7D5FA0BD" id="Graphic 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:9.9pt;width:500.8pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhACOeUHPeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;Y4IoDXGqgHhI3ZHSRXdu7CYR9jiy3Tb8PdNV2c3VHN1HuZycZUcT4uBRgphlwAy2Xg/YSfhev989&#10;AYtJoVbWo5HwayIsq+urUhXan/DLHJvUMTLBWCgJfUpjwXlse+NUnPnRIP32PjiVSIaO66BOZO4s&#10;v8+yR+7UgJTQq9G89qb9aQ5OQh3WOdbNxmb7l4/52+dKbediJeXtzVQ/A0tmShcYzvWpOlTUaecP&#10;qCOzpEWeE0rHgiacASEeFsB2EigYeFXy/xOqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAjnlBz3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="17"/>
+          <w:sz w:val="15"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D4B32EC" wp14:editId="28ED6758">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E8014DF" wp14:editId="72ADA865">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>285619</wp:posOffset>
+                  <wp:posOffset>271889</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="4" name="Graphic 4"/>
+                <wp:docPr id="31" name="Graphic 31"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
-              <v:shape w14:anchorId="0CA71D4B" id="Graphic 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAOTE+EXfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;46bQEuJUAQGVeiOlB25uvE0i7HUUu234e5wTHGf2aXYmX4/WsDMOvnMkQcwSYEi10x01Ej53b3cr&#10;YD4o0so4Qgk/6GFdXF/lKtPuQh94rkLDYgj5TEloQ+gzzn3dolV+5nqkeDu6waoQ5dBwPahLDLeG&#10;z5PkgVvVUfzQqh5fWqy/q5OVUA67lMpqb5Lj8/vydbNVX0uxlfL2ZiyfgAUcwx8MU/1YHYrY6eBO&#10;pD0zUYs0jaiExX3cNAFCLB6BHSZnDrzI+f8JxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA5MT4Rd8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="4684AD15" id="Graphic 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:21.4pt;width:500.8pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAJIPkX/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;7aaiEOJUAfEj9UbaHri5sZtExOvIdtvw9mxPcJzZT7MzxWpyAzvZEHuPCuRMALPYeNNjq2C7ebt7&#10;ABaTRqMHj1bBj42wKq+vCp0bf8ZPe6pTyygEY64VdCmNOeex6azTceZHi3Q7+OB0IhlaboI+U7gb&#10;+FyIe+50j/Sh06N96WzzXR+dgipsMqzq3SAOz+/L14+1/lrKtVK3N1P1BCzZKf3BcKlP1aGkTnt/&#10;RBPZQFpmGaEKFnOacAGkXDwC25OTCeBlwf9PKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAkg+Rf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C63251" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="3D96C93C" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="4"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E852218" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="5CB2E76D" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
       <w:pPr>
-        <w:spacing w:before="5"/>
-        <w:ind w:left="61" w:right="38"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="23" w:right="50"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(кандидаттың</w:t>
+        <w:t>(наименование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Т.А.Ә.</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-6"/>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(бар</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>болса),</w:t>
-[...13 lines deleted...]
-        <w:t>ЖСН</w:t>
+        <w:t>город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0479D64D" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="56651843" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10162"/>
+        </w:tabs>
+        <w:spacing w:before="115"/>
+        <w:ind w:left="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F60B01B" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="3"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36A26C1E" wp14:editId="101A89E0">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B220E6D" wp14:editId="34901615">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140839</wp:posOffset>
+                  <wp:posOffset>141830</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="5" name="Graphic 5"/>
+                <wp:docPr id="32" name="Graphic 32"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
-              <v:shape w14:anchorId="60F3D4A8" id="Graphic 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAEaG03/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;46SiNMSpAuIhdUcKi+7ceJpExOPIdtvw9zgrWN6Zoztnis1kBnZG53tLEsQiAYbUWN1TK+Fz93r3&#10;AMwHRVoNllDCD3rYlNdXhcq1vdAHnuvQslhCPlcSuhDGnHPfdGiUX9gRKe6O1hkVYnQt105dYrkZ&#10;eJok99yonuKFTo343GHzXZ+MhMrtMqrqryE5Pr2tXt63ar8SWylvb6bqEVjAKfzBMOtHdSij08Ge&#10;SHs2xCyyLKIS0jQFNgNCLNfADvNkCbws+P8Xyl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEARobTf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="65E88DCE" id="Graphic 32" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT9mFwKEEsEmAaG9cO2En42rzd&#10;PAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1VWHhRo10OzhvVSTpO956daZw&#10;a3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU11dT9QQs6in+mWHGJ3QoiWnv&#10;jtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65281B15" wp14:editId="4EA3E41F">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16ABFD19" wp14:editId="5F1956E9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>285619</wp:posOffset>
+                  <wp:posOffset>288134</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="6" name="Graphic 6"/>
+                <wp:docPr id="33" name="Graphic 33"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
-              <v:shape w14:anchorId="4A570944" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAOTE+EXfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;46bQEuJUAQGVeiOlB25uvE0i7HUUu234e5wTHGf2aXYmX4/WsDMOvnMkQcwSYEi10x01Ej53b3cr&#10;YD4o0so4Qgk/6GFdXF/lKtPuQh94rkLDYgj5TEloQ+gzzn3dolV+5nqkeDu6waoQ5dBwPahLDLeG&#10;z5PkgVvVUfzQqh5fWqy/q5OVUA67lMpqb5Lj8/vydbNVX0uxlfL2ZiyfgAUcwx8MU/1YHYrY6eBO&#10;pD0zUYs0jaiExX3cNAFCLB6BHSZnDrzI+f8JxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA5MT4Rd8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="3962DEA9" id="Graphic 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;DS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj7x1JEIsEGFLjdE+thI/d6809&#10;MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/cANS3B3caFWIcWy5HtU5llvD&#10;b5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6aqoegQWcwh8Ms35UhzI67d2R&#10;tGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="511F0AE2" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="3B50FFFC" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="5"/>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="4"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EF161CF" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="2D7929E9" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
       <w:pPr>
-        <w:spacing w:before="8"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="2294"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(лауазымы,</w:t>
-[...4 lines deleted...]
-          <w:sz w:val="18"/>
+        <w:t>город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C498E70" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Сообщаю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>себе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-        <w:t>орны)</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D4216A4" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="4CEA1A68" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="4"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="140"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Образование:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>послевузовское,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>техническое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>профессиональное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C03D8B4" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="5" w:after="1"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="146" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4112"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3545"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009C63FA" w14:paraId="15E25D99" w14:textId="77777777" w:rsidTr="0066373C">
+        <w:trPr>
+          <w:trHeight w:val="314"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A9D51D3" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="233"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1058DCBA" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="235"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C189394" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="326"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="51"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C63FA" w14:paraId="60F1FF8D" w14:textId="77777777" w:rsidTr="0066373C">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="282D7F57" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="747AEE64" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B185E9A" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3EE5BA9C" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1325"/>
+          <w:tab w:val="left" w:pos="3683"/>
+          <w:tab w:val="left" w:pos="4996"/>
+          <w:tab w:val="left" w:pos="5804"/>
+          <w:tab w:val="left" w:pos="9217"/>
+          <w:tab w:val="left" w:pos="9824"/>
+        </w:tabs>
+        <w:spacing w:before="115" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="168"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения/подтверждения)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">его </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>наличии):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E34CC37" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00735DE5" wp14:editId="64E5CB7E">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A2816A3" wp14:editId="1EF95DEF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140458</wp:posOffset>
+                  <wp:posOffset>137934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="7" name="Graphic 7"/>
+                <wp:docPr id="34" name="Graphic 34"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
-              <v:shape w14:anchorId="3D925B15" id="Graphic 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.05pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAG0yjG/eAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;4wRRGuJUAfGQuiOlC3bT2E0i4nFku234e5xVWd6ZoztnivVkBnbSzveWJIhFAkxTY1VPrYSv7dvd&#10;IzAfkBQOlrSEX+1hXV5fFZgre6ZPfapDy2IJ+RwldCGMOee+6bRBv7Cjprg7WGcwxOharhyeY7kZ&#10;eJokD9xgT/FCh6N+6XTzUx+NhMptM6rq3ZAcnt+Xrx8b/F6KjZS3N1P1BCzoKVxgmPWjOpTRaW+P&#10;pDwbYhZZFlEJaSqAzYAQ9ytg+3mSAS8L/v+F8g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBtMoxv3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="32696256" id="Graphic 34" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B6B869D" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="1A8B0FC8" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
       <w:pPr>
-        <w:spacing w:before="5"/>
-[...3 lines deleted...]
-          <w:sz w:val="18"/>
+        <w:spacing w:before="118" w:after="5"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="85" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1196"/>
+        <w:gridCol w:w="1731"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2521"/>
+        <w:gridCol w:w="3009"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009C63FA" w14:paraId="6D7A804F" w14:textId="77777777" w:rsidTr="0066373C">
+        <w:trPr>
+          <w:trHeight w:val="719"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E92F2A" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="21"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03C3515A" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="278"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77149D2B" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="21"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CDE72A7" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="133"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE17092" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="27" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FA86D46" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="27"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B750745" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="119" w:firstLine="62"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специальности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(для</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33A4D109" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="193" w:hanging="75"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специалистов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектов предпринимательства)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54F4207B" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>данной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="348F0333" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>том</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>числе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на занимаемой должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009C63FA" w14:paraId="64D7EA64" w14:textId="77777777" w:rsidTr="0066373C">
+        <w:trPr>
+          <w:trHeight w:val="400"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F994D2A" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0731FE7B" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23FC6D55" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25FB15A5" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C7A2486" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="0066373C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4A47E3A2" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Имею</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>результаты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...14 lines deleted...]
-        <w:t>жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17182AC0" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="42F48782" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="5"/>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5EBC8E8B" wp14:editId="02B553C6">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F9550D2" wp14:editId="7E4A6E90">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140839</wp:posOffset>
+                  <wp:posOffset>141684</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="35" name="Graphic 35"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+            <w:pict>
+              <v:shape w14:anchorId="001FDF8F" id="Graphic 35" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.2pt;height:.1pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAZKVKWN8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;lJ8S4lQoElVBCIm0F25uvCQR8Tqy3TZ9ezYnOK1mdjT7bb4abS+O6EPnSMF8loBAqp3pqFGw277c&#10;LEGEqMno3hEqOGOAVXF5kevMuBN94rGKjeASCplW0MY4ZFKGukWrw8wNSLz7dt7qyNI30nh94nLb&#10;yzRJ7qXVHfGFVg9Ytlj/VAerwH+9r3fD5mP9WOLb7asrz8OmqpS6vhqfn0BEHONfGCZ8RoeCmfbu&#10;QCaInvV8seCogjTlOQXYeQCxn5w7kEUu/79Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBkpUpY3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08808832" wp14:editId="45F59FA2">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>286464</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="36" name="Graphic 36"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+            <w:pict>
+              <v:shape w14:anchorId="7D1FC590" id="Graphic 36" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.55pt;width:500.2pt;height:.1pt;z-index:-251637760;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAxudhYt4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Uv5CnApFoioIIRF64ebGSxIRryPbbdO3Z3OC48x+mp0pVpMdxAF96B0pSBcJCKTGmZ5aBdvP56t7&#10;ECFqMnpwhApOGGBVnp8VOjfuSB94qGMrOIRCrhV0MY65lKHp0OqwcCMS376dtzqy9K00Xh853A7y&#10;OklupdU98YdOj1h12PzUe6vAf72tt+Pmff1Q4evyxVWncVPXSl1eTE+PICJO8Q+GuT5Xh5I77dye&#10;TBAD6zTLGFWwvElBzAA7dyB2s5OBLAv5f0L5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AG5GVUYVAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAMbnYWLeAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251679744" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7AF9EFE7" wp14:editId="617559E4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>433149</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="37" name="Graphic 37"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+            <w:pict>
+              <v:shape w14:anchorId="7CBC273E" id="Graphic 37" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:34.1pt;width:500.2pt;height:.1pt;z-index:-251636736;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAULng3N8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;H5U2xKlQJKqCEBJpL9zceEki4rUVu2369mxOcJzZT7Mz2WawnThjH1pHCqaTBARS5UxLtYLD/uVh&#10;BSJETUZ3jlDBFQNs8tubTKfGXegTz2WsBYdQSLWCJkafShmqBq0OE+eR+Pbteqsjy76WptcXDred&#10;nCXJUlrdEn9otMeiweqnPFkF/df79uB3H9t1gW+LV1dc/a4slbq/G56fQEQc4h8MY32uDjl3OroT&#10;mSA61tP5nFEFy9UMxAiw8wjiODoLkHkm/0/IfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBQueDc3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F5CE42" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Награды,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звания,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученая</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звание,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01F6A581" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251680768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E066C19" wp14:editId="076DE6FC">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>137908</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="8" name="Graphic 8"/>
+                <wp:docPr id="38" name="Graphic 38"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
-              <v:shape w14:anchorId="04BEF278" id="Graphic 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAEaG03/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;46SiNMSpAuIhdUcKi+7ceJpExOPIdtvw9zgrWN6Zoztnis1kBnZG53tLEsQiAYbUWN1TK+Fz93r3&#10;AMwHRVoNllDCD3rYlNdXhcq1vdAHnuvQslhCPlcSuhDGnHPfdGiUX9gRKe6O1hkVYnQt105dYrkZ&#10;eJok99yonuKFTo343GHzXZ+MhMrtMqrqryE5Pr2tXt63ar8SWylvb6bqEVjAKfzBMOtHdSij08Ge&#10;SHs2xCyyLKIS0jQFNgNCLNfADvNkCbws+P8Xyl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEARobTf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="5885899F" id="Graphic 38" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251635712;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...166 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="015B8E47" wp14:editId="306DE7E1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E42F43E" wp14:editId="09A0A5D3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>141775</wp:posOffset>
+                  <wp:posOffset>284212</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="9" name="Graphic 9"/>
+                <wp:docPr id="39" name="Graphic 39"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
-              <v:shape w14:anchorId="4F553013" id="Graphic 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT9mFwKEEsEmAaG9cO2En42rzd&#10;PAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1VWHhRo10OzhvVSTpO956daZw&#10;a3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU11dT9QQs6in+mWHGJ3QoiWnv&#10;jtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="3CEFD46F" id="Graphic 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.4pt;width:500.8pt;height:.1pt;z-index:-251634688;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAImSYmDfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;HRIohDhVQPxIvZHCgZsbu0mEvY5stw1vz/YEx5n9NDtTrWZn2cGEOHqUkC0EMIOd1yP2Ej42L1d3&#10;wGJSqJX1aCT8mAir+vysUqX2R3w3hzb1jEIwlkrCkNJUch67wTgVF34ySLedD04lkqHnOqgjhTvL&#10;r4W45U6NSB8GNZmnwXTf7d5JaMImx6b9tGL3+Lp8flurr2W2lvLyYm4egCUzpz8YTvWpOtTUaev3&#10;qCOzpLM8J1RCUdCEE5BlxT2wLTk3Anhd8f8T6l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAiZJiYN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0365620D" wp14:editId="636F3FB6">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251682816" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73064513" wp14:editId="5294D74C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>288078</wp:posOffset>
+                  <wp:posOffset>430516</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="10" name="Graphic 10"/>
+                <wp:docPr id="40" name="Graphic 40"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
-              <v:shape w14:anchorId="1CCDE435" id="Graphic 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;DS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj7x1JEIsEGFLjdE+thI/d6809&#10;MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/cANS3B3caFWIcWy5HtU5llvD&#10;b5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6aqoegQWcwh8Ms35UhzI67d2R&#10;tGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="5CBCF3E3" id="Graphic 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:33.9pt;width:500.8pt;height:.1pt;z-index:-251633664;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGyCDeLfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;bYKaEuJUAfEj9UYKB25u7CYR9jqK3Ta8PdsTHGf20+xMuZ69Y0c7xSGgArkQwCy2wQzYKfjYvtys&#10;gMWk0WgX0Cr4sRHW1eVFqQsTTvhuj03qGIVgLLSCPqWx4Dy2vfU6LsJokW77MHmdSE4dN5M+Ubh3&#10;/FaIJfd6QPrQ69E+9bb9bg5eQT1tM6ybTyf2j6/589tGf+Vyo9T11Vw/AEt2Tn8wnOtTdaio0y4c&#10;0ETmSMssI1TBMqcJZ0DKu3tgO3JWAnhV8v8Tql8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAbIIN4t8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="210B2AD1" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="6E37EC13" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="af0"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44766260" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="7268872B" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...294 lines deleted...]
-        <w:spacing w:before="5"/>
+        <w:pStyle w:val="af0"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="362DE7A1" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="2F166D8A" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1718 lines deleted...]
-        <w:ind w:left="140" w:right="173"/>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="171"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>«Дербес</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-8"/>
+        <w:t>В соответствии с пунктом 1 статьи 8 Закона РК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>деректер</w:t>
-[...125 lines deleted...]
-        <w:t>үшін) ӛңдеуге келісім беремін.</w:t>
+        <w:t>даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации. или без использования таких средств).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25E6E7AD" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
-[...71 lines deleted...]
-    <w:p w14:paraId="37BE001E" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="0A7516C9" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRPr="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1054"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="4651"/>
+          <w:tab w:val="left" w:pos="10116"/>
         </w:tabs>
+        <w:spacing w:before="114"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C63FA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Я согласен (-а) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C63FA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F7D3B8" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="3696"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(Ф.И.О.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>наличии))</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E9CCE4" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRPr="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="937"/>
+          <w:tab w:val="left" w:pos="2649"/>
+          <w:tab w:val="left" w:pos="3261"/>
+        </w:tabs>
+        <w:ind w:left="203"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C63FA">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C63FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009C63FA">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C63FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009C63FA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="009C63FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...36 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="009C63FA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>года</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F17476F" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="3865FECD" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="af0"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="7489"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="547C010E" wp14:editId="34416940">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33145FF1" wp14:editId="2FB17885">
                 <wp:extent cx="1708785" cy="8890"/>
                 <wp:effectExtent l="9525" t="0" r="0" b="635"/>
-                <wp:docPr id="20" name="Group 20"/>
+                <wp:docPr id="41" name="Group 41"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1708785" cy="8890"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="1708785" cy="8890"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="21" name="Graphic 21"/>
+                        <wps:cNvPr id="42" name="Graphic 42"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="4416"/>
                             <a:ext cx="1708785" cy="1270"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="1708785">
                                 <a:moveTo>
                                   <a:pt x="0" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="1708659" y="0"/>
+                                  <a:pt x="1708396" y="0"/>
                                 </a:lnTo>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="8833">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
-              <v:group w14:anchorId="42116277" id="Group 20" o:spid="_x0000_s1026" style="width:134.55pt;height:.7pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="17087,88" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHPslBcAIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2jAUfZ+0/2D5fYTQFtKIUE1lRZOq&#10;rlKZ9mwc50NzbO/aEPj3u3YSoLTaQ5eH6Nj3+n6ce+z53b6RZCfA1lplNB6NKRGK67xWZUZ/rh++&#10;JJRYx1TOpFYiowdh6d3i86d5a1Ix0ZWWuQCCQZRNW5PRyjmTRpHllWiYHWkjFBoLDQ1zuIQyyoG1&#10;GL2R0WQ8nkathtyA5sJa3F12RroI8YtCcPejKKxwRGYUa3PhD+G/8f9oMWdpCcxUNe/LYB+oomG1&#10;wqTHUEvmGNlC/SZUU3PQVhduxHUT6aKouQg9YDfx+KKbFeitCb2UaVuaI01I7QVPHw7Ln3YrMC/m&#10;GbrqET5q/tsiL1FryvTc7tflyXlfQOMPYRNkHxg9HBkVe0c4bsazcTJLbijhaEuS255wXuFU3hzi&#10;1bd/HYtY2qUMhR0LaQ0qx57Isf9HzkvFjAicW9/8M5A6z+gkpkSxBgW86rWCO8iRT45enr9+ZXsq&#10;32Xn+jqedpJ7l6B4MgsEHTtlKd9atxI6EM12j9Z1gs0HxKoB8b0aIKDsveBlELyjBAUPlKDgN112&#10;w5w/56fnIWlPk/J7jd6JtQ5WdzElLO1klercy896enNLySAD9O08EPg0KKkOhNSIz5uTyleRJFdX&#10;4R5ZLev8oZbSV2Gh3NxLIDvmb3H4fB8Y4ZWbAeuWzFadXzD1blIFOdu0m46f2kbnBxxui+PMqP2z&#10;ZSAokd8Vyse/EwOAAWwGAE7e6/CaBIIw53r/i4EhPn1GHU72SQ8qYukwNN/60defVPrr1umi9hNF&#10;RQ8V9QtUdEDh4iN69bKcr4PX6Sld/AUAAP//AwBQSwMEFAAGAAgAAAAhAIaSY7raAAAAAwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdpGrRmE0pRT0VwVYQb9PsNAnNzobsNkn/&#10;vaMXvTwY3uO9b/Ll5Fo1UB8azwbSWQKKuPS24crAx+7l5gFUiMgWW89k4EwBlsXlRY6Z9SO/07CN&#10;lZISDhkaqGPsMq1DWZPDMPMdsXgH3zuMcvaVtj2OUu5aPU+ShXbYsCzU2NG6pvK4PTkDryOOq9v0&#10;edgcD+vz1+7+7XOTkjHXV9PqCVSkKf6F4Qdf0KEQpr0/sQ2qNSCPxF8Vb754TEHtJXQHusj1f/bi&#10;GwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMc+yUFwAgAAkgUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIaSY7raAAAAAwEAAA8AAAAAAAAAAAAA&#10;AAAAygQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
-                <v:shape id="Graphic 21" o:spid="_x0000_s1027" style="position:absolute;top:44;width:17087;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1708785,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAnCV9IwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeEJv3axLu5StUYog7dGqeH5unsnSzcu6ibr+eyMIHoeZ+YaZzgfXijP1ofGsYJLlIIhr&#10;rxs2Crab5dsniBCRNbaeScGVAsxno5cpVtpf+I/O62hEgnCoUIGNsaukDLUlhyHzHXHyDr53GJPs&#10;jdQ9XhLctbLI81I6bDgtWOxoYan+X5+cgqa97g8/e7ezR/Nh/Oq9PJXFUanX8fD9BSLSEJ/hR/tX&#10;KygmcP+SfoCc3QAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnCV9IwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l1708659,e" filled="f" strokeweight=".24536mm">
+              <v:group w14:anchorId="29ABB2D9" id="Group 41" o:spid="_x0000_s1026" style="width:134.55pt;height:.7pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="17087,88" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCz6U6KcAIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMlu2zAQvRfoPxC81/JWWxEsB0XcGAWC&#10;JEBc9ExT1IJSJDukLfvvO6Qk23GCHlIdhEfOcJY3j1zcHmpJ9gJspVVKR4MhJUJxnVWqSOnPzf2X&#10;mBLrmMqY1Eqk9CgsvV1+/rRoTCLGutQyE0AwiLJJY1JaOmeSKLK8FDWzA22EQmOuoWYOl1BEGbAG&#10;o9cyGg+Hs6jRkBnQXFiLu6vWSJchfp4L7p7y3ApHZEqxNhf+EP5b/4+WC5YUwExZ8a4M9oEqalYp&#10;THoKtWKOkR1Ub0LVFQdtde4GXNeRzvOKi9ADdjMaXnWzBr0zoZciaQpzogmpveLpw2H5434N5sU8&#10;Q1s9wgfNf1vkJWpMkVza/bo4Ox9yqP0hbIIcAqPHE6Pi4AjHzdF8GM/jr5RwtMXxTUc4L3Eqbw7x&#10;8vu/jkUsaVOGwk6FNAaVY8/k2P8j56VkRgTOrW/+GUiVpXQ6pkSxGgW87rSCO8iRT45enr9uZTsq&#10;32VnOh3NWsm9S9BoPA8EnTplCd9ZtxY6EM32D9a1gs16xMoe8YPqIaDsveBlELyjBAUPlKDgt212&#10;w5w/56fnIWnOk/J7td6LjQ5WdzUlLO1slerSy896cjOjpJcB+rYeCHwalFQLQmrEl81J5auI48kk&#10;3COrZZXdV1L6KiwU2zsJZM/8LQ6f7wMjvHIzYN2K2bL1C6bOTaogZ5u00/FT2+rsiMNtcJwptX92&#10;DAQl8odC+fh3ogfQg20PwMk7HV6TQBDm3Bx+MTDEp0+pw8k+6l5FLOmH5ls/+fqTSn/bOZ1XfqKo&#10;6L6iboGKDihcfESvXpbLdfA6P6XLvwAAAP//AwBQSwMEFAAGAAgAAAAhAIaSY7raAAAAAwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdpGrRmE0pRT0VwVYQb9PsNAnNzobsNkn/&#10;vaMXvTwY3uO9b/Ll5Fo1UB8azwbSWQKKuPS24crAx+7l5gFUiMgWW89k4EwBlsXlRY6Z9SO/07CN&#10;lZISDhkaqGPsMq1DWZPDMPMdsXgH3zuMcvaVtj2OUu5aPU+ShXbYsCzU2NG6pvK4PTkDryOOq9v0&#10;edgcD+vz1+7+7XOTkjHXV9PqCVSkKf6F4Qdf0KEQpr0/sQ2qNSCPxF8Vb754TEHtJXQHusj1f/bi&#10;GwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALPpTopwAgAAkgUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIaSY7raAAAAAwEAAA8AAAAAAAAAAAAA&#10;AAAAygQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
+                <v:shape id="Graphic 42" o:spid="_x0000_s1027" style="position:absolute;top:44;width:17087;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1708785,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAKBCSfwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8ITeulkXu5StUaQg9mhVPD83z2Rx87Juoq7/3hQKHoeZ+YaZzgfXiiv1ofGsYJzlIIhr&#10;rxs2Cnbb5fsniBCRNbaeScGdAsxnry9TrLS/8S9dN9GIBOFQoQIbY1dJGWpLDkPmO+LkHX3vMCbZ&#10;G6l7vCW4a2WR56V02HBasNjRt6X6tLk4BU17PxxXB7e3Z/Nh/HpSXsrirNTbaFh8gYg0xGf4v/2j&#10;FUwK+PuSfoCcPQAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAKBCSfwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l1708396,e" filled="f" strokeweight=".24536mm">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B1C1A36" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="3BECCC40" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA" w:rsidP="009C63FA">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:ind w:left="8643"/>
+        <w:pStyle w:val="af0"/>
+        <w:ind w:left="8254"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>(қолы)</w:t>
+        <w:t>(подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50263586" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00292B6A">
+    <w:p w14:paraId="765C39C1" w14:textId="279D8BD6" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="3BE8289F" w14:textId="77777777" w:rsidR="009C63FA" w:rsidRDefault="009C63FA"/>
+    <w:p w14:paraId="12889A40" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3"/>
+    <w:p w14:paraId="7E9E759F" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="6481" w:right="378"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20134A2D" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+      <w:pPr>
+        <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6481" w:right="376"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>назначения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>должности, освобождения от должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F116C1A" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+      <w:pPr>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6829" w:right="681" w:hanging="42"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>государственных организаций образования Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FDD291E" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="18"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E9115AD" w14:textId="77777777" w:rsidR="00292B6A" w:rsidRDefault="00292B6A" w:rsidP="00505629">
+    <w:p w14:paraId="227F387F" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
       <w:pPr>
-        <w:spacing w:before="68" w:line="244" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:sz w:val="16"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="144"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>стажем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="61692306" w14:textId="7F25014C" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="05A71664" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
       <w:pPr>
-        <w:spacing w:before="68" w:line="244" w:lineRule="auto"/>
-[...179 lines deleted...]
-        <w:spacing w:before="8"/>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="761619B3" wp14:editId="48E4DCEA">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1163329F" wp14:editId="2599B31D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>541019</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>166807</wp:posOffset>
+                  <wp:posOffset>164926</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6571615" cy="1270"/>
+                <wp:extent cx="6282055" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="1" name="Graphic 1"/>
+                <wp:docPr id="2" name="Graphic 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6571615" cy="1270"/>
+                          <a:ext cx="6282055" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="6571615">
+                            <a:path w="6282055">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="6571244" y="0"/>
+                                <a:pt x="6281593" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
-              <v:shape w14:anchorId="2E7ADCEB" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.6pt;margin-top:13.15pt;width:517.45pt;height:.1pt;z-index:-251659776;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6571615,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSK5H2FAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06CNmmNOMXQoMOA&#10;oivQDDsrshwbk0WNVOLk70fJcZJ1t2E+CJT4RD7yUV48HFor9gapAVfIyWgshXEaysZtC/l9/fTp&#10;TgoKypXKgjOFPBqSD8uPHxadz80UarClQcFBHOWdL2Qdgs+zjHRtWkUj8MaxswJsVeAtbrMSVcfR&#10;W5tNx+NZ1gGWHkEbIj5d9U65TPGryujwrarIBGELydxCWjGtm7hmy4XKt6h83egTDfUPLFrVOE56&#10;DrVSQYkdNn+FahuNQFCFkYY2g6pqtEk1cDWT8btq3mrlTaqFm0P+3Cb6f2H1y/7Nv2KkTv4Z9E/i&#10;jmSdp/zsiRs6YQ4VthHLxMUhdfF47qI5BKH5cHY7n8wmt1Jo9k2m89TkTOXDXb2j8MVAiqP2zxR6&#10;DcrBUvVg6YMbTGQlo4Y2aRikYA1RCtZw02voVYj3Irloiu5CJJ61sDdrSN7wjjlTu3itu0bFUqY3&#10;N1IMVTK2R7AR03CveiOlZvu6OOsii/n97C6NBoFtyqfG2siCcLt5tCj2Kg5m+mIdHOEPmEcKK0V1&#10;j0uuE8y6k069NFGkDZTHVxQdT3Mh6ddOoZHCfnU8LnH0BwMHYzMYGOwjpAeSGsQ514cfCr2I6QsZ&#10;WNkXGIZR5YNosfQzNt508HkXoGqiommGekanDU9wKvD02uITud4n1OWfsPwNAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDwVyQZ3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8uQWU&#10;DUHKxhg9eITdGL3N0hGIdMrSsov/3nLS45v38t43xW4xgzjT5HrLCuJNBIK4sbrnVsFh/3qXgXAe&#10;WeNgmRT8kINdeX1VYK7thSs6174VoYRdjgo678dcStd0ZNBt7EgcvC87GfRBTq3UE15CuRlkEkVb&#10;abDnsNDhSM8dNd/1bBS8fKT0tq8+R/OQDfMJ64pP74tStzfL0yMIT4v/C8OKH9ChDExHO7N2YlCQ&#10;pUlIKki29yBWP06iGMRxvaQgy0L+/6D8BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJIr&#10;kfYUAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APBXJBncAAAACQEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" path="m,l6571244,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="6959540B" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.6pt;margin-top:13pt;width:494.65pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6282055,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlk5OyFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04yJG2NOMXQoMOA&#10;oivQFDsrshwbk0WNVOLk70fJcZJ1t2E+CJT4RD7yUV7cH1or9gapAVfIyWgshXEaysZtC/m2fvx0&#10;KwUF5UplwZlCHg3J++XHD4vO52YKNdjSoOAgjvLOF7IOwedZRro2raIReOPYWQG2KvAWt1mJquPo&#10;rc2m4/E86wBLj6ANEZ+ueqdcpvhVZXT4XlVkgrCFZG4hrZjWTVyz5ULlW1S+bvSJhvoHFq1qHCc9&#10;h1qpoMQOm79CtY1GIKjCSEObQVU12qQauJrJ+F01r7XyJtXCzSF/bhP9v7D6ef/qXzBSJ/8E+idx&#10;R7LOU372xA2dMIcK24hl4uKQung8d9EcgtB8OJ/eTsezmRSafZPpTWpypvLhrt5R+GogxVH7Jwq9&#10;BuVgqXqw9MENJrKSUUObNAxSsIYoBWu46TX0KsR7kVw0RXchEs9a2Js1JG94x5ypXbzWXaO4lMns&#10;7rMUQ5WM7RFsxDTcq95Iqdm+Ls66yOLmbn6bRoPANuVjY21kQbjdPFgUexUHM32xDo7wB8wjhZWi&#10;uscl1wlm3UmnXpoo0gbK4wuKjqe5kPRrp9BIYb85Hpc4+oOBg7EZDAz2AdIDSQ3inOvDD4VexPSF&#10;DKzsMwzDqPJBtFj6GRtvOviyC1A1UdE0Qz2j04YnOBV4em3xiVzvE+ryT1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAEqSccNwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/EMAyE70j8h8hI3NiE&#10;wj4oTVcrJOCIWBBwTBvTVjRO1aQP+PW4Jzh6ZjT+JtvPrhUj9qHxpOFypUAgld42VGl4fbm/2IEI&#10;0ZA1rSfU8I0B9vnpSWZS6yd6xvEYK8ElFFKjoY6xS6UMZY3OhJXvkNj79L0zkc++krY3E5e7ViZK&#10;baQzDfGH2nR4V2P5dRychp/to7VxOEzh4enm7WosPtQ7eq3Pz+bDLYiIc/wLw4LP6JAzU+EHskG0&#10;GnbrhJMakg1PWny1vV6DKBYlAZln8v+C/BcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDl&#10;k5OyFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQASpJxw3AAAAAkBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6281593,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="660D6DCF" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="76129AEB" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
       <w:pPr>
-        <w:spacing w:before="41"/>
-        <w:ind w:left="268" w:right="376"/>
+        <w:spacing w:before="36"/>
+        <w:ind w:left="271" w:right="376"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>(Т.Ә.А.</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-3"/>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>(бар</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-3"/>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>болса))</w:t>
+        <w:t>наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C3A89F3" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="42CE2A19" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="39" w:after="1"/>
+        <w:pStyle w:val="af0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A31DD51" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="34"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3687"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="4254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00505629" w14:paraId="77EBC4C5" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="007434C3" w14:paraId="6611EEE6" w14:textId="77777777" w:rsidTr="00491762">
         <w:trPr>
-          <w:trHeight w:val="410"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CCAEA65" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="66045D44" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="167"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F8F0A97" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...3 lines deleted...]
-              <w:ind w:left="410"/>
+          <w:p w14:paraId="507AE8D2" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="695"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D964441" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...3 lines deleted...]
-              <w:ind w:left="1187"/>
+          <w:p w14:paraId="1642A871" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="410"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>Растайтын</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1644BCF6" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="1341"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(от</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-              <w:t>құжат</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>30)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007434C3" w14:paraId="50086874" w14:textId="77777777" w:rsidTr="00491762">
+        <w:trPr>
+          <w:trHeight w:val="844"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5906DCF9" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68C56620" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...81 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="77581A1D" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>дейін)</w:t>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09EECCB0" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="292F430C" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="268" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техническое и профессиональное – 1 балл </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Высшее </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-21"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="152BE54D" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>отличием</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00505629" w14:paraId="0AD579EB" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="007434C3" w14:paraId="3AF1875C" w14:textId="77777777" w:rsidTr="00491762">
         <w:trPr>
-          <w:trHeight w:val="779"/>
+          <w:trHeight w:val="1243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AE8B008" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="6D9C0DCB" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BB5DD20" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...20 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="16CA14EB" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>деңгейі</w:t>
+              <w:t>Ученое</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>звание/ученая степень/степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AF0F3A2" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...63 lines deleted...]
-              <w:t>дипломға қосымшаның көшірмелері</w:t>
+          <w:p w14:paraId="61912BB3" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Копии диплома об образовании и приложения к диплому/аттестат о </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>присвоении ученого звания/ученой степени/степени</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18BF73FB" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...47 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="194651F0" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="19"/>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">балл </w:t>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39C22AD8" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>наук,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>PhD,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жоғары </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>профилю</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="26"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
+                <w:spacing w:val="-27"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>2 балл</w:t>
-[...31 lines deleted...]
-                <w:spacing w:val="9"/>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68F28552" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагогическому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>направлению</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="7"/>
-[...22 lines deleted...]
-              <w:t>балл</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00505629" w14:paraId="0AE7AC7A" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="007434C3" w14:paraId="47107AF0" w14:textId="77777777" w:rsidTr="00491762">
         <w:trPr>
-          <w:trHeight w:val="1123"/>
+          <w:trHeight w:val="2687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AB2EB50" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="5EE2B5D4" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CFA25B7" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...38 lines deleted...]
-              <w:t>ғылыми дәрежесі/ дәрежесі</w:t>
+          <w:p w14:paraId="3A6664F3" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2385CC87" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Білімі туралы дипломның және дипломға </w:t>
+          <w:p w14:paraId="053B9D71" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Удостоверение,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>қосымшаның</w:t>
-[...93 lines deleted...]
-              <w:t>аттестат</w:t>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F041203" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...28 lines deleted...]
-                <w:spacing w:val="9"/>
+          <w:p w14:paraId="5B139F63" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="8"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AD680AB" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="266" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="1136"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог-модератор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="140"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-19"/>
+                <w:w w:val="140"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла педагог-эксперт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="155"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-25"/>
+                <w:w w:val="155"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">баллов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-исследователь – 7 баллов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог-мастер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-28"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3212E295" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>третьей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="198B4C64" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...27 lines deleted...]
-              <w:t>бойынша</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категории</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>докторы</w:t>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов, заместитель руководителя второй</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FFE5F23" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="198" w:lineRule="exact"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категории</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-29"/>
-[...41 lines deleted...]
-                <w:spacing w:val="14"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C948E25" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>первой</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A1DDF68" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="12"/>
-[...22 lines deleted...]
-              <w:t>балл</w:t>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00505629" w14:paraId="7A335BBA" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="007434C3" w14:paraId="3CFCC3DB" w14:textId="77777777" w:rsidTr="00491762">
         <w:trPr>
-          <w:trHeight w:val="2433"/>
+          <w:trHeight w:val="2851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74D0892D" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="5E492114" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F2B80C6" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...3 lines deleted...]
-              <w:ind w:left="33"/>
+          <w:p w14:paraId="3686D894" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="143"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Біліктілік</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>Опыт</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E2F7736" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>санаты</w:t>
+              <w:t>административной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42F82ED4" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...26 lines deleted...]
-              <w:t>құжат</w:t>
+          <w:p w14:paraId="2DFD3D77" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="858"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Трудовая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заменяющий трудовую </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46296171" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...21 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="672BD8F7" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Методист,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>двух</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="182F7AA9" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Методист,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">четырех </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="12"/>
-[...42 lines deleted...]
-                <w:spacing w:val="-2"/>
+                <w:spacing w:val="-1"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Педагог-сарапшы</w:t>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="708173B1" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Заместитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>директора</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
-                <w:w w:val="110"/>
-[...7 lines deleted...]
-                <w:w w:val="145"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">менее двух лет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-21"/>
-[...11 lines deleted...]
-              <w:t>5</w:t>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балла;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31404663" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Заместитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
-                <w:w w:val="110"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">должности </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">более двух лет </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-29"/>
+                <w:spacing w:val="-12"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:w w:val="110"/>
-[...59 lines deleted...]
-              <w:t>біліктілік</w:t>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09D90BD3" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>двух</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66A7588B" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="7"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">санатты </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">орынбасары </w:t>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>четырех</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лет </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>–</w:t>
-[...230 lines deleted...]
-              <w:t>балл</w:t>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00505629" w14:paraId="3B33D058" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="007434C3" w14:paraId="2F4013C3" w14:textId="77777777" w:rsidTr="00491762">
         <w:trPr>
-          <w:trHeight w:val="3088"/>
+          <w:trHeight w:val="984"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F52F345" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="47F28FF6" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C4B6BEB" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...64 lines deleted...]
-              <w:t>жұмыс тәжірибесі</w:t>
+          <w:p w14:paraId="3F899D52" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="119"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рекомендательное </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>предыдущего места работы (по должности педагога)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06B1CB87" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...61 lines deleted...]
-              <w:t>алмастыратын басқа да құжат</w:t>
+          <w:p w14:paraId="1D651B2C" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (по должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагога</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>предыдущего места работы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DD9B2B0" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...2 lines deleted...]
-              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+          <w:p w14:paraId="4AD02C4B" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Әдіскер,</w:t>
-[...41 lines deleted...]
-              <w:t xml:space="preserve">өтілі </w:t>
+              <w:t xml:space="preserve">Наличие положительного рекомендательного </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>кемінде</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-14"/>
+              <w:t xml:space="preserve">письма </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...700 lines deleted...]
-              <w:t>балл</w:t>
+              <w:t>3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00505629" w14:paraId="1592B3CB" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="007434C3" w14:paraId="48E1EDAA" w14:textId="77777777" w:rsidTr="00491762">
         <w:trPr>
-          <w:trHeight w:val="969"/>
+          <w:trHeight w:val="2812"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DCC989C" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...14 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w14:paraId="4842E380" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="124"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>6*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D076DF1" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="491E802A" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>лауазымы</w:t>
-[...19 lines deleted...]
-              <w:t>ұсыным хат</w:t>
+              <w:t xml:space="preserve">Показатели профессиональных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>достижений (за последние 3 года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61118526" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...12 lines deleted...]
-              <w:t>Ұсыным</w:t>
+          <w:p w14:paraId="32279CDB" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="205"/>
+              </w:tabs>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="327" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>хат</w:t>
+              <w:t>грамоты</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>(педагог</w:t>
-[...12 lines deleted...]
-              <w:t>лауазымы</w:t>
+              <w:t>победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34B94FFB" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="205"/>
+              </w:tabs>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="327" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>бойынша соңғы жұмыс орнынан)</w:t>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="443E2288" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="205"/>
+              </w:tabs>
+              <w:spacing w:before="20"/>
+              <w:ind w:left="205" w:hanging="114"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="782DF165" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...60 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1EBF86C9" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="244"/>
+              </w:tabs>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="313" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>призеры</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>городских/районных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="5"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34A29C85" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>областных -1 балл, республиканских</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>международных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="120"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="120"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="5"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D5B6970" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="244"/>
+              </w:tabs>
+              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="272" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>проектов:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>городской/районный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>областной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16E8E6B3" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>республиканский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– 2 балла, международный – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FE721E9" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="244"/>
+              </w:tabs>
+              <w:spacing w:before="15" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="404" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Лучший</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
               <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="610CF362" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="244"/>
+              </w:tabs>
+              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="565" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Лучший</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00505629" w14:paraId="3DFD1195" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="007434C3" w14:paraId="781AC372" w14:textId="77777777" w:rsidTr="00491762">
         <w:trPr>
-          <w:trHeight w:val="2651"/>
+          <w:trHeight w:val="784"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38082F37" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...14 lines deleted...]
-              <w:t>6*</w:t>
+          <w:p w14:paraId="1E675E4A" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D081ADC" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...52 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7E98F3F4" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>жетістіктерінің</w:t>
-[...10 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Общественно- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогическая </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>көрсеткіштері</w:t>
+              <w:t>деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04F31B0D" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
-[...14 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4CD3C4E3" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="661"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документ, подтверждающий </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>олимпиадалар</w:t>
-[...173 lines deleted...]
-              <w:t>дипломдары, грамоталары</w:t>
+              <w:t>общественно-педагогическую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D04267F" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
-[...14 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="73350C02" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Наставник</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>қалалық/аудандық</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="551A96DF" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Руководитель</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>методического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>объединения</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>олимпиадалар</w:t>
-[...32 lines deleted...]
-              <w:t>жеңімпаздары</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>–</w:t>
-[...225 lines deleted...]
-              <w:t xml:space="preserve">облыстық – 1 балл, республикалық – 2 </w:t>
+              <w:t xml:space="preserve">2 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл,</w:t>
-[...486 lines deleted...]
-              <w:t>балл;</w:t>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0921BB12" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="35C8F5D5" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:spacing w:line="244" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00505629" w:rsidSect="00292B6A">
+        <w:sectPr w:rsidR="007434C3" w:rsidSect="009C63FA">
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="567" w:right="425" w:bottom="787" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="580" w:right="425" w:bottom="142" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3687"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="4254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00505629" w14:paraId="66494AF0" w14:textId="77777777" w:rsidTr="00491762">
+      <w:tr w:rsidR="007434C3" w14:paraId="5A77CA4B" w14:textId="77777777" w:rsidTr="00491762">
         <w:trPr>
-          <w:trHeight w:val="436"/>
+          <w:trHeight w:val="309"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E125264" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="798BCB4F" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="0" w:right="113"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FEFB0A7" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...3 lines deleted...]
-              <w:ind w:left="410"/>
+          <w:p w14:paraId="03039B3A" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="671"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Өлшемшарттар</w:t>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3958C6EB" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...3 lines deleted...]
-              <w:ind w:left="1187"/>
+          <w:p w14:paraId="3C66A78F" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="341"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Растайтын</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4936E83A" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="1276"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(от 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007434C3" w14:paraId="332D51CE" w14:textId="77777777" w:rsidTr="00491762">
+        <w:trPr>
+          <w:trHeight w:val="11473"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40987530" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="0" w:right="145"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>8**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D49964" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E0D5AD4" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="205"/>
+              </w:tabs>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="890" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61627E7C" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="205"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="910" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">цифровую </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A9B4479" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="205"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="522" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>QAZAQ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>RESMI- TEST;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="519E9F3C" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="205"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="634" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по программам «Основы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D4FB35D" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>программирования в Python»,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05A0C637" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Обучение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microsoft» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03E0CDC7" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>құжат</w:t>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6242FBB2" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EBEC28A" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="373A1109" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CELT-P (Certificate in English Language Teaching </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Primary) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">English </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to Speakers of Other Languages) CELT-S (Certificate in English Language Teaching </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49AC4522" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«TKT Teaching Knowledge Test» Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70E51266" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EFFC639" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«TESOL» Certificate in teaching English for young learners International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5564333A" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="797"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>IHCYLT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="000E0C98" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="67"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Becoming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Better</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teacher:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exploring Professional Development Assessment for Learning: Formative Assessment in Science and Maths </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3605D280" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="661"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Online</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educators: Development and Delivery Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18694395" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Key</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ideas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mentoring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematics </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19526C65" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A151A30" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="858"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="669A5F74" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Special</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B4CD1F0" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Developing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>expertise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">teaching </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DD3ED74" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...3 lines deleted...]
-              <w:ind w:left="284"/>
+          <w:p w14:paraId="5D1EB422" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по программам, согласованным с уполномоченным</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>органом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>области</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DF17548" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>образования, реализуемым организациями повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(каждый </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007434C3" w14:paraId="2FACEFBA" w14:textId="77777777" w:rsidTr="00491762">
+        <w:trPr>
+          <w:trHeight w:val="309"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2770" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA80F0B" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="0" w:right="292"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...66 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>дейін)</w:t>
-[...27 lines deleted...]
-              <w:t>8**</w:t>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
-[...1762 lines deleted...]
-            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:tcW w:w="7656" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="75B45F9B" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
-[...26 lines deleted...]
-          <w:p w14:paraId="23C4BCFD" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00491762">
+          <w:p w14:paraId="06561694" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="00491762">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1B072A7F" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="187582BF" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="18"/>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="164"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CF615BC" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="6F259A7F" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
       <w:pPr>
+        <w:spacing w:before="1" w:line="207" w:lineRule="exact"/>
         <w:ind w:left="144"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>ЕСКЕРТПЕ:</w:t>
+        <w:t>ПРИМЕЧАНИЕ:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07ACD811" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="10A4F46C" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
       <w:pPr>
-        <w:spacing w:before="5"/>
+        <w:spacing w:line="207" w:lineRule="exact"/>
         <w:ind w:left="144"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:spacing w:val="-11"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...1 lines deleted...]
-        <w:t>6-тармақта</w:t>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>пункте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>учитывается</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>призеры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>последние</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(три)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>каждому</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>уровню</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2341977F" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="270"/>
+        </w:tabs>
+        <w:spacing w:before="7" w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="249" w:firstLine="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(городской/районный) олимпиад и конкурсов – 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов – 1 балла, республиканских</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>– 2 балла, международных – 3 балла;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="265DA8D2" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="268"/>
+        </w:tabs>
+        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="250" w:firstLine="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">научных проектов: городской/районный – 1 балл, областной – 1 балл, республиканский – 2 балла, международный – 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балла</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>соответственно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72225747" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="253"/>
+        </w:tabs>
+        <w:spacing w:before="2" w:line="201" w:lineRule="exact"/>
+        <w:ind w:left="253" w:hanging="109"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>призеры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>республиканских</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>олимпиад</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>конкурсов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="42"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A7B3A93" w14:textId="77777777" w:rsidR="007434C3" w:rsidRDefault="007434C3" w:rsidP="007434C3">
+      <w:pPr>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">** В 8 пункте учитываются </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сертификаты организаций курсов повышения квалификации, согласованные с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>уполномоченным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>органом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>реализуемым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организациями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>повышения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">квалификации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">последние </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(три)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="160"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-26"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>0,5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>каждый</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>отдельно).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B31D4F7" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="007434C3">
+      <w:pPr>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19686274" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="007434C3">
+      <w:pPr>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D1A769A" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="007434C3">
+      <w:pPr>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22182297" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="007434C3">
+      <w:pPr>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E506C8E" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="007434C3">
+      <w:pPr>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5544B30F" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="007434C3">
+      <w:pPr>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64B7F02F" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="007434C3">
+      <w:pPr>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1010CE6B" w14:textId="77777777" w:rsidR="00647155" w:rsidRPr="00647155" w:rsidRDefault="00647155" w:rsidP="00647155">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="84"/>
+        <w:ind w:left="6409" w:right="592"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647155">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647155">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647155">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FCBA5E7" w14:textId="77777777" w:rsidR="00647155" w:rsidRPr="00647155" w:rsidRDefault="00647155" w:rsidP="00647155">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="6409" w:right="590"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647155">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647155">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647155">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647155">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647155">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>назначения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647155">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647155">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647155">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647155">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>должности, освобождения от должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A8703F" w14:textId="77777777" w:rsidR="00647155" w:rsidRPr="00647155" w:rsidRDefault="00647155" w:rsidP="00647155">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6757" w:right="895" w:hanging="47"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647155">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647155">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственных организаций образования Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42E71F4A" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="00647155">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37A84435" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="00647155">
+      <w:pPr>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="168"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D4D756D" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="00647155">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:spacing w:val="-8"/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...1 lines deleted...]
-        <w:t>жеңімпаздар</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>без</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:spacing w:val="-10"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...1 lines deleted...]
-        <w:t>санына</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>стажа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:spacing w:val="-8"/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t>қарамастан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...1 lines deleted...]
-        <w:t>,</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:spacing w:val="-10"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...1 lines deleted...]
-        <w:t>соңғы</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:spacing w:val="-11"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...1 lines deleted...]
-        <w:t>3</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:spacing w:val="-11"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...1 lines deleted...]
-        <w:t>(үш)</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>временно</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
-          <w:spacing w:val="-10"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="19"/>
-[...1 lines deleted...]
-        <w:t>жылдағы</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CE9C6F1" w14:textId="77777777" w:rsidR="00505629" w:rsidRDefault="00505629" w:rsidP="00505629">
+    <w:p w14:paraId="2F9EBE13" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="00647155">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...722 lines deleted...]
-        <w:spacing w:before="11"/>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="784C50FD" wp14:editId="22CBE85B">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04C3F38F" wp14:editId="6C636B1F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>690372</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>168663</wp:posOffset>
+                  <wp:posOffset>164974</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6290310" cy="1270"/>
+                <wp:extent cx="6282055" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="2012884234" name="Graphic 1"/>
+                <wp:docPr id="1135118476" name="Graphic 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6290310" cy="1270"/>
+                          <a:ext cx="6282055" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="6290310">
+                            <a:path w="6282055">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="6289773" y="0"/>
+                                <a:pt x="6281593" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
-              <v:shape w14:anchorId="379B70E6" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:54.35pt;margin-top:13.3pt;width:495.3pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6290310,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDm3BAyFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRQ4CbiKcpoO3TTp&#10;dDvpmPYc0pRWS+PMDhT+/ZyUAru9TetD5MRf7M/+nC4fjq0VB4PUgCvkZDSWwjgNZeN2hfy+efq0&#10;kIKCcqWy4EwhT4bkw+rjh2XnczOFGmxpUHAQR3nnC1mH4PMsI12bVtEIvHHsrABbFXiLu6xE1XH0&#10;1mbT8XiWdYClR9CGiE/XvVOuUvyqMjp8qyoyQdhCMreQVkzrNq7ZaqnyHSpfN/pMQ/0Di1Y1jpNe&#10;Qq1VUGKPzV+h2kYjEFRhpKHNoKoabVINXM1k/K6at1p5k2rh5pC/tIn+X1j9cnjzrxipk38G/ZO4&#10;I1nnKb944obOmGOFbcQycXFMXTxdumiOQWg+nE3vx3cTbrZm32Q6T03OVD7c1XsKXwykOOrwTKHX&#10;oBwsVQ+WPrrBRFYyamiThkEK1hClYA23vYZehXgvkoum6K5E4lkLB7OB5A3vmDO1q9e6W9Rsurif&#10;z++kGKpkbI9gI6bhXvVGSs32bXHWRRbz+9kijQaBbcqnxtrIgnC3fbQoDioOZvpiHRzhD5hHCmtF&#10;dY9LrjPMurNOvTRRpC2Up1cUHU9zIenXXqGRwn51PC5x9AcDB2M7GBjsI6QHkhrEOTfHHwq9iOkL&#10;GVjZFxiGUeWDaLH0CzbedPB5H6BqoqJphnpG5w1PcCrw/NriE7ndJ9T1n7D6DQAA//8DAFBLAwQU&#10;AAYACAAAACEAGE5Ucd4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG70j8h8hI3FjC&#10;kLquNJ3Q+JC4sTEJjllj2mqNUzVZW/j1uCc4vvaj14/zzeRaMWAfGk8abhcKBFLpbUOVhsP7800K&#10;IkRD1rSeUMM3BtgUlxe5yawfaYfDPlaCSyhkRkMdY5dJGcoanQkL3yHx7sv3zkSOfSVtb0Yud61c&#10;KpVIZxriC7XpcFtjedqfnYan1/FnZd/wcyt35VA9vhw+rD1pfX01PdyDiDjFPxhmfVaHgp2O/kw2&#10;iJazSleMalgmCYgZUOv1HYjjPElBFrn8/0LxCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AObcEDIVAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhABhOVHHeAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6289773,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="2797305F" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:54.35pt;margin-top:13pt;width:494.65pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6282055,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlk5OyFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04yJG2NOMXQoMOA&#10;oivQFDsrshwbk0WNVOLk70fJcZJ1t2E+CJT4RD7yUV7cH1or9gapAVfIyWgshXEaysZtC/m2fvx0&#10;KwUF5UplwZlCHg3J++XHD4vO52YKNdjSoOAgjvLOF7IOwedZRro2raIReOPYWQG2KvAWt1mJquPo&#10;rc2m4/E86wBLj6ANEZ+ueqdcpvhVZXT4XlVkgrCFZG4hrZjWTVyz5ULlW1S+bvSJhvoHFq1qHCc9&#10;h1qpoMQOm79CtY1GIKjCSEObQVU12qQauJrJ+F01r7XyJtXCzSF/bhP9v7D6ef/qXzBSJ/8E+idx&#10;R7LOU372xA2dMIcK24hl4uKQung8d9EcgtB8OJ/eTsezmRSafZPpTWpypvLhrt5R+GogxVH7Jwq9&#10;BuVgqXqw9MENJrKSUUObNAxSsIYoBWu46TX0KsR7kVw0RXchEs9a2Js1JG94x5ypXbzWXaO4lMns&#10;7rMUQ5WM7RFsxDTcq95Iqdm+Ls66yOLmbn6bRoPANuVjY21kQbjdPFgUexUHM32xDo7wB8wjhZWi&#10;uscl1wlm3UmnXpoo0gbK4wuKjqe5kPRrp9BIYb85Hpc4+oOBg7EZDAz2AdIDSQ3inOvDD4VexPSF&#10;DKzsMwzDqPJBtFj6GRtvOviyC1A1UdE0Qz2j04YnOBV4em3xiVzvE+ryT1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAHw65JtwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7EMAyE70i8Q2QkbmxC&#10;kXa7pelqhQQcEQsCjmlj2orGqZr0B54e9wQ3jz0af5MfFteJCYfQetJwvVEgkCpvW6o1vL7cX6Ug&#10;QjRkTecJNXxjgENxfpabzPqZnnE6xVpwCIXMaGhi7DMpQ9WgM2HjeyS+ffrBmchyqKUdzMzhrpOJ&#10;UlvpTEv8oTE93jVYfZ1Gp+Fn92htHI9zeHjav91M5Yd6R6/15cVyvAURcYl/ZljxGR0KZir9SDaI&#10;jrVKd2zVkGy502pQ+5Snct0kIItc/q9Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDl&#10;k5OyFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAfDrkm3AAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6281593,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="785A1645" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="00DB4915">
+    <w:p w14:paraId="77EEB2D2" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="00647155">
       <w:pPr>
-        <w:spacing w:before="40"/>
-        <w:ind w:left="343" w:right="590"/>
+        <w:spacing w:before="39"/>
+        <w:ind w:left="341" w:right="590"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t>(Т.Ә.А.</w:t>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t>(бар</w:t>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>его</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t>болса))</w:t>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33153C52" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="00DB4915">
+    <w:p w14:paraId="1B4F0CEA" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="00647155">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:pStyle w:val="af0"/>
+        <w:spacing w:before="2" w:after="1"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="3688"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB4915" w14:paraId="2CDD38C7" w14:textId="77777777" w:rsidTr="001E724C">
+      <w:tr w:rsidR="00647155" w14:paraId="462CFDF8" w14:textId="77777777" w:rsidTr="001E724C">
         <w:trPr>
-          <w:trHeight w:val="412"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50B7D4F4" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="42AF32C4" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="0" w:right="174"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37717333" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
-[...3 lines deleted...]
-              <w:ind w:left="1086"/>
+          <w:p w14:paraId="563B672A" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="0" w:right="1"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Өлшемшарттар</w:t>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="165D4E36" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
-[...3 lines deleted...]
-              <w:ind w:left="520"/>
+          <w:p w14:paraId="3FF1878E" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="129"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Растайтын</w:t>
+              <w:t>Подтверждающий</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-10"/>
+                <w:spacing w:val="24"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-4"/>
-[...2 lines deleted...]
-              <w:t>құжат</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="148E2990" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
-[...3 lines deleted...]
-              <w:ind w:left="509"/>
+          <w:p w14:paraId="2FEA2F80" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="1058"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Балл</w:t>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00647155" w14:paraId="3504F2FC" w14:textId="77777777" w:rsidTr="001E724C">
+        <w:trPr>
+          <w:trHeight w:val="1122"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4717DCF9" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79851A0A" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0244ECD2" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="93" w:right="293"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>приложения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="293DD915" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техническое и профессиональное – 1 балл Техническое и профессиональное с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">отличием </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-21"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44BDB53A" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CDE3E33" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>отличием</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00647155" w14:paraId="30EC663A" w14:textId="77777777" w:rsidTr="001E724C">
+        <w:trPr>
+          <w:trHeight w:val="1125"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19EA79D4" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53506A0B" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ученое</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>звание/ученая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>степень/степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F011265" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="93" w:right="293"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>приложения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>к диплому/аттестат о присвоении ученого</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="772B83D4" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="201" w:lineRule="exact"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>звания/ученой</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>степени/степени</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B6D65BC" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EE4B1BF" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>наук,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PhD,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по профилю - 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="768394B2" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="63"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>педагогическому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">направлению </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00647155" w14:paraId="298CC6B1" w14:textId="77777777" w:rsidTr="001E724C">
+        <w:trPr>
+          <w:trHeight w:val="712"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="781A98C2" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F633494" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="1024"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE4CD0A" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="639A9FBE" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="155"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-26"/>
+                <w:w w:val="155"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DEF352F" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>60-80</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CD81AE7" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>80-100%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00647155" w14:paraId="67408232" w14:textId="77777777" w:rsidTr="001E724C">
+        <w:trPr>
+          <w:trHeight w:val="782"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18AF45AD" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1710BB5E" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="1024"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогической/ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>профессиональной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>практики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F0BD7E" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">об </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69A27B63" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«3»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19648578" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«4»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-24"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="406113C7" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«5»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-24"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00647155" w14:paraId="190612A1" w14:textId="77777777" w:rsidTr="001E724C">
+        <w:trPr>
+          <w:trHeight w:val="527"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30CFAE41" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5CB148" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="486"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">места </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4109DD70" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3280FA10" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>письма – 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00647155" w14:paraId="10A73645" w14:textId="77777777" w:rsidTr="001E724C">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="190563A9" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="224"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ECD1492" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Участие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>волонтерской</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9B1E80" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05EDD8EA" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00647155" w14:paraId="380A7301" w14:textId="77777777" w:rsidTr="001E724C">
+        <w:trPr>
+          <w:trHeight w:val="1125"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79D99D73" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="0" w:right="224"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C7A414F" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ведение странички интернета, социальных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>сетей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>публикацией</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>о педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69284957" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="486"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(публикации авторских</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>проектов, уроки, семинары))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4992800C" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ссылки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1447265A" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>года</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="089703F2" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="247F05B3" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="140"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:w w:val="140"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00647155" w14:paraId="5C799E18" w14:textId="77777777" w:rsidTr="001E724C">
+        <w:trPr>
+          <w:trHeight w:val="297"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03EAB214" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="224"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DBE4C08" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Участие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>летних</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лагерей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6877B388" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="532F666F" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00647155" w14:paraId="08253B01" w14:textId="77777777" w:rsidTr="001E724C">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40B2DC87" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="198"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28C310C5" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Участие в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсах</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по месту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>учебы (научных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>проектов,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>творческих</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>др.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E67145B" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3384C924" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>За</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>каждое</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>участие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>но</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00647155" w14:paraId="089C5B11" w14:textId="77777777" w:rsidTr="001E724C">
+        <w:trPr>
+          <w:trHeight w:val="4437"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17554F6F" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0" w:right="168"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ED52666" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="71"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>сандары</w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-1"/>
-[...27 lines deleted...]
-              <w:t>30-ға</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> дейін)</w:t>
+              <w:t xml:space="preserve"> сертификатов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="122EDF10" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>QAZAQ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>RESMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEST;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B3031A5" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Goe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat, обучение по программам «Основы программирования в Python»,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72ED4FB2" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2" w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«Обучение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="151747D1" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="392AE2FC" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D52B104" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="285DCDA2" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31A677E6" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-26"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A52874C" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="71" w:right="486"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TKT «Teaching Knowledge Test Certificate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a Medium of Instruction)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B1D5929" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other Languages (TESOL)»TESOL»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF2389D" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3688" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A7293C9" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>плюс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(за</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>каждый</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4915" w14:paraId="6BBD808E" w14:textId="77777777" w:rsidTr="001E724C">
+      <w:tr w:rsidR="00647155" w14:paraId="2B5EEDFF" w14:textId="77777777" w:rsidTr="001E724C">
         <w:trPr>
-          <w:trHeight w:val="856"/>
+          <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3DD7FE5D" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
-[...14 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="715E54DE" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="926"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
-[...3548 lines deleted...]
-            <w:tcW w:w="4112" w:type="dxa"/>
+            <w:tcW w:w="6523" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="631465BE" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
-[...25 lines deleted...]
-          <w:p w14:paraId="20900A4F" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="001E724C">
+          <w:p w14:paraId="4AEAC39B" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="001E724C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="26C7DE7A" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="00136731">
+    <w:p w14:paraId="73DD1D8F" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="00647155"/>
+    <w:p w14:paraId="57BD3115" w14:textId="77777777" w:rsidR="00647155" w:rsidRDefault="00647155" w:rsidP="007434C3">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:ind w:left="144" w:right="249"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37222B80" w14:textId="77777777" w:rsidR="00DB4915" w:rsidRDefault="00DB4915" w:rsidP="00136731">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00DB4915" w:rsidSect="00505629">
+    <w:sectPr w:rsidR="00647155" w:rsidSect="00C60E41">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="640" w:right="425" w:bottom="280" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="760" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BF5B989" w14:textId="77777777" w:rsidR="00B774A1" w:rsidRDefault="00B774A1" w:rsidP="00505629">
+    <w:p w14:paraId="6DFF1D46" w14:textId="77777777" w:rsidR="007946B9" w:rsidRDefault="007946B9" w:rsidP="00C60E41">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49C87E7C" w14:textId="77777777" w:rsidR="00B774A1" w:rsidRDefault="00B774A1" w:rsidP="00505629">
+    <w:p w14:paraId="4800A5E0" w14:textId="77777777" w:rsidR="007946B9" w:rsidRDefault="007946B9" w:rsidP="00C60E41">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Microsoft Sans Serif">
     <w:altName w:val="Microsoft Sans Serif"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SimSun">
-[...1 lines deleted...]
-    <w:panose1 w:val="02010600030101010101"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05D1C043" w14:textId="77777777" w:rsidR="00B774A1" w:rsidRDefault="00B774A1" w:rsidP="00505629">
+    <w:p w14:paraId="59D8EB1C" w14:textId="77777777" w:rsidR="007946B9" w:rsidRDefault="007946B9" w:rsidP="00C60E41">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00BE37A7" w14:textId="77777777" w:rsidR="00B774A1" w:rsidRDefault="00B774A1" w:rsidP="00505629">
+    <w:p w14:paraId="7FC1ADA5" w14:textId="77777777" w:rsidR="007946B9" w:rsidRDefault="007946B9" w:rsidP="00C60E41">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="063C5368"/>
-[...114 lines deleted...]
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11A47721"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3DE5084"/>
     <w:lvl w:ilvl="0" w:tplc="2BDE6E72">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="200" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7F9CF91E">
       <w:numFmt w:val="bullet"/>
@@ -17755,51 +17618,51 @@
     <w:lvl w:ilvl="7" w:tplc="598601F8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2832" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="EA382946">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3208" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B9B2157"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="760291A4"/>
     <w:lvl w:ilvl="0" w:tplc="CF5EE6BC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="140" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4978E2D0">
       <w:numFmt w:val="bullet"/>
@@ -17876,51 +17739,51 @@
     <w:lvl w:ilvl="7" w:tplc="23DCFD54">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4997" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="308A995E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5691" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30FC6453"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38C8B6A0"/>
     <w:lvl w:ilvl="0" w:tplc="94D426C8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="91" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="29BA2A30">
       <w:numFmt w:val="bullet"/>
@@ -17997,172 +17860,51 @@
     <w:lvl w:ilvl="7" w:tplc="845E85B6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2404" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3F2E4898">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2733" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...120 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35E42FC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="36EA2FAC"/>
     <w:lvl w:ilvl="0" w:tplc="69E04730">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="140" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4EE052B2">
       <w:numFmt w:val="bullet"/>
@@ -18239,61 +17981,62 @@
     <w:lvl w:ilvl="7" w:tplc="F258CFBE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4997" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="36EA0AB8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5691" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="364A7898"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7BACE056"/>
     <w:lvl w:ilvl="0" w:tplc="ED3CC684">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="23" w:hanging="222"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="65E0DC7A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="442" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -18361,51 +18104,51 @@
     <w:lvl w:ilvl="7" w:tplc="7556C82A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2976" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="AE5481E4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3399" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37CC47D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D52169E"/>
     <w:lvl w:ilvl="0" w:tplc="1D6E6280">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="32" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="376A4DF2">
       <w:numFmt w:val="bullet"/>
@@ -18482,182 +18225,62 @@
     <w:lvl w:ilvl="7" w:tplc="B0CAD864">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2784" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FA680C46">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3176" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-[...120 lines deleted...]
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4325214A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="076C22C0"/>
     <w:lvl w:ilvl="0" w:tplc="77127B4E">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="682" w:hanging="576"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DEFAC164">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1319" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -18725,51 +18348,51 @@
     <w:lvl w:ilvl="7" w:tplc="914C8850">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5159" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E23247A6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5799" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="553A6AD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18FAB35A"/>
     <w:lvl w:ilvl="0" w:tplc="FCEEBFD8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="144" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4EC414DA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1203" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
@@ -18840,182 +18463,62 @@
     <w:lvl w:ilvl="7" w:tplc="9508F97C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7583" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B7CC9ED0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8646" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-[...120 lines deleted...]
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="592D4E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1C180F42"/>
     <w:lvl w:ilvl="0" w:tplc="D608A50A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="32" w:hanging="222"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="14B2741E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="403" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -19083,61 +18586,62 @@
     <w:lvl w:ilvl="7" w:tplc="BAE0BE0C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2585" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8A209398">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2949" w:hanging="222"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C836998"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="888AB71C"/>
     <w:lvl w:ilvl="0" w:tplc="5B6461A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="106" w:hanging="262"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="03A2A940">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="797" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -19205,51 +18709,51 @@
     <w:lvl w:ilvl="7" w:tplc="349CC8B6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4985" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="695AFDA2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5683" w:hanging="262"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D0E7BD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB98ACDE"/>
     <w:lvl w:ilvl="0" w:tplc="44D27BB4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="140" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="121040FC">
       <w:numFmt w:val="bullet"/>
@@ -19326,173 +18830,51 @@
     <w:lvl w:ilvl="7" w:tplc="66FC4DDA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4997" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F6F6E84C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5691" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-[...121 lines deleted...]
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7ED34264"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6DD62C30"/>
     <w:lvl w:ilvl="0" w:tplc="A4F84238">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="91" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EC6C80BA">
       <w:numFmt w:val="bullet"/>
@@ -19570,197 +18952,188 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2404" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F272C714">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2733" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1267345801">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="676076692">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="676076692">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="3" w16cid:durableId="408767459">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="408767459">
+  <w:num w:numId="4" w16cid:durableId="86969881">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="252593128">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1366059160">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="86969881">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="7" w16cid:durableId="704141101">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="252593128">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="8" w16cid:durableId="2113092088">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1320310215">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="9" w16cid:durableId="1283994554">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1303268868">
+  <w:num w:numId="10" w16cid:durableId="351417339">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="156653003">
+  <w:num w:numId="11" w16cid:durableId="2021197351">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1999916411">
-[...24 lines deleted...]
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="12" w16cid:durableId="1655915477">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:applyBreakingRules/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005D75EB"/>
+    <w:rsidRoot w:val="006704F9"/>
+    <w:rsid w:val="00046CD5"/>
     <w:rsid w:val="000C7837"/>
-    <w:rsid w:val="00136731"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00A276B0"/>
+    <w:rsid w:val="00177AAE"/>
+    <w:rsid w:val="00194FF3"/>
+    <w:rsid w:val="001E7D39"/>
+    <w:rsid w:val="00212F21"/>
+    <w:rsid w:val="0042161E"/>
+    <w:rsid w:val="00647155"/>
+    <w:rsid w:val="006704F9"/>
+    <w:rsid w:val="006F6600"/>
+    <w:rsid w:val="007434C3"/>
+    <w:rsid w:val="007946B9"/>
+    <w:rsid w:val="008021EA"/>
+    <w:rsid w:val="009C63FA"/>
+    <w:rsid w:val="00A16BD4"/>
     <w:rsid w:val="00AD4490"/>
+    <w:rsid w:val="00B310CD"/>
     <w:rsid w:val="00B67248"/>
-    <w:rsid w:val="00B774A1"/>
     <w:rsid w:val="00C46B55"/>
-    <w:rsid w:val="00C80D74"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DB4915"/>
+    <w:rsid w:val="00C60E41"/>
+    <w:rsid w:val="00D27041"/>
+    <w:rsid w:val="00D4591A"/>
+    <w:rsid w:val="00E665CC"/>
+    <w:rsid w:val="00EC7D50"/>
+    <w:rsid w:val="00F42DC0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="30043197"/>
-  <w15:docId w15:val="{D17404FB-F19E-4CEB-B8AF-B405791BDEE0}"/>
+  <w14:docId w14:val="1BEE7CC1"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{A58B4EFF-645D-4C24-82A0-4C4817AE7398}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -19787,51 +19160,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -19900,51 +19273,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -20101,623 +19474,1016 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00C60E41"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="kk-KZ"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00292B6A"/>
+    <w:rsid w:val="006704F9"/>
     <w:pPr>
-      <w:spacing w:before="215"/>
-[...1 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00292B6A"/>
+    <w:rsid w:val="006704F9"/>
     <w:pPr>
-      <w:ind w:left="140"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006704F9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006704F9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006704F9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006704F9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006704F9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006704F9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006704F9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="006704F9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006704F9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006704F9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006704F9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006704F9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006704F9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006704F9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006704F9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006704F9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="006704F9"/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Заголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="006704F9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="006704F9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="006704F9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="006704F9"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Цитата 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="21"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="006704F9"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="006704F9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="006704F9"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="006704F9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Выделенная цитата Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="006704F9"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="006704F9"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C60E41"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C60E41"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C60E41"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C60E41"/>
+  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00C60E41"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="00C60E41"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af0"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:rsid w:val="00C60E41"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="00C60E41"/>
     <w:pPr>
       <w:ind w:left="106"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
+  <w:style w:type="character" w:styleId="af2">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00194B17"/>
+    <w:rsid w:val="00C60E41"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
-    </w:rPr>
-[...116 lines deleted...]
-      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh11@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1899</Words>
-  <Characters>10829</Characters>
+  <Words>2002</Words>
+  <Characters>11418</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>90</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>95</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12703</CharactersWithSpaces>
+  <CharactersWithSpaces>13394</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar;Асаинова Шынар Бакибаевна</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>zholdasbekovakupken@outlook.com</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...15 lines deleted...]
-</file>