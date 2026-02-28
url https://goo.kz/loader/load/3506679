--- v0 (2025-12-05)
+++ v1 (2026-02-28)
@@ -74,69 +74,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">КГУ «Кенжекольская средняя общеобразовательная школа  города Павлодара» объявляет конкурс на должность учителя  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>русского языка и литературы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в классах с</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">языком обучения </w:t>
+        <w:t xml:space="preserve"> в классах с русским языком обучения </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="7371"/>
       </w:tblGrid>
       <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
@@ -198,62 +180,51 @@
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное </w:t>
-[...10 lines deleted...]
-              <w:t>учреждение «Кенжекольская средняя общеобразовательная школа  города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t>Коммунальное государственное учреждение «Кенжекольская средняя общеобразовательная школа  города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -297,60 +268,51 @@
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,         </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">                       город Павлодар, село Кенжеколь, улица Ата Заң</w:t>
+              <w:t>140008, Республика Казахстан, Павлодарская область,                                город Павлодар, село Кенжеколь, улица Ата Заң</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>,  строение 1/7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -595,70 +557,81 @@
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Учитель  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">русского </w:t>
-[...18 lines deleted...]
-              <w:t>–  16 часов</w:t>
+              <w:t>русского языка и литературы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E832E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>–  1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E832E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -802,60 +775,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>р</w:t>
-[...8 lines deleted...]
-              <w:t>азмер и условия оплаты труда</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -948,60 +912,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Квалификационные требования, предъявляемые к кандидату, </w:t>
-[...8 lines deleted...]
-              <w:t>утвержденные</w:t>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1009,131 +964,101 @@
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование </w:t>
-[...19 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- и (или) при наличии высшего уровня </w:t>
-[...9 lines deleted...]
-              <w:t>квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1189,65 +1114,52 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>07-17.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>11</w:t>
-[...13 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t>11.2025</w:t>
+            </w:r>
             <w:r w:rsidR="00CE6709">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
@@ -1435,61 +1347,51 @@
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>копии документов</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> об образовании</w:t>
+              <w:t>копии документов об образовании</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1598,61 +1500,51 @@
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>) справка об от</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">сутствии </w:t>
+              <w:t xml:space="preserve">) справка об отсутствии </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>динамического наблюдения больных с психическими поведенческими расстройствами;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1839,60 +1731,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>русского языка и литературы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> сертификат</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагог</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">а-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. </w:t>
+              <w:t xml:space="preserve"> о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>или</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -2130,60 +2013,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>) рекомендател</w:t>
-[...8 lines deleted...]
-              <w:t>ьное письмо с места работы (по должности педагога), учебы</w:t>
+              <w:t>) рекомендательное письмо с места работы (по должности педагога), учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="z178"/>
       <w:r>
@@ -2495,60 +2369,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_______________________________</w:t>
-[...8 lines deleted...]
-        <w:t>___________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -2583,59 +2448,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>______________________________________________________________</w:t>
-[...7 lines deleted...]
-        <w:t>____________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -2672,60 +2529,51 @@
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">(фактическое место </w:t>
-[...8 lines deleted...]
-        <w:t>проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -2816,60 +2664,51 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">должности </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________</w:t>
-[...8 lines deleted...]
-        <w:t>________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2914,60 +2753,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">В настоящее </w:t>
-[...8 lines deleted...]
-        <w:t>время работаю:</w:t>
+        <w:t>В настоящее время работаю:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3026,60 +2856,51 @@
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>(долж</w:t>
-[...8 lines deleted...]
-        <w:t>ность, наименование организации, адрес (область, район, город/село)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
@@ -3561,59 +3382,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Педагогический </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Стаж государственной  </w:t>
-[...7 lines deleted...]
-              <w:t>службы</w:t>
+              <w:t>Стаж государственной  службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>По специальности (для специалистов субъектов предпринимательства))</w:t>
             </w:r>
@@ -3806,59 +3619,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________</w:t>
-[...7 lines deleted...]
-        <w:t>________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3892,246 +3697,214 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>___________________________________________</w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________</w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>В соответствии с пунктом 1 статьи 8 Закона Республики Казахстан  “ О персональных данных и их защите» даю согласие на обработку моих персональных данных, без огранич</w:t>
-[...7 lines deleted...]
-        <w:t>ения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации или без таких средств).</w:t>
+        <w:t>В соответствии с пунктом 1 статьи 8 Закона Республики Казахстан  “ О персональных данных и их защите» даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации или без таких средств).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Я согласен</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> (-а)</w:t>
+        <w:t>Я согласен (-а)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -4198,60 +3971,51 @@
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_»_____________20___года</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">              ______________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                    </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">                                                                              </w:t>
+        <w:t xml:space="preserve">                                                                                                                                                  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>подпись</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
@@ -5029,59 +4793,51 @@
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- в</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ысшее  с отличием -  3 </w:t>
-[...7 lines deleted...]
-              <w:t>балла</w:t>
+              <w:t>ысшее  с отличием -  3 балла</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5332,60 +5088,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>доктор по профилю-10 баллов</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">-Магистр по педагогическому </w:t>
-[...8 lines deleted...]
-              <w:t>направлению-          5 баллов</w:t>
+              <w:t>-Магистр по педагогическому направлению-          5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="1447"/>
         </w:trPr>
@@ -5571,58 +5318,51 @@
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>педагог-мастер -  10 баллов</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"заместитель руководителя </w:t>
-[...6 lines deleted...]
-              <w:t>третьей квалификационной категории" -  5 баллов, "заместитель руководителя второй квалификационной категории" -  6 баллов, "заместитель руководителя первой квалификационной категории" -  7 баллов</w:t>
+              <w:t>"заместитель руководителя третьей квалификационной категории" -  5 баллов, "заместитель руководителя второй квалификационной категории" -  6 баллов, "заместитель руководителя первой квалификационной категории" -  7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="807"/>
         </w:trPr>
@@ -5769,58 +5509,51 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора стаж в должности до двух лет -  3 балла; </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Заместитель директора стаж в </w:t>
-[...6 lines deleted...]
-              <w:t>должности более двух лет -4 балла</w:t>
+              <w:t>Заместитель директора стаж в должности более двух лет -4 балла</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Директор стаж в должности до двух лет -  4 балла</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -6086,59 +5819,51 @@
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">- дипломы, грамоты победителей олимпиад и конкурсов, </w:t>
-[...7 lines deleted...]
-              <w:t>научных проектов обучающихся;</w:t>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
@@ -6177,58 +5902,51 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>областных -1 балл, республиканских -2 балла, международных - 3 балла</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) нау</w:t>
-[...6 lines deleted...]
-              <w:t>чных проектов: городской/районный -0,5 балла, областной - 1 балл, республиканский -2 балла, международный – 3 балла</w:t>
+              <w:t>2) научных проектов: городской/районный -0,5 балла, областной - 1 балл, республиканский -2 балла, международный – 3 балла</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) участник конкурса "Лучший педагог" - 1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6728,82 +6446,58 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Международные</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>курсы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>: TEFL Cambridge «CELTA (Certificate in Teaching English to Speakers of Other La</w:t>
+              <w:t xml:space="preserve">: TEFL Cambridge «CELTA (Certificate in Teaching English to Speakers of Other Languages) CELT-P (Certificate in English Language Teaching – Primary) DELTA (Diploma in Teaching English to Speakers of Other Languages) CELT-S (Certificate in English Language Teaching – Secondary) «TKT Teaching Knowledge Test» Certificate in EMI Skills (English as a Medium of Instruction) Teacher </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>nguages) CELT-P (Certificate in English Language Teaching – Primary) DELTA (Diploma in Teaching English to Speakers of Other Languages) CELT-S (Certificate in English Language Teaching – Secondary) «TKT Teaching Knowledge Test» Certificate in EMI Skills (E</w:t>
-[...10 lines deleted...]
-              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>of English to Speakers of Other Languages (TESOL) «TESOL» Certificate in teaching English for young learners International House Certificate in Teaching English as a Foreign Language (IHC) IHCYLT - International H</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">ational Management Key Ideas in Mentoring Mathematics Teachers </w:t>
+              <w:t xml:space="preserve">of English to Speakers of Other Languages (TESOL) «TESOL» Certificate in teaching English for young learners International House Certificate in Teaching English as a Foreign Language (IHC) IHCYLT - International House Certificate In Teaching Young Learners and Teenagers Becoming a Better Teacher: Exploring Professional Development Assessment for Learning: Formative Assessment in Science and Maths Teaching Online Teaching for Educators: Development and Delivery Educational Management Key Ideas in Mentoring Mathematics Teachers </w:t>
             </w:r>
             <w:r>
               <w:t>Курсы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>на</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>платформе</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
@@ -6824,58 +6518,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>курсы повышения квалификации по программам</w:t>
-[...6 lines deleted...]
-              <w:t>, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации - 0,5 балла (каждый отдельно)</w:t>
+              <w:t>курсы повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации - 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="185"/>
         </w:trPr>
@@ -6962,70 +6649,64 @@
     </w:tbl>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="z699"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t>ПРИМЕЧАНИЕ: * В 6 пункте учитывается призеры за последние 3 (три) года по каждому уровню - (городской/районный) олимпиад и конкурсов – 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов – 1 балла, республиканских – 2 ба</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">лла, международных – 3 балла; - научных проектов: городской/районный – 1 балл, областной – 1 балл, республиканский – 2 балла, международный – 3 балла соответственно; - призеры республиканских олимпиад и конкурсов – 3 балла ** </w:t>
+        <w:t xml:space="preserve">ПРИМЕЧАНИЕ: * В 6 пункте учитывается призеры за последние 3 (три) года по каждому уровню - (городской/районный) олимпиад и конкурсов – 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов – 1 балла, республиканских – 2 балла, международных – 3 балла; - научных проектов: городской/районный – 1 балл, областной – 1 балл, республиканский – 2 балла, международный – 3 балла соответственно; - призеры республиканских олимпиад и конкурсов – 3 балла ** </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>В 8 пункте учитываются сертиф</w:t>
-[...2 lines deleted...]
-        <w:t>икаты организаций курсов повышения квалификации, согласованные с уполномоченным органом в области образования, реализуемым организациями повышения квалификации за последние</w:t>
+        <w:t>В 8 пункте учитываются сертификаты организаций курсов повышения квалификации, согласованные с уполномоченным органом в области образования, реализуемым организациями повышения квалификации за последние</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">   3  </w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>(три) года – 0,5 балл (за каждый отдельно).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -7126,58 +6807,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Приложение 13</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам н</w:t>
-[...6 lines deleted...]
-              <w:t>азначения</w:t>
+              <w:t>к Правилам назначения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на должности, освобождения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от должностей первых</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -7566,58 +7240,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Копии диплома об образовании</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> и приложения к диплому</w:t>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="z712"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Техническое и профессиональное - 1 балл</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="5"/>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
@@ -7737,58 +7404,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Копии диплома об образовании и приложения к </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>диплому</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">/аттестат о </w:t>
-[...6 lines deleted...]
-              <w:t>присвоении ученого звания/ученой степени/степени</w:t>
+              <w:t>/аттестат о присвоении ученого звания/ученой степени/степени</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Доктор наук – 15 баллов                                     Кандидат наук, доктор PhD, доктор по профилю - 10 баллов                                      Магистр по педагогическому направлению- 5 баллов</w:t>
             </w:r>
           </w:p>
@@ -8120,58 +7780,51 @@
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Рекомендательное </w:t>
-[...6 lines deleted...]
-              <w:t>письмо с места учебы</w:t>
+              <w:t>Рекомендательное письмо с места учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Рекомендательное письмо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8342,58 +7995,51 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ведение странички интернета, социальных сетей с публикацией о педагогической деятельности </w:t>
-[...6 lines deleted...]
-              <w:t>(публикации авторских научных проектов, уроки, семинары )</w:t>
+              <w:t>Ведение странички интернета, социальных сетей с публикацией о педагогической деятельности (публикации авторских научных проектов, уроки, семинары )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ссылки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8595,58 +8241,51 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Участие в конкурсах по месту учебы (научных проектов, творческих и </w:t>
-[...6 lines deleted...]
-              <w:t>др.)</w:t>
+              <w:t>Участие в конкурсах по месту учебы (научных проектов, творческих и др.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Документ участия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8861,59 +8500,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CELT-S (Certificate i</w:t>
-[...7 lines deleted...]
-              <w:t>n English Language Teaching – Secondary)</w:t>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TKT</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9258,155 +8889,155 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006E33C6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CE6709" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="00562E1F" w:rsidRDefault="00562E1F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CE6709" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="00562E1F" w:rsidRDefault="00562E1F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CE6709" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="00562E1F" w:rsidRDefault="00562E1F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CE6709" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="00562E1F" w:rsidRDefault="00562E1F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="95"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
@@ -9624,50 +9255,51 @@
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004E6483"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="005166D3"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005354D3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="0055526E"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00562E1F"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
@@ -10018,50 +9650,51 @@
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E41FA4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E832E2"/>
     <w:rsid w:val="00E8343F"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC2D0B"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF02EF"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00EF6369"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
@@ -10280,51 +9913,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39" w:qFormat="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading"/>
     <w:lsdException w:name="Light List"/>
     <w:lsdException w:name="Light Grid"/>
     <w:lsdException w:name="Medium Shading 1"/>
     <w:lsdException w:name="Medium Shading 2"/>
     <w:lsdException w:name="Medium List 1"/>
     <w:lsdException w:name="Medium List 2"/>
     <w:lsdException w:name="Medium Grid 1"/>
     <w:lsdException w:name="Medium Grid 2"/>
     <w:lsdException w:name="Medium Grid 3"/>
     <w:lsdException w:name="Dark List"/>
     <w:lsdException w:name="Colorful Shading"/>
     <w:lsdException w:name="Colorful List"/>
     <w:lsdException w:name="Colorful Grid"/>
     <w:lsdException w:name="Light Shading Accent 1"/>
     <w:lsdException w:name="Light List Accent 1"/>
     <w:lsdException w:name="Light Grid Accent 1"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1"/>
     <w:lsdException w:name="Medium List 1 Accent 1"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1"/>
@@ -10960,62 +10593,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78419642-D6F9-4CAF-8954-68520947E35B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{43DB80D7-8669-4BBA-ABBC-2E990A7364E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>8</Pages>
   <Words>2417</Words>
   <Characters>13783</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>114</Lines>
   <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>16168</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>