--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,2024 +1,3485 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00834F58" w:rsidRPr="00834F58" w:rsidRDefault="00834F58" w:rsidP="00834F58">
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Выписка из протокола № 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...4 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">№1 </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Попечительского совета </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>КГКП «Специальный детский сад № 52»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата проведения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 ноября 2025 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Время проведения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13.30 ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Место проведения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  КГКП «Специальный детский сад № 52 города Павлодара» Генерала </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00834F58">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>хаттама</w:t>
+        <w:t>Смагулова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00834F58">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:t xml:space="preserve"> - 76 , актовый зал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Председательствовал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00834F58">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>үзінді</w:t>
+        <w:t>Есенова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.Х руководитель</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Присутствовали</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00834F58">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>сі</w:t>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23 чел. ДО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Присутствовали члены ПС, методист </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Садвоккосова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00834F58">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
+        <w:t xml:space="preserve"> Ж.Н председатель ПС</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> социальный педагог </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00834F58">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қам</w:t>
-[...6 lines deleted...]
-          <w:bCs/>
+        <w:t>Утебаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қоршылық</w:t>
-[...6 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> А.К,. педагогический коллектив, младший персонал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>кеңесінің</w:t>
-[...89 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00834F58" w:rsidRPr="00834F58" w:rsidRDefault="00834F58" w:rsidP="00834F58">
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00834F58">
-        <w:rPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Повесткадня</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>изучение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>типовой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>инструкции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>объекта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уязвимого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>террористическом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отношении, в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>случаеугрозысовершениятеррористическогоактаилидругихпротивоправныхдействий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заслушано</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Өткізу</w:t>
-[...228 lines deleted...]
-        <w:t>, 76, акт залы</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сотрудников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>объекта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уязвимого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>террористическом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отношении, в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>случаеугрозысовершениятеррористическогоактаилидругихпротивоправныхдействий.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00834F58" w:rsidRPr="00834F58" w:rsidRDefault="00834F58" w:rsidP="00834F58">
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...1001 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00834F58" w:rsidRPr="00834F58" w:rsidRDefault="00834F58" w:rsidP="00834F58">
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Выступая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководитель </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00834F58">
-[...5 lines deleted...]
-        <w:t>Нұсқаулықпен</w:t>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Есенова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00834F58">
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.Х</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ознакомила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>коллектив</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Типовой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>инструкцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уязвимого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>террористическом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отношении в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>случаеугрозысовершениятеррористическогоактаилидругихпротивоправныхдействий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ( Журнал </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>прилагается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Руководители</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>персонал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>объекта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>массового</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пребывания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>граждан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обязаны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.приобнаружениипостороннегоподозрительногопредмета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>напоминающеговзрывноеустройство</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оуказаниюруководителяилипотелефону"102"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дежурную часть</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ОВД(полицию),потелефону"112"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Службу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>спасения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>самостоятельно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сообщать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>случившемся.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>казанием</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>объекта, его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адреса,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>времени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обнаружения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>объекта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>принять меры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>информированиюиэвакуациисотрудниковипосетителейдоприбытияправоохранительныхорганов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>варийно-спасательныхслужб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>защите</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>закрытию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>доступа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>месту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обнаружения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подозрительного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>предмета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.Категорическизапрещаетсяприкасаться</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подозрительному</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>предмету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>самостоятельнооткрыватьего</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>еремещатьизакрыватьчем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-либо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,атакжепользоватьсярадиоимобильнымисредствамисвязирядом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>предметом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Помните!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Внешний</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вид</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>предмета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>может</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>скрыть</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>реальное</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>назначение.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>качестве</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>камуфляжа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>взрывных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>устройств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> используются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обычные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сумки,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>свертки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,коробки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,игрушки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(инструкция прилагается</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Постановил</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1.строгоесоблюдениеТиповойинструкциидляруководителейиперсоналаобъекта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уязвимого</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>террористическом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отношении, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>возникновении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>чрезвычайных ситуаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>угрозсовершениятеррористическогоактаилииныхпротивоправныхдействий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.мероприятияпореализациигосударственнойпрограммыпопротиводействиюрелигиозномуэкстремизмуитерроризму</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>РеспубликеКазахстанприреализацииплана-охватпроведенияпрофилактическихиучебно-тренировочныхмероприятийпообучениюперсоналатехникеосмотрапомещений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>выявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>возможных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>месту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00834F58">
-[...5 lines deleted...]
-        <w:t>таныстық</w:t>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>станов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ки</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00834F58">
-[...5 lines deleted...]
-        <w:t>:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>зрывных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>устройств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>существлять</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>планирование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>проработку</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>совместных действий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заинтересованными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>государственными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>органами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организациями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>устранению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>угроз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>техногенного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>характера</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>возникших</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>результатесовершенногоактатерроризма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-систематическаяорганизациязащитыинформационныхсетейобъекта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обеспечение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>информационной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>безопасности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>путем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>блокировки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сайтов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.строгособлюдатьинструкцииипланыдействийдляперсонала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>случае</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>возникновения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>различных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>чрезвычайных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ситуаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>учетом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>особенностей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ШГ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>действовать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>соответствии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ними.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00834F58" w:rsidRPr="00834F58" w:rsidRDefault="00834F58" w:rsidP="00834F58">
+    <w:p w:rsidR="004A4240" w:rsidRPr="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00914E05" w:rsidRPr="00834F58" w:rsidRDefault="00914E05"/>
-    <w:sectPr w:rsidR="00914E05" w:rsidRPr="00834F58" w:rsidSect="00834F58">
+    <w:p w:rsidR="004A4240" w:rsidRPr="00697431" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ознакомились</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rStyle w:val="ypks7kbdpwfgdykd3qb9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>инструкцией</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A4240">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004A4240" w:rsidRDefault="004A4240" w:rsidP="004A4240">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B64A3" w:rsidRDefault="001B64A3"/>
+    <w:sectPr w:rsidR="001B64A3">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...12 lines deleted...]
-    <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...371 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007D4C18"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00914E05"/>
+    <w:rsidRoot w:val="00F33E98"/>
+    <w:rsid w:val="001B64A3"/>
+    <w:rsid w:val="004A4240"/>
+    <w:rsid w:val="00F33E98"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2161,89 +3622,83 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00834F58"/>
+    <w:rsid w:val="004A4240"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ypks7kbdpwfgdykd3qb9">
+    <w:name w:val="ypks7kbdpwfgdykd3qb9"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="004A4240"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -2363,117 +3818,96 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00834F58"/>
+    <w:rsid w:val="004A4240"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ypks7kbdpwfgdykd3qb9">
+    <w:name w:val="ypks7kbdpwfgdykd3qb9"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="004A4240"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2721,66 +4155,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2410</Characters>
+  <Pages>2</Pages>
+  <Words>467</Words>
+  <Characters>2668</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2827</CharactersWithSpaces>
+  <CharactersWithSpaces>3129</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Секретарь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>