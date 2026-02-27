--- v0 (2025-12-05)
+++ v1 (2026-02-27)
@@ -475,52 +475,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>sosh</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2025@</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>mail.ru</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
@@ -579,58 +577,79 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Учитель  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>русского языка и литературы</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>–  16 часов</w:t>
+            <w:r w:rsidR="00703396">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>–  1</w:t>
+            </w:r>
+            <w:r w:rsidR="00703396">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -8877,155 +8896,155 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006E33C6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CF2525" w:rsidRDefault="00CF2525">
+    <w:p w:rsidR="00302BA9" w:rsidRDefault="00302BA9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CF2525" w:rsidRDefault="00CF2525">
+    <w:p w:rsidR="00302BA9" w:rsidRDefault="00302BA9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CF2525" w:rsidRDefault="00CF2525">
+    <w:p w:rsidR="00302BA9" w:rsidRDefault="00302BA9">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CF2525" w:rsidRDefault="00CF2525">
+    <w:p w:rsidR="00302BA9" w:rsidRDefault="00302BA9">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="95"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
@@ -9128,50 +9147,51 @@
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7B29"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00302BA9"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="003143FA"/>
     <w:rsid w:val="003153C2"/>
     <w:rsid w:val="0031728D"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="003259A1"/>
     <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="0038586E"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
@@ -9318,50 +9338,51 @@
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E33C6"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00703396"/>
     <w:rsid w:val="007078F2"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00763811"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="00780A27"/>
     <w:rsid w:val="00781391"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
@@ -10581,62 +10602,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6534E4FC-AD2E-4CB6-8D8B-64C363CB2C90}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2CD23D7-E425-4467-B2C3-83887F752B7A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>8</Pages>
   <Words>2418</Words>
   <Characters>13785</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>114</Lines>
   <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>16171</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>