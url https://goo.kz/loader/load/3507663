--- v0 (2026-01-06)
+++ v1 (2026-01-08)
@@ -1,10251 +1,12182 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="7FEF7134" w14:textId="52216754" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00634804">
+    <w:p w14:paraId="4506EC02" w14:textId="77777777" w:rsidR="006F0ADC" w:rsidRDefault="00E20B44">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:spacing w:before="75"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>имени Камала Макпалеева</w:t>
+        <w:ind w:left="1962" w:right="0" w:hanging="1652"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>«Павлодар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00575137">
+        <w:t>Камал Макпалеев атындағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мектебі»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>КММ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F11F16" w14:textId="126120AD" w:rsidR="00442683" w:rsidRDefault="006F0ADC" w:rsidP="000C1F1F">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="75"/>
+        <w:ind w:left="1962" w:right="0" w:hanging="1652"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">орыс тілінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00853A80">
+        <w:t>оқытатын</w:t>
+      </w:r>
+      <w:r w:rsidR="000152B0" w:rsidRPr="000152B0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0030513B" w:rsidRPr="0030513B">
+        <w:t>тарих</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>города</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-57"/>
+        <w:t>мұғалімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Павлодара»</w:t>
+        <w:t>лауазымына конкурс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>объявляет</w:t>
-[...8 lines deleted...]
-        <w:t>конкурс</w:t>
+        <w:t>жариялайды</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2135C0C8" w14:textId="66E098A1" w:rsidR="00A84295" w:rsidRDefault="00634804" w:rsidP="00634804">
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="65DCBE0F" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="3"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...78 lines deleted...]
-          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="114" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="387"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7446"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="6860"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00634804" w14:paraId="0C9C5FF9" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="6115DA2E" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="648"/>
+          <w:trHeight w:val="828"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1274684A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="607435D7" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="6"/>
+              <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16D1A744" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="654264A0" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="759"/>
-[...22 lines deleted...]
-              <w:t>организации</w:t>
+              <w:ind w:left="107" w:right="318"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Орналасқан жері</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>образования</w:t>
+              <w:t>Пошталық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="040AA104" w14:textId="19682BBA" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="3F1B4111" w14:textId="0136B1E9" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44" w:rsidP="001F2B91">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="108"/>
-[...34 lines deleted...]
-              <w:t>школа</w:t>
+              <w:ind w:right="258"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EF9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Республикасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>«Павлодар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="008E437F">
-[...19 lines deleted...]
-          <w:p w14:paraId="26CFCA9B" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қаласының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EF9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Камал Макпалеев атындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="44"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мектебі»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>КММ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="139BF515" w14:textId="73DF3E30" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44" w:rsidP="001F2B91">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="270" w:lineRule="atLeast"/>
-[...105 lines deleted...]
-              <w:t>Павлодарской</w:t>
+              <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:right="354"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>области</w:t>
+              <w:t>облысы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="55"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қаласы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EF9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Гагарин</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>көшесі,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7EF9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="60D9443C" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="0D6D131D" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="323"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="661A87C1" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
-[...2 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="1E5FEF5A" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22D6EF13" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="616E24F6" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>местонахождения,</w:t>
-[...28 lines deleted...]
-              <w:t>адреса</w:t>
+              <w:t>Телефон</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="58"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D610880" w14:textId="3FB351E7" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="598CE654" w14:textId="4DC2E396" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>14001</w:t>
-[...24 lines deleted...]
-              <w:t>Республика</w:t>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F24F3E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>22-22-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="1D8F9D34" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C82F6E9" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3747050A" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="258" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Электрондық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="55"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A99138B" w14:textId="09327756" w:rsidR="00ED4EC0" w:rsidRDefault="0021041B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="258" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId5" w:history="1">
+              <w:r w:rsidR="00931795" w:rsidRPr="00C66D07">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:sz w:val="24"/>
+                </w:rPr>
+                <w:t>sosh4@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="3559CECD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1103"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="298EA856" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60DCB9EA" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="372"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED53B93" w14:textId="26944A42" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108" w:right="274"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>облысының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>басқармасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қаласы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>бөлімінің</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Казахстан,</w:t>
-[...28 lines deleted...]
-          <w:p w14:paraId="2E8FE1E1" w14:textId="3ACAD88A" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:t>«Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қаласының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00931795">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Камал Макпалеев атындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="54"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мектебі»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>коммуналдық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="255B29A8" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="264" w:lineRule="exact"/>
               <w:ind w:left="108"/>
-              <w:rPr>
-[...72 lines deleted...]
-              <w:t>58</w:t>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="0A26E89C" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="24AAE4F7" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="161"/>
+          <w:trHeight w:val="2484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A1BA74A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
-            <w:pPr>
+          <w:p w14:paraId="515F4DDC" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61ED6E2A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="503AE463" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="256" w:lineRule="exact"/>
-[...22 lines deleted...]
-              <w:t>телефонов</w:t>
+              <w:ind w:left="107" w:right="162"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="49"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>функционалдық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA82882" w14:textId="078A70D9" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="7E588047" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="256" w:lineRule="exact"/>
-[...9 lines deleted...]
-              <w:t>8</w:t>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="334"/>
+              </w:tabs>
+              <w:ind w:right="99" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>оқытылатын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>пәннің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ерекшелігін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жасын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ескере</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>отырып,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>алушыларды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="61"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тәрбиелеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="243E2D97" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="466"/>
+              </w:tabs>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>әлеуметтенуіне,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>олардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мәдениетін қалыптастыруға, олардың саналы түрде таңдауына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жәрдемдесу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0067AED5" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="413"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:right="101" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>процесінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қауіпсіздік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>техникасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>нормалары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қағидаларын</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>(7182)</w:t>
-[...12 lines deleted...]
-              <w:t>22-22-18</w:t>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>режимін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="746230B3" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="52CF0F83" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="324"/>
+          <w:trHeight w:val="827"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...8 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="11B65302" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
-[...2 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="4B1EAB6D" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A9B3F42" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="72A358B3" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>адреса</w:t>
+              <w:t>Бос</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>электронной</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="50D67E0C" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F8EBEA3" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="264" w:lineRule="exact"/>
-[...9 lines deleted...]
-              <w:t>почты</w:t>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="107" w:right="640"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымның </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>атауы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FAE7F9B" w14:textId="54B2FB2F" w:rsidR="00634804" w:rsidRDefault="00F4743C">
+          <w:p w14:paraId="22347DE9" w14:textId="4704A5DD" w:rsidR="00ED4EC0" w:rsidRDefault="00053E29">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
               <w:ind w:left="108"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-            </w:hyperlink>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Орыс тілінде</w:t>
+            </w:r>
+            <w:r w:rsidR="00442F53">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқытатын </w:t>
+            </w:r>
+            <w:r w:rsidR="0030513B" w:rsidRPr="00BB4B48">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тарих</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="7A88DB45" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="3B4F4BC7" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="648"/>
+          <w:trHeight w:val="827"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75F34998" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6C92F372" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="115B551E" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="5C925AF7" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="166"/>
-[...8 lines deleted...]
-              <w:t>Наименование</w:t>
+              <w:ind w:left="107" w:right="259"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>вакантной или</w:t>
-[...12 lines deleted...]
-              <w:t>временно</w:t>
+              <w:t>мөлшері</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>вакантной</w:t>
-[...28 lines deleted...]
-              <w:t>нагрузка</w:t>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="766E24DB" w14:textId="55274549" w:rsidR="00634804" w:rsidRDefault="00634804">
-[...276 lines deleted...]
-          <w:p w14:paraId="72092A33" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="75B8ADFD" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
-[...424 lines deleted...]
-                <w:numId w:val="4"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="248"/>
               </w:tabs>
-              <w:ind w:right="856" w:firstLine="0"/>
-[...110 lines deleted...]
-          <w:p w14:paraId="7F7E38E8" w14:textId="6FFF4FFF" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>санатына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>төленеді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48F7B134" w14:textId="41B7EC14" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="248"/>
               </w:tabs>
-              <w:ind w:left="247"/>
-[...8 lines deleted...]
-              <w:t>среднее</w:t>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>специальное</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(min): </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00096522">
+            <w:r w:rsidR="00444BF8" w:rsidRPr="00444BF8">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>40000</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="57"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="285A0E79" w14:textId="7493AED9" w:rsidR="00634804" w:rsidRDefault="00634804">
+                <w:spacing w:val="44"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6156001D" w14:textId="4305C374" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="4"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="248"/>
               </w:tabs>
               <w:spacing w:line="264" w:lineRule="exact"/>
-              <w:ind w:left="247"/>
-[...21 lines deleted...]
-              <w:t>образование</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>(min):</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00096522">
+            <w:r w:rsidR="00444BF8">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...14 lines deleted...]
-              <w:t>000</w:t>
+              <w:t>0000</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:t>тенге</w:t>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="3DAB76F5" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="77D767FA" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1783"/>
+          <w:trHeight w:val="2760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AB11CAE" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="6C1AD2B4" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="6"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67A6141A" w14:textId="07BFD152" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="5C12332F" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="95"/>
-[...8 lines deleted...]
-              <w:t>Квалификационные</w:t>
+              <w:ind w:left="107" w:right="372"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>требования,</w:t>
+              <w:t>сипаттамаларымен</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>предъявляемые к</w:t>
+              <w:t>бекітілген кандидатқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>кандидату,</w:t>
-[...73 lines deleted...]
-              <w:t>педагогов</w:t>
+              <w:t>талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="695E21EE" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="41426C37" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="440"/>
+                <w:tab w:val="left" w:pos="339"/>
               </w:tabs>
-              <w:ind w:right="104" w:firstLine="0"/>
+              <w:ind w:right="97" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>высшее</w:t>
+              <w:t>тиісті</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>и</w:t>
+              <w:t>бейін</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>(или)</w:t>
+              <w:t>бойынша</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>послевузовское</w:t>
+              <w:t>жоғары</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>педагогическое</w:t>
+              <w:t>және</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>или</w:t>
+              <w:t>(немесе)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>иное</w:t>
+              <w:t>жоғары</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>профессиональное образование по соответствующему профилю, без</w:t>
+              <w:t>оқу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>предъявления</w:t>
+              <w:t>орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>требований</w:t>
+              <w:t>немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>к</w:t>
-[...145 lines deleted...]
-          <w:p w14:paraId="5B48844C" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:t>бойынша техникалық және кәсіптік педагогикалық білімі болуы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тиіс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C3E412A" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="411"/>
+                <w:tab w:val="left" w:pos="387"/>
               </w:tabs>
-              <w:ind w:right="104" w:firstLine="0"/>
+              <w:ind w:right="99" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>и</w:t>
+              <w:t>және</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>(или)</w:t>
+              <w:t>(немесе)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>при</w:t>
+              <w:t>бар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>наличии</w:t>
+              <w:t>болған</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>высшего</w:t>
+              <w:t>жағдайда</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>уровня</w:t>
+              <w:t>біліктілігі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>квалификации</w:t>
+              <w:t>жоғары</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>стаж</w:t>
+              <w:t>деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>педагогической</w:t>
-[...54 lines deleted...]
-          <w:p w14:paraId="0808337A" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+              <w:t>жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B56B129" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="262"/>
+                <w:tab w:val="left" w:pos="250"/>
               </w:tabs>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
-              <w:ind w:right="101" w:firstLine="0"/>
+              <w:ind w:right="97" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>и (или) при наличии высшего и среднего уровня квалификации стаж</w:t>
-[...38 lines deleted...]
-              <w:t>лет</w:t>
+              <w:t>педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3 жыл,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-зерттеуші</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>4 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="5B02FA89" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="42FDB9CD" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="323"/>
+          <w:trHeight w:val="553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75FF7236" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="1DBCEC37" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="6"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63CD8052" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="73BEC056" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Құжаттарды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77E59295" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D355B56" w14:textId="7E674D72" w:rsidR="00ED4EC0" w:rsidRDefault="00444BF8">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="68"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1D1B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB4B48">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.2025</w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB4B48">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB4B48">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00875D02">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="7000664C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="4416"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ACDB2DC" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="9"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60535D0A" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="268" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Срок</w:t>
+              <w:t>Қажетті</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>приема</w:t>
-[...15 lines deleted...]
-              <w:t>документов</w:t>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43381ED0" w14:textId="16245C53" w:rsidR="00634804" w:rsidRPr="00CF1CCC" w:rsidRDefault="00096522">
+          <w:p w14:paraId="44BF83D7" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02319EFC" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44ACCEC9" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – Бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3485D96D" w14:textId="77777777" w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>; ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DF3045D" w14:textId="77777777" w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) еңбек қызметін растайтын құжаттың көшірмесі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EFB2E7D" w14:textId="77777777" w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45334EEC" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы"ҚР Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C678195" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09E326C5" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A530DC9" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұлттық біліктілік тестілеу сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі - ТБЖ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F44B708" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00ED4B81" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3DD2">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ағылшын тілі педагогтері лауазымына орналасуға</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A2E6DAB" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттар үшін пән бойынша шекті деңгейі кемінде 90%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED4B81">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттау нәтижелері туралы сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы туралы куәлік (бар болса) немесе Celta сертификаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pass</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Delta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pass</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>above</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) – 6,5 балл; немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000152B0">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42322910" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> 11) техникалық және кәсіптік, орта білімнен кейінгі білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымдарында арнайы пәндер бойынша педагогтер және</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="195E32E4" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өндірістік оқыту шеберлері лауазымдарына педагогикалық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DD313C4" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметке кіріскен, тиісті мамандық немесе бейін бойынша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35AA3639" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DEEF163" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттаудан өтуден босатылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32AF4426" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12) Мемлекеттік білім беру ұйымдарының бірінші басшылары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08D62FD6" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мен педагогтерін лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BF5E9E7" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қағидаларының 11-қосымшына сәйкес нысан бойынша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="441B0F7F" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогтің бос немесе уақытша бос лауазымына </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D2E470A" w14:textId="77777777" w:rsidR="000152B0" w:rsidRPr="00512AB1" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған бағалау парағы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CE81F29" w14:textId="01A82D65" w:rsidR="00ED4EC0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="108"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="372"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:right="164" w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...84 lines deleted...]
-              <w:t>4</w:t>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәжірибе жоқ кандидаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бейнепрезентациясы кемінде 15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00512AB1">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>минут, ең төменгі ажыратымдылығы – 720 x 480.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634804" w14:paraId="3F7285BE" w14:textId="77777777" w:rsidTr="00CF1CCC">
+      <w:tr w:rsidR="000152B0" w14:paraId="57898362" w14:textId="77777777" w:rsidTr="000152B0">
         <w:trPr>
-          <w:trHeight w:val="2432"/>
+          <w:trHeight w:val="2057"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C5245F8" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="76744CD2" w14:textId="59BFC0D2" w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="6"/>
+              <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B52F9A9" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804">
+          <w:p w14:paraId="2C55161A" w14:textId="77777777" w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="845"/>
-[...34 lines deleted...]
-              <w:t>документов</w:t>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Уақытша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66B41A42" w14:textId="573DA6CE" w:rsidR="000152B0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7573E2E5" w14:textId="77777777" w:rsidR="00A52AB5" w:rsidRPr="00AD2C10" w:rsidRDefault="00A52AB5" w:rsidP="00A52AB5">
+          <w:p w14:paraId="26604D7D" w14:textId="733511FD" w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD2C10">
-[...980 lines deleted...]
-              <w:t>.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тұрақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A52AB5" w14:paraId="46BDB551" w14:textId="77777777" w:rsidTr="00CF1CCC">
+    </w:tbl>
+    <w:p w14:paraId="5A615BEE" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:spacing w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00ED4EC0" w:rsidSect="00A64398">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="757B869B" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="70"/>
+        <w:ind w:left="6003" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бірінші басшылары мен педагогтерін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>лауазымға тағайындау, лауазымнан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>босату</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE7DC3A" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="6623" w:right="1175"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>қағидаларына 10-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF8508C" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3436DC88" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="0021041B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="630DC3D7">
+          <v:shape id="_x0000_s1068" style="position:absolute;margin-left:53.9pt;margin-top:15.95pt;width:498pt;height:.1pt;z-index:-15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,319" coordsize="9960,0" path="m1078,319r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict w14:anchorId="221EF875">
+          <v:shape id="_x0000_s1067" style="position:absolute;margin-left:53.9pt;margin-top:31.8pt;width:498pt;height:.1pt;z-index:-15728128;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,636" coordsize="9960,0" path="m1078,636r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B726CC" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08582E57" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="345" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F664FF" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="0021041B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="192E62D1">
+          <v:shape id="_x0000_s1066" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-15727616;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,271" coordsize="9960,0" path="m1078,271r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict w14:anchorId="2391BC40">
+          <v:shape id="_x0000_s1065" style="position:absolute;margin-left:53.9pt;margin-top:27.35pt;width:498pt;height:.1pt;z-index:-15727104;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,547" coordsize="9960,0" path="m1078,547r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C8D569D" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1540A5EC" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="405" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(кандидаттың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жағдайда),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C29FCE3" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="0021041B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="28EFB24D">
+          <v:shape id="_x0000_s1064" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498.05pt;height:.1pt;z-index:-15726592;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,271" coordsize="9961,0" path="m1078,271r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict w14:anchorId="0E97FFA7">
+          <v:shape id="_x0000_s1063" style="position:absolute;margin-left:53.9pt;margin-top:27.35pt;width:498pt;height:.1pt;z-index:-15726080;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,547" coordsize="9960,0" path="m1078,547r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D78C79" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6534C91C" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="345" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35141821" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="0021041B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="78376EAC">
+          <v:shape id="_x0000_s1062" style="position:absolute;margin-left:53.9pt;margin-top:13.5pt;width:498.1pt;height:.1pt;z-index:-15725568;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,270" coordsize="9962,0" path="m1078,270r9962,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EEE8579" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="248" w:lineRule="exact"/>
+        <w:ind w:left="344" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(нақты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жері,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мекенжайы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F836AD7" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="0021041B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="019DC7DB">
+          <v:shape id="_x0000_s1061" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-15725056;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,271" coordsize="9960,0" path="m1078,271r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA6ABEB" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="681E5346" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="90"/>
+        <w:ind w:left="349"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E6D9CD6" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2574"/>
+          <w:tab w:val="left" w:pos="10231"/>
+          <w:tab w:val="left" w:pos="10306"/>
+        </w:tabs>
+        <w:spacing w:before="34"/>
+        <w:ind w:left="217" w:right="377" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> бос/уақытша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="50"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жіберуіңізді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сұраймын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(керегінің астын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сызу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>керек)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E26B9F8" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="0021041B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="1D08CA58">
+          <v:shape id="_x0000_s1060" style="position:absolute;margin-left:53.9pt;margin-top:13.5pt;width:498pt;height:.1pt;z-index:-15724544;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,270" coordsize="9960,0" path="m1078,270r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB96597" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="248" w:lineRule="exact"/>
+        <w:ind w:left="340" w:right="559"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(білім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="197B2D7F" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="258D1A3C" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="926"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31343302" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="0021041B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="754744C5">
+          <v:shape id="_x0000_s1059" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-15724032;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,271" coordsize="9960,0" path="m1078,271r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict w14:anchorId="4A2624C0">
+          <v:shape id="_x0000_s1058" style="position:absolute;margin-left:53.9pt;margin-top:27.35pt;width:498.1pt;height:.1pt;z-index:-15723520;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,547" coordsize="9962,0" path="m1078,547r9962,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A95AAF2" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ACBC9E0" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="887" w:right="401"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="170C668D" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51C6F056" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="9"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Өзім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мәліметтерді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="222" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3263"/>
+        <w:gridCol w:w="1558"/>
+        <w:gridCol w:w="2979"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="2C3037D7" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="2432"/>
+          <w:trHeight w:val="1103"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A9B4C49" w14:textId="7972740F" w:rsidR="00A52AB5" w:rsidRDefault="00A52AB5" w:rsidP="00A52AB5">
+          <w:p w14:paraId="57FEE729" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="273" w:lineRule="exact"/>
-[...13 lines deleted...]
-              <w:t>6</w:t>
+              <w:ind w:left="285" w:right="169" w:firstLine="472"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68F6FA84" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="189" w:right="169" w:firstLine="281"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36DB6C1F" w14:textId="77777777" w:rsidR="00A52AB5" w:rsidRDefault="00A52AB5" w:rsidP="00A52AB5">
+          <w:p w14:paraId="65F585FF" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="107" w:right="694"/>
-[...36 lines deleted...]
-              <w:t>должности</w:t>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="590"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7446" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BCDF1B0" w14:textId="2A55D3A4" w:rsidR="00A52AB5" w:rsidRPr="00AD2C10" w:rsidRDefault="00A52AB5" w:rsidP="00A52AB5">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="172284FF" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="232"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2254D9B2" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="892" w:right="553" w:hanging="320"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED4EC0" w14:paraId="1DDCFFF8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="390"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50DAF318" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AACBE33" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5009AC9A" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E2F7660" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2781AC1B" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00634804">
-[...7 lines deleted...]
-        <w:sectPr w:rsidR="00634804" w:rsidSect="003F3465">
+    <w:p w14:paraId="42547E52" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E7EF697" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10148"/>
+        </w:tabs>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(берген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(растаған)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>күні):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C6E0CA" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="0021041B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="345CC0A1">
+          <v:shape id="_x0000_s1057" style="position:absolute;margin-left:53.9pt;margin-top:13.6pt;width:498pt;height:.1pt;z-index:-15723008;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,272" coordsize="9960,0" path="m1078,272r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13AA685F" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10179"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B72C6D4" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10268"/>
+        </w:tabs>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D425CFA" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="0021041B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="6556A306">
+          <v:shape id="_x0000_s1056" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-15722496;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,271" coordsize="9960,0" path="m1078,271r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict w14:anchorId="47B90268">
+          <v:shape id="_x0000_s1055" style="position:absolute;margin-left:53.9pt;margin-top:27.4pt;width:498pt;height:.1pt;z-index:-15721984;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,548" coordsize="9960,0" path="m1078,548r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F5B1E0" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DB583B1" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10222"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Наградалары,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>атақтары,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7789E24F" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="0021041B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="1F9E38D5">
+          <v:shape id="_x0000_s1054" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-15721472;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,271" coordsize="9960,0" path="m1078,271r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:pict w14:anchorId="13F7102F">
+          <v:shape id="_x0000_s1053" style="position:absolute;margin-left:53.9pt;margin-top:27.35pt;width:498pt;height:.1pt;z-index:-15720960;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,547" coordsize="9960,0" path="m1078,547r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FBBD5B3" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64022E89" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="247" w:lineRule="exact"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Cондай-ақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C01702" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="0021041B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict w14:anchorId="08349586">
+          <v:shape id="_x0000_s1052" style="position:absolute;margin-left:53.9pt;margin-top:13.55pt;width:498pt;height:.1pt;z-index:-15720448;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1078,271" coordsize="9960,0" path="m1078,271r9960,e" filled="f" strokeweight=".48pt">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E3F8E60" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4745F33C" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61911006" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00ED4EC0" w:rsidSect="00A64398">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15209E1C" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1112"/>
+        </w:tabs>
+        <w:spacing w:before="90"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5E492D" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3555"/>
+        </w:tabs>
+        <w:spacing w:before="90"/>
+        <w:ind w:left="89"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">жылғы  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>«_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="57"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>_»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F2A153E" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="column"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C7DD9D2" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="531A0F26" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="0021041B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="-1577"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+        <w:pict w14:anchorId="401E0A6A">
+          <v:group id="_x0000_s1050" style="width:132pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2640,10">
+            <v:line id="_x0000_s1051" style="position:absolute" from="0,5" to="2640,5" strokeweight=".48pt"/>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C4180C" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="217"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62DB45C5" w14:textId="77777777" w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+      <w:pPr>
+        <w:sectPr w:rsidR="00ED4EC0" w:rsidSect="00A64398">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="3" w:space="720" w:equalWidth="0">
+            <w:col w:w="1114" w:space="40"/>
+            <w:col w:w="3596" w:space="4432"/>
+            <w:col w:w="1508"/>
+          </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5077"/>
-        <w:gridCol w:w="3979"/>
+        <w:gridCol w:w="5673"/>
+        <w:gridCol w:w="3690"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w14:paraId="196EDB37" w14:textId="77777777" w:rsidTr="002C6808">
-[...826 lines deleted...]
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w14:paraId="7AA0822D" w14:textId="77777777" w:rsidTr="002C6808">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="56C2070F" w14:textId="77777777" w:rsidTr="00A05A87">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B5E8B19" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
+          <w:p w14:paraId="19B2867C" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00AF0289">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="250B33DF" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
+          <w:p w14:paraId="70DDF7DE" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF0289">
-[...7 lines deleted...]
-          <w:p w14:paraId="39D1BA2B" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
+          </w:p>
+          <w:p w14:paraId="0E7B0207" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3DDFDA63" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
+          <w:p w14:paraId="20097C1E" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4FC9EED7" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
+          <w:p w14:paraId="26EB5FDE" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="10DC9702" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
+          <w:p w14:paraId="2EC9A0BD" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7999E697" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
+          <w:p w14:paraId="08284B61" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="203017E8" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
+          <w:p w14:paraId="0CE07E1D" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7011EC3B" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="00AF0289" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1B52E904" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">басшылары мен педагогтерін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымға тағайындау, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымнан босату </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="3E333E81" w14:textId="77777777" w:rsidTr="00A05A87">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C95A4A9" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43DADBE8" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2018C2C1" w14:textId="77777777" w:rsidR="00634804" w:rsidRDefault="00634804" w:rsidP="00634804">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4EF1B1EE" w14:textId="3C9B9306" w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00E20B44">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z186"/>
+      <w:r w:rsidRPr="00737FA7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бос немесе уақытша бос педагог лауазымына үміткердің бағалау парағы  ___________________________________________________  (Тегі, аты, әкесінің аты (бар болса))</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6C9804AC" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRDefault="00A56C9D" w:rsidP="00A56C9D">
-[...278 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="376432A2" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00E20B44"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
-[...5 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="9823" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="524"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2310"/>
+        <w:gridCol w:w="614"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="2552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="04A379BD" w14:textId="4D8F9E65" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="4BC4281C" w14:textId="30B8AD39" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1148A68C" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w14:paraId="2943D3D9" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B2A07E0" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...17 lines deleted...]
-              <w:t>Критерии</w:t>
+          <w:p w14:paraId="2A230440" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="067CED00" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...17 lines deleted...]
-              <w:t>Подтверждающий документ</w:t>
+          <w:p w14:paraId="1C66CB9E" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="019CDD90" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...38 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+          <w:p w14:paraId="2E9E2100" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0364C41C" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(1-ден 20-ға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19BC6621" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="37DA25A5" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="5364D648" w14:textId="6BA6C6DE" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="74BCE2AF" w14:textId="46E2FEC9" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E8203D5" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="3F438E04" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CD9B063" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Уровень образования</w:t>
+          <w:p w14:paraId="1DAC131C" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36508DAC" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+          <w:p w14:paraId="6D65E2F9" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Білімі туралы дипломның және дипломға қосымшаның көшірмелері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B57D2CE" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...86 lines deleted...]
-              <w:t>Высшее заочное/дистанционное = минус 2 балла</w:t>
+          <w:p w14:paraId="78C1676F" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EAA0CA1" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CB34757" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі үздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14C4C00E" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B089EB1" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары сыртқы/қашықтан = минус 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78282C67" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="0D5548AD" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="4F6346C0" w14:textId="383C7211" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="0503F52F" w14:textId="1BD1DEA8" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E7D6058" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="0D51537B" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AE60828" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Ученая/академическая степень</w:t>
+          <w:p w14:paraId="03FC4B90" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ғылыми/академиялық дәрежесі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35D3A77F" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+          <w:p w14:paraId="00EB776F" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13CD791F" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...50 lines deleted...]
-              <w:t>Кандидат наук = 10 баллов</w:t>
+          <w:p w14:paraId="64517F91" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2597B7E4" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48767F71" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01F0B964" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="5D578349" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="62038B9C" w14:textId="0B04E22F" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="2DB92F7C" w14:textId="01546077" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E9E0C04" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="03E1CB78" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="003FCE3F" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+          <w:p w14:paraId="08476156" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Жұмыс өтілі жоқ үміткерлер үшін сертификаттау </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AD803BB" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="356DD033" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C13E34B" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+          <w:p w14:paraId="50D8F198" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Педагог" Біліктілік санаты - 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5565E909" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="1D0559A6" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="4B67C2EE" w14:textId="41A9E570" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="2BA8718C" w14:textId="714CF36B" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D0FD7EF" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="345F64AA" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23DBB3C2" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Квалификационная категория</w:t>
+          <w:p w14:paraId="4AA5A593" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Біліктілік санаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E8BDB57" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Удостоверение, иной документ</w:t>
+          <w:p w14:paraId="4FCDCDBF" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке куәлік, басқа құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="166A657C" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...122 lines deleted...]
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+          <w:p w14:paraId="255AEDF5" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Екінші санат = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C67941E" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бірінші санат = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CA9FAA6" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары санат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40016B2D" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11797205" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B17E708" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F07071B" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-шебер = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DD3C8D0" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="30234B77" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="4753A30B" w14:textId="30CBA636" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="612DE7AC" w14:textId="5512F290" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66AE0CFC" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7818E06C" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E35084C" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+          <w:p w14:paraId="6D6683E5" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="138C22E7" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+          <w:p w14:paraId="10DEE15B" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/еңбек қызметін растайтын басқа да құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0223C2DA" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...50 lines deleted...]
-              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+          <w:p w14:paraId="51780898" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әдіскер (лауазымдық жұмыс өтілі кемінде 2 жыл) = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04EE9354" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F96A467" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>директор (лауазымдық жұмыс өтілі кемінде 2 жыл) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FB42682" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="52F07273" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="33E27783" w14:textId="0D36083F" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="4CA1993C" w14:textId="6D639472" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EA2A9F2" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="391D8CAC" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="715E97A8" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+          <w:p w14:paraId="3DAA7E7F" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Алғаш рет жұмысқа тұрған педагогтер үшін </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54ECF3DA" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Приложение к диплому об образовании</w:t>
+          <w:p w14:paraId="50C3AA13" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2153DAB9" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...32 lines deleted...]
-              <w:t>"хорошо" = 0,5 балла</w:t>
+          <w:p w14:paraId="7D606FDE" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық/ кәсіби тәжірибенің нәтижелері "өте жақсы" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77B09719" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"жақсы" = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CE70325" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="2042BE1F" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="21B37264" w14:textId="75708D5C" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="562CE9DC" w14:textId="3B846389" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="120FA785" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="6E807613" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D9A655D" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+          <w:p w14:paraId="513EAA97" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">орнынан ұсыныс хат </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="272FAF00" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+          <w:p w14:paraId="6C234E13" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Ұсыныс хат (Конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мекемесіне өтініш жасайды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B59638C" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...32 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+          <w:p w14:paraId="21772C56" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73EC956A" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Теріс ұсыныс хатының болуы = минус 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79EC0A6A" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="60EB420E" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="181A88FC" w14:textId="6F58786B" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="0D11DE81" w14:textId="3C51F145" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C383A65" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="14147B8F" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14252D41" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+          <w:p w14:paraId="70D4E03B" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кәсіби жетістіктерінің көрсеткіштері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7145D420" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...50 lines deleted...]
-              <w:t>- государственная награда</w:t>
+          <w:p w14:paraId="31AB3BFC" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1128F277" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломдар, мұғалімнің олимпиадалар және конкурстар жеңімпаздарының грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AEA7062" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71532138" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...104 lines deleted...]
-              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
+          <w:p w14:paraId="3EE63F6F" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) олимпиадалар және конкурстар жеңімпаздары = 0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="221C6B74" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылыми жобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37530AB9" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) олимпиадалар және конкурстар жеңімпаздары - 3 балл "Үздік педагог" конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07CF1CEC" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Үздік педагог" конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F9548AD" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Қазақстан еңбек сіңірген ұстазы" медаль иегері = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3010A113" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="2EA1CA45" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="28210C12" w14:textId="090027A7" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="207319A1" w14:textId="0FD9899E" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D05DD00" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="0191C38C" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74FC1E57" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+          <w:p w14:paraId="50078CAD" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0724EB8A" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>-авторские работы и публикации</w:t>
+          <w:p w14:paraId="4CACB93E" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-авторлық шығармалары, басылымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E6CD165" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...50 lines deleted...]
-              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+          <w:p w14:paraId="194B5026" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="794E865C" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54857F57" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65FDEBA9" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="27812FFE" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="0C8479AA" w14:textId="5946A2DC" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="27636434" w14:textId="221AE297" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16D8C4B7" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7AAAF3FA" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14FF6079" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+          <w:p w14:paraId="0B5EAA65" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қоғамдық-педагогикалық қызметі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2424BA15" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+          <w:p w14:paraId="49BB9FCF" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қоғамдық-педагогикалық қызметін растайтын құжат </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30036CFB" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...86 lines deleted...]
-              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+          <w:p w14:paraId="3DEEAE1A" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0899F67D" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ӘБ басшылығы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1591C120" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Екі тілде сабақ беру, орыс/қазақ = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13AAA672" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14C01146" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05E2C46B" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7C7380FC" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="53EB80AF" w14:textId="6795DEF6" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="4D14426E" w14:textId="76284458" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="513C31BE" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="2B07D417" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D4D2EB4" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Курсовая подготовка</w:t>
+          <w:p w14:paraId="66604ED8" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсқа дайындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65055959" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="17BDA22B" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6102FC19" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлық сауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A8E38ED" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D2AC0E0" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C3636F9" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46E7FA59" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DELF сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C7C06F7" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, "Python тілінде бағдарламалау негіздері" программалары бойынша оқыту, "Microsoft"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D241B61" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера жұмыстарына оқыту</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D3B366B" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық курстар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63A3B36F" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A27A03D" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D3B01BF" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BBF086D" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AB32A2B" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>предметной подготовки;</w:t>
-[...188 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56659507" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12130C7B" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FD2837A" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A0AD362" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C5C3E61" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>"TKT</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19D1D8AC" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Teaching Knowledge Test"</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2271F243" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0867BB87" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E91CC97" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>"TESOL"</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Certificate in teaching English for young learners</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A626638" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BF83002" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHCYLT – International House Certificate </w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>In</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Teaching Young Learners and </w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B56A95F" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46AC8A09" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64386418" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6264CAFA" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Maths</w:t>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Teaching</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FCBC5FD" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57776DB3" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Educational Management</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BB8505C" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
-[...141 lines deleted...]
-              <w:t>"Developing expertise in teaching chemistry"</w:t>
+              <w:t>"Developing expertise in teaching chemistry "</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41081EEC" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="08EF9538" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
-[...80 lines deleted...]
-              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+              <w:t>ПШО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>НЗМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A3C36DE" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2311E553" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2016 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізбеге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 30068 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0097729B" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B977601" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="01D2ED77" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="344EAF75" w14:textId="7C97011E" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="3C0A48C6" w14:textId="13ECADB3" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="524" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CB48D93" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="1D45508E" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05A7E545" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серпiн",педагог, направленный по молодежной практике Центром занятости населения</w:t>
+          <w:p w14:paraId="07300752" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>"Дипломмен ауылға!", "Серпін" мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="151349A2" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+          <w:p w14:paraId="58957CF3" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FFC7CDB" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...14 lines deleted...]
-              <w:t>плюс 3 балла</w:t>
+          <w:p w14:paraId="79E75DE6" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4812C65F" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="79D059BC" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w14:paraId="7188E5DB" w14:textId="135108B3" w:rsidTr="00A56C9D">
+      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w14:paraId="39D99FB6" w14:textId="490F6A7F" w:rsidTr="00E20B44">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2990" w:type="dxa"/>
+            <w:tcW w:w="2027" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49ADE36F" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...16 lines deleted...]
-              <w:t>Итого:</w:t>
+          <w:p w14:paraId="7196B675" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00737FA7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EFB018D" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="3DE2A13D" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A506904" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E774B19" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="002C6808">
-[...19 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="6F7564DF" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2BE6F26E" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRPr="009E14F0" w:rsidRDefault="00A56C9D" w:rsidP="00A56C9D">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6CD0DA1D" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00E20B44">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55EF20C7" w14:textId="77777777" w:rsidR="00A56C9D" w:rsidRDefault="00A56C9D" w:rsidP="00A56C9D">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="234C71F0" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00E20B44"/>
+    <w:p w14:paraId="46BBD124" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00E20B44"/>
+    <w:p w14:paraId="2E531A76" w14:textId="77777777" w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00E20B44"/>
+    <w:p w14:paraId="44A758FD" w14:textId="77777777" w:rsidR="003E3C5B" w:rsidRDefault="003E3C5B" w:rsidP="00E20B44">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="70"/>
+        <w:ind w:left="6075" w:right="487"/>
+        <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10E0BB0D" w14:textId="77777777" w:rsidR="00CE4BB6" w:rsidRDefault="00CE4BB6" w:rsidP="00A56C9D">
-[...10 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="003E3C5B" w:rsidSect="00C947C0">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="1133" w:bottom="709" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01EA27B0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A2645A44"/>
+    <w:lvl w:ilvl="0" w:tplc="4FDABD32">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="34" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B9B013C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="233" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="685E4EB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="427" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1ECCE910">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="620" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9D9261CA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="814" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="EEAE4D9E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1007" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1A6AD4AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1201" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="CE7874B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1394" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0740631C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1588" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03C71FF9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B692B270"/>
+    <w:lvl w:ilvl="0" w:tplc="0F32512C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="34" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="70ACDFDE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="233" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C91AA59A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="427" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9C76DD50">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="620" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="CF626A5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="814" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0F5A64A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1007" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="98D0F4B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1201" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="88E676E2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1394" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="33C2FFA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1588" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04D75BD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D64E898"/>
     <w:lvl w:ilvl="0" w:tplc="95BCB918">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3C3C5298">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="EB0499E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="DC1EEC94">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="A140C130">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="095C9204">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="40FC5776">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="9BFA757C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8A4893A4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10762A1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2196FD7E"/>
     <w:lvl w:ilvl="0" w:tplc="67B29DFC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="74" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="57C23DF8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E620034C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="487" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="E4646A4C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="614E88A4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="894" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="6512E94C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1098" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="AFC45DBA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0792E254">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="69AC78D2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18076780"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6B8D24E"/>
     <w:lvl w:ilvl="0" w:tplc="982C6C04">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="74" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5C6AC66C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B96C0642">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="487" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="766EF376">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="B5CA93DA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="894" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="BA920800">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1098" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="688C2B0E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="2F843C1C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="80B656FA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A644D23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5E8970E"/>
     <w:lvl w:ilvl="0" w:tplc="5950B8EA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="96F60AC0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="BBCC1442">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="86B44E3E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="F55EBEEC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0DFE30B4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="BE8A655C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D5EEB192">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D952C88A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D551BC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7E01B12"/>
     <w:lvl w:ilvl="0" w:tplc="F8BC0274">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="74" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="69F6980A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="283" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2E442E7A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="487" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="857A194E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0E9258D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="894" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="D2EC5F48">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1098" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="D8A4A576">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1302" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0CDA5776">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9F34F7EA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="409A2685"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="08BA00D2"/>
+    <w:lvl w:ilvl="0" w:tplc="BBF660F0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="367" w:hanging="260"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3828EA2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1009" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1116ED20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1658" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="928C88CA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2307" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4EB02C2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2956" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B21A2220">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3605" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="924264A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4254" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="5DFAB29C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4903" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9B6284B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5552" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46625A9F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="82CAF9E2"/>
+    <w:lvl w:ilvl="0" w:tplc="E320D8B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="108" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8A8C98E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="775" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="73C49A20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1450" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6636810A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2125" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D8C456C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2800" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A748FC9E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3475" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="EA5EAAF8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4150" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="5F7ECA92">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4825" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E30CF856">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5500" w:hanging="231"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48E07FA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE4A8060"/>
     <w:lvl w:ilvl="0" w:tplc="7A64C76E">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="368" w:hanging="260"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6068F7FE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="75EC55A2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1794" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A1AA615E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2511" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="CADAB442">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3228" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="DF0A402A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3946" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="DD3CD1D6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4663" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="894A63D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5380" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D75C6B60">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6097" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4ADC25FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="94F03610"/>
+    <w:lvl w:ilvl="0" w:tplc="7DA807C0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="34" w:hanging="180"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CD247AB2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="531" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="83889E28">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1022" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DD18A16A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1513" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="06CC19B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2004" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="987068DC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2495" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3C5ACBA4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2986" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F9C6E166">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3477" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C1CADBE2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3968" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50465C21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39886140"/>
     <w:lvl w:ilvl="0" w:tplc="3F842FA2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C56C543E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="411C24FE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A698837E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FE92ACD2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="85D8329E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="2A881856">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="DCEA94C8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="29BA4FB4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54296A1F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="05C82A58"/>
+    <w:lvl w:ilvl="0" w:tplc="FE64C6B8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="108" w:hanging="260"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F3E06822">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="775" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="414C706E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1450" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="850CB6FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2125" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="93B05C68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2800" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7850F666">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3475" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="321232D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4150" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4F0014D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4825" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="4DF2A39C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5500" w:hanging="260"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57800B1C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EAA43BFE"/>
+    <w:lvl w:ilvl="0" w:tplc="DCD8F8BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="108" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="34EA6544">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="775" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5C48CD2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1450" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="571ADF40">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2125" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="32AEBD5C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2800" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04404666">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3475" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="23E0AF7C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4150" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="D932ED14">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4825" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D01A320C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5500" w:hanging="226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61F3701C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="791C9E5A"/>
+    <w:lvl w:ilvl="0" w:tplc="629443D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="247" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E12026E2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="901" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1F9E3A9A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1562" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8AF41E30">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2223" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="89BC5568">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2884" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E904E784">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3545" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="726E5F4C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4206" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="52560900">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4867" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="874A94AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5528" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70A70729"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF44F832"/>
+    <w:lvl w:ilvl="0" w:tplc="41A01026">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="34" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EE10866A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="233" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="14AC6BEC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="427" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="ABD0D5D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="620" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5D202232">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="814" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4732993C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1007" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="41C80050">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1201" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6B2AC694">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1394" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D86AEE2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1588" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76294A87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B73ADD50"/>
     <w:lvl w:ilvl="0" w:tplc="BEB23D62">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="108" w:hanging="286"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2C201FEA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="843" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E00E0D14">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1586" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="3756712A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2329" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="B3101E90">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3072" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="DED8A352">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3816" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FD2C3E3A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4559" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="94FAC376">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5302" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20769ECC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6045" w:hanging="286"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="9">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
-[...38 lines deleted...]
-  </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00744B21"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00F4743C"/>
+    <w:rsidRoot w:val="00ED4EC0"/>
+    <w:rsid w:val="000152B0"/>
+    <w:rsid w:val="00053E29"/>
+    <w:rsid w:val="000C1F1F"/>
+    <w:rsid w:val="000F4C74"/>
+    <w:rsid w:val="00122E0F"/>
+    <w:rsid w:val="001742B2"/>
+    <w:rsid w:val="001F2B91"/>
+    <w:rsid w:val="0021041B"/>
+    <w:rsid w:val="0030513B"/>
+    <w:rsid w:val="003E3C5B"/>
+    <w:rsid w:val="00442683"/>
+    <w:rsid w:val="00442F53"/>
+    <w:rsid w:val="00444BF8"/>
+    <w:rsid w:val="004D412E"/>
+    <w:rsid w:val="00575137"/>
+    <w:rsid w:val="006F0ADC"/>
+    <w:rsid w:val="007E06ED"/>
+    <w:rsid w:val="007E70B6"/>
+    <w:rsid w:val="00853A80"/>
+    <w:rsid w:val="00875D02"/>
+    <w:rsid w:val="008B3C9F"/>
+    <w:rsid w:val="00931795"/>
+    <w:rsid w:val="00A64398"/>
+    <w:rsid w:val="00AD1D1B"/>
+    <w:rsid w:val="00AF10FF"/>
+    <w:rsid w:val="00BB4B48"/>
+    <w:rsid w:val="00E20B44"/>
+    <w:rsid w:val="00ED4EC0"/>
+    <w:rsid w:val="00F24F3E"/>
+    <w:rsid w:val="00F96811"/>
+    <w:rsid w:val="00FA7A17"/>
+    <w:rsid w:val="00FA7EF9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1069"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2C8EEC50"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{332FCE74-CECA-43E5-8E7F-0528D8401BCF}"/>
+  <w14:docId w14:val="76029EB1"/>
+  <w15:docId w15:val="{AD7EA95C-0A44-4E6D-AEA5-0E654ACF4638}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10272,51 +12203,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10385,51 +12316,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -10585,570 +12516,523 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00634804"/>
-[...5 lines deleted...]
-    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00634804"/>
     <w:pPr>
       <w:ind w:left="344" w:right="559"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...91 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00634804"/>
-[...8 lines deleted...]
-    </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000F4C74"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00273194"/>
+    <w:rsid w:val="000F4C74"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000152B0"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000152B0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...17 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sosh4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1740</Words>
-  <Characters>9923</Characters>
+  <Words>1585</Words>
+  <Characters>9036</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>82</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>75</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11640</CharactersWithSpaces>
+  <CharactersWithSpaces>10600</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2022-10-05T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2022-11-03T00:00:00Z</vt:filetime>
+  </property>
+</Properties>
+</file>